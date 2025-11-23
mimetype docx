--- v0 (2025-10-10)
+++ v1 (2025-11-23)
@@ -10599,4243 +10599,4089 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00535CD7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E326545" w14:textId="27026940" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Identificació:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E63AD9B" w14:textId="5F6D67EC" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="3E63AD9B" w14:textId="782E8C5D" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Autors o autores per ordre de signatura: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1107ED3A" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Títol: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78247C58" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Any de publicació: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC3379A" w14:textId="174A797E" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>Clau</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6B6A">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E38DDB3" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Revista o editorial (títol, volum, pàgina inicial-final): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069DCBD6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">ISSN o ISBN: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA17FDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7B106F" w14:textId="19421EC9" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Hiperenllaç navegable a la publicació: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6215CB1E" w14:textId="06BB6E64" w:rsidR="003D213B" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="0055260F">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Indicis de qualitat:</w:t>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711CEEF0" w14:textId="0A25AACA" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="000C4AE9">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Hlk191550280"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4AE9" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a aportació</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CE6686" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Identificació:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674026ED" w14:textId="2CCBD67B" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Autors o autores per ordre de signatura: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23224E68" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Títol: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7626AC5E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Any de publicació: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AF8204" w14:textId="7A1EB006" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>Clau</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6B6A">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1BB4A3" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Revista o editorial (títol, volum, pàgina inicial-final): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DED9B3E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">ISSN o ISBN: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F69850C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E21EA03" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Hiperenllaç navegable a la publicació: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161B47F7" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indicis de qualitat: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A977A59" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="00223731">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13315413" w14:textId="78ED37ED" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
+      <w:pPr>
+        <w:pStyle w:val="Ttol3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:lastRenderedPageBreak/>
+        <w:t>Creació artística</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3322D309" w14:textId="52F91BC2" w:rsidR="00F20BD6" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="009816F6">
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Les aportacions han d’incloure, d’acord amb les característiques de cada aportació: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
+        <w:t>títol, descripció, dates, disciplina artística, objecte i magnitud de l’aportació, rellevància, grau d’innovació, itinerància, repercussió i impacte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD5DE6F" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
+      <w:pPr>
+        <w:pStyle w:val="Instruccions"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>Repetiu-ho tantes vegades com calgui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05909990" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1a aportació</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C656B34" w14:textId="2B809745" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Títol: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CE59B1" w14:textId="01B22CF0" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Descripció: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C53D727" w14:textId="038F5648" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Dates: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3771FD1D" w14:textId="281CF7E0" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Disciplina artística, objecte i magnitud de l’aportació: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B080473" w14:textId="04DFF621" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Rellevància: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9F6B1E" w14:textId="6039DB9C" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Grau d’innovació: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DD58B5" w14:textId="2C253F2D" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Itinerància: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A0E681" w14:textId="6CF83F82" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Repercussió: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F00110" w14:textId="6B747A53" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Impacte: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175FCD22" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2a aportació</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218FA016" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Títol: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFD3679" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Descripció: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161F8891" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Dates: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C6D686" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Disciplina artística, objecte i magnitud de l’aportació: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3120C732" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Rellevància: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51868DF3" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Grau d’innovació: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32007360" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Itinerància: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56570A62" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Repercussió: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643629A4" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Impacte: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Texto4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF0C3AE" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00E45AA6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D89B785" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37523512" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
+      <w:pPr>
+        <w:pStyle w:val="Ttol3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:lastRenderedPageBreak/>
+        <w:t>A.1.2 Projectes competitius</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B948421" w14:textId="2D8D8BC8" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Les aportacions han d’incloure: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
+        <w:t>títol del projecte, entitat finançadora, referència de la concessió, import concedit, durada (des de – fins a), nom de l’investigador o investigadora principal i nombre d’investigadors o investigadores del grup.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A259FA9" w14:textId="315ED2D8" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00C03C6C">
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Per a catedràtic o catedràtica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00367B7C" w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Per a cada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">projecte en el qual hàgiu estat investigador o investigadora principal (IP) o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>co</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>-IP, cal aportar un certificat emès per la universitat o centre de recerca en què consti: el títol del projecte, l’entitat finançadora, la referència de la concessió, l’import concedit</w:t>
+      </w:r>
+      <w:r w:rsidR="0052135D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve"> la durada del projecte</w:t>
+      </w:r>
+      <w:r w:rsidR="0052135D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00876234">
+        <w:t xml:space="preserve"> el</w:t>
+      </w:r>
+      <w:r w:rsidR="0052135D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0052135D" w:rsidRPr="0052135D">
+        <w:t xml:space="preserve">nom de l’investigador o investigadora principal i </w:t>
+      </w:r>
+      <w:r w:rsidR="00876234">
+        <w:t xml:space="preserve">el </w:t>
+      </w:r>
+      <w:r w:rsidR="0052135D" w:rsidRPr="0052135D">
+        <w:t>nombre d’investigadors o investigadores del grup.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606AC872" w14:textId="5971AE47" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00C03C6C">
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Per a professorat agregat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00161E35" w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Per a cada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>projecte en el qual hàgiu participat, cal aportar un certificat emès per la universitat o centre de recerca en què consti: el títol del projecte, l’entitat finançadora, la referència de la concessió,</w:t>
+      </w:r>
+      <w:r w:rsidR="00876234" w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve"> l’import concedit</w:t>
+      </w:r>
+      <w:r w:rsidR="00876234">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00876234" w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve"> la durada del projecte</w:t>
+      </w:r>
+      <w:r w:rsidR="00876234">
+        <w:t xml:space="preserve">, el </w:t>
+      </w:r>
+      <w:r w:rsidR="00876234" w:rsidRPr="0052135D">
+        <w:t xml:space="preserve">nom de l’investigador o investigadora principal i </w:t>
+      </w:r>
+      <w:r w:rsidR="00876234">
+        <w:t xml:space="preserve">el </w:t>
+      </w:r>
+      <w:r w:rsidR="00876234" w:rsidRPr="0052135D">
+        <w:t>nombre d’investigadors o investigadores del grup</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DDD40B" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00C03C6C">
+      <w:pPr>
+        <w:pStyle w:val="Instruccions"/>
+        <w:spacing w:before="360" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve">Podeu incloure els projectes més rellevants (fins a un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>màxim de 5 projectes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64319A7C" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00225341">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1a aportació</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A56E71" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Autors o autores per ordre de signatura </w:t>
-[...67 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Títol del projecte: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1107ED3A" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="358AABDC" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Títol: </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Entitat finançadora: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78247C58" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="23EFE35A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Any de publicació: </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Referència de la concessió: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...36 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC3379A" w14:textId="174A797E" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="44F1B1A9" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t>Clau</w:t>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Import concedit: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...36 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E38DDB3" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="0739828E" w14:textId="256ED3D7" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Revista o editorial (títol, volum, pàgina inicial-final): </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Durada (des de </w:t>
+      </w:r>
+      <w:r w:rsidR="00340D3C" w:rsidRPr="00AC7C13">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve"> fins a): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...36 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069DCBD6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="4452331D" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">ISSN o ISBN: </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Nom de l’investigador o investigadora principal: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA17FDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="61E7B206" w14:textId="3D8F0805" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">DOI: </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Nombre d’investigadors o investigadores del grup: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7B106F" w14:textId="19421EC9" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00535CD7">
+    <w:p w14:paraId="532F4C7E" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2a aportació</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648F08AA" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Hiperenllaç navegable a la publicació: </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Títol del projecte: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...36 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6215CB1E" w14:textId="06BB6E64" w:rsidR="003D213B" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00FB0BC7">
-[...129 lines deleted...]
-    <w:p w14:paraId="674026ED" w14:textId="25E864BD" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="5E4C4DBB" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Autors o autores per ordre de signatura </w:t>
-[...67 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Entitat finançadora: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23224E68" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="304EE5F6" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Títol: </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Referència de la concessió: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7626AC5E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="5DD8DED7" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Any de publicació: </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Import concedit: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...36 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AF8204" w14:textId="7A1EB006" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="63E9BB17" w14:textId="066E7607" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t>Clau</w:t>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Durada (des de </w:t>
+      </w:r>
+      <w:r w:rsidR="00340D3C" w:rsidRPr="00AC7C13">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve"> fins a): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...36 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1BB4A3" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="18BB4B28" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Nom de l’investigador o investigadora principal: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texto4"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:rPr>
-[...36 lines deleted...]
-        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DED9B3E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="643F034A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">ISSN o ISBN: </w:t>
-[...2085 lines deleted...]
-        <w:t xml:space="preserve">Títol del projecte: </w:t>
+        <w:t xml:space="preserve">Nombre d’investigadors o investigadores del grup: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358AABDC" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
-[...300 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4155A7E2" w14:textId="318432CF" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00AC7C13">
+      <w:pPr>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2a aportació</w:t>
-[...353 lines deleted...]
-        <w:pStyle w:val="Ttol3"/>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:lastRenderedPageBreak/>
+        <w:t>A.1.3 Estades, mobilitat i internacionalització</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708137BF" w14:textId="6D502D0A" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00340D3C">
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Les aportacions han d’incloure: clau (doctoral, </w:t>
-[...7 lines deleted...]
-        <w:t>, convidat/</w:t>
+        <w:t>Les aportacions han d’incloure: clau (doctoral, postdoctoral, convidat/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001404A1" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>da</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>, contractat/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001404A1" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>da</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>, altres a especificar), centre, nom del supervisor</w:t>
       </w:r>
       <w:r w:rsidR="00F712FD" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o supervisor</w:t>
@@ -14923,84 +14769,60 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tantes vegades com calgui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E2449F" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5E631B" w14:textId="7CC7B1F0" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
+    <w:p w14:paraId="2B5E631B" w14:textId="6FB7A778" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Clau (doctoral, </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">, altres a especificar): </w:t>
+        <w:t xml:space="preserve">Clau: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
@@ -15310,84 +15132,60 @@
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32366924" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5421091D" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="5421091D" w14:textId="6216DAB3" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Clau (doctoral, </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">, altres a especificar): </w:t>
+        <w:t xml:space="preserve">Clau: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
@@ -16583,55 +16381,81 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D9EBC18" w14:textId="39F55F71" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="009D20B4" w:rsidP="009409C1">
+    <w:p w14:paraId="696F495D" w14:textId="12AEAA60" w:rsidR="0055260F" w:rsidRDefault="0055260F">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61AC3B99" w14:textId="77777777" w:rsidR="00082AF5" w:rsidRDefault="00082AF5">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9EBC18" w14:textId="7ABA8C7B" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="009D20B4" w:rsidP="009409C1">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
+        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00C76640" w:rsidRPr="00AC7C13">
         <w:t>ontractes i convenis de transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58214179" w14:textId="2947AF29" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00BF5DB3" w:rsidP="00C901BD">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure: tipus de participació, durada, finançament, contractació de personal, grau </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>innovació i de multi</w:t>
       </w:r>
       <w:r w:rsidR="005645DC" w:rsidRPr="00AC7C13">
         <w:t>/</w:t>
       </w:r>
@@ -16796,51 +16620,50 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="38066E16" w14:textId="04808A9E" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Contractació de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20900,133 +20723,133 @@
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">INSTRUCCIONS PER A </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>EMPLENAMENT DEL CV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382CBD81" w14:textId="0369E28F" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00844F3D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Consideracions generals:</w:t>
       </w:r>
       <w:r w:rsidR="00037DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DC9779" w14:textId="7C162AEE" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00414541">
+    <w:p w14:paraId="10DC9779" w14:textId="7C162AEE" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00DA3513">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Hlk190869568"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Cal que acrediteu els mèrits aportats, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>acord amb l</w:t>
       </w:r>
       <w:r w:rsidR="00037DB3" w:rsidRPr="00AC7C13">
         <w:t>a normativa</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i les instruccions del CV. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C385602" w14:textId="65E2EF20" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00414541">
+    <w:p w14:paraId="3C385602" w14:textId="65E2EF20" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00DA3513">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Cal que adjunteu </w:t>
       </w:r>
       <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
         <w:t>la següent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="a2" w:history="1">
         <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>documentació</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53BA5CA3" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00414541">
+    <w:p w14:paraId="53BA5CA3" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00DA3513">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Ordeneu les aportacions cronològicament, començant per les més recents i acabant per les més antigues. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766D0840" w14:textId="575ED193" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00414541">
+    <w:p w14:paraId="766D0840" w14:textId="575ED193" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00DA3513">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durant el procés </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>avaluació, AQU Catalunya pot reclamar al sol·licitant que ampliï la informació aportada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE55AFF" w14:textId="3BAE2375" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00722F79">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="Text1"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>Dimensió de recerca i transferència</w:t>
@@ -21185,85 +21008,108 @@
         <w:t xml:space="preserve">nvestigadora (I3), les que han obtingut el Certificat com a persones investigadores establertes (R3) i aquelles amb finançament del programa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Starting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Grant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>ERC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C4763F7" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+    <w:p w14:paraId="2C4763F7" w14:textId="77777777" w:rsidR="00461773" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>En aquests casos no cal que empleneu aquesta secció i només cal adjuntar la documentació que acrediti la distinció de recerca corresponent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372C227B" w14:textId="2B6E9304" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
+    <w:p w14:paraId="43220134" w14:textId="7EADF924" w:rsidR="0055260F" w:rsidRPr="0055260F" w:rsidRDefault="0055260F" w:rsidP="00F051D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055260F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instruccions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372C227B" w14:textId="7A43DB58" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">avaluació de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">activitat de les persones es duu a terme considerant les contribucions que </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">aporten i la narrativa sobre la qualitat, la rellevància i </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">impacte </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>aquestes contribucions.</w:t>
+      </w:r>
+      <w:r w:rsidR="0055260F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0055260F" w:rsidRPr="0055260F">
+        <w:t>Cal aportar evidències que sustentin el relat narratiu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D92F000" w14:textId="1B2D4BCC" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>En aquest sentit</w:t>
       </w:r>
       <w:r w:rsidR="00080D8D" w:rsidRPr="00AC7C13">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> indiqueu les principals aportacions en aquests àmbits:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DEBD764" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Activitat de recerca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74423361" w14:textId="16A12045" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00080D8D" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>R</w:t>
@@ -22109,61 +21955,63 @@
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2 </w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement</w:t>
       </w:r>
       <w:r w:rsidR="00010560" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> tecnologia i activitat professional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4318F7DC" w14:textId="32C1FF26" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement i tecnologia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F36F617" w14:textId="39EF004C" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="2F36F617" w14:textId="39EF004C" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="009E39B9">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Patents </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0846D68F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="0846D68F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="009E39B9">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Contractes i convenis de transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9A7808" w14:textId="6E7E82BB" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es consideren els contractes i convenis que formalitzin </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">intercanvi </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">experteses, habilitats o resultats de recerca entre institucions, empreses o persones així com els models </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -24210,71 +24058,71 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lideratge en </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>àmbit de la direcció i gestió universitària i científica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B23E9BE" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="0B23E9BE" w14:textId="479E8C07" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Reconeixements i responsabilitat en organitzacions científiques i comitès científics i tècnics</w:t>
+        <w:t>Reconeixements i responsabilitat en organitzacions i comitès científics i tècnics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55455FE6" w14:textId="72B608FA" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">C.1 </w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Direcció de tesis doctorals</w:t>
       </w:r>
       <w:r w:rsidR="00CA3D0A" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -24572,65 +24420,65 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">excel·lència en activitats acadèmiques, de recerca, de transferència i </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>intercanvi de coneixement amb la societat, en funció del prestigi de la institució atorgant, del seu caràcter nacional o internacional i de la seva rellevància i impacte.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidSect="009E0AF7">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="690F199B" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
+    <w:p w14:paraId="04B9B82F" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2057D039" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
+    <w:p w14:paraId="78DB2006" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0400018D" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76"/>
+    <w:p w14:paraId="076BACA2" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -24771,65 +24619,65 @@
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00FD45FA">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00C875CC">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09E5555F" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
+    <w:p w14:paraId="7348E7BF" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72BC51C9" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
+    <w:p w14:paraId="575C8C53" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6DD6EEE2" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76"/>
+    <w:p w14:paraId="14F05F6C" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02523B09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D225774"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -27766,51 +27614,51 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="523247180">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="710619422">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="619262543">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1992710637">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="480196340">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="624971086">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -27830,50 +27678,51 @@
     <w:rsid w:val="0003714B"/>
     <w:rsid w:val="000374D5"/>
     <w:rsid w:val="0003761D"/>
     <w:rsid w:val="00037DB3"/>
     <w:rsid w:val="00037DBA"/>
     <w:rsid w:val="000412FC"/>
     <w:rsid w:val="0004281A"/>
     <w:rsid w:val="00042C8C"/>
     <w:rsid w:val="00042F72"/>
     <w:rsid w:val="00045A30"/>
     <w:rsid w:val="00050E2A"/>
     <w:rsid w:val="000520F1"/>
     <w:rsid w:val="00052695"/>
     <w:rsid w:val="0005424B"/>
     <w:rsid w:val="000551B2"/>
     <w:rsid w:val="000556DD"/>
     <w:rsid w:val="00063C1E"/>
     <w:rsid w:val="0006432D"/>
     <w:rsid w:val="00064FC9"/>
     <w:rsid w:val="00070EE0"/>
     <w:rsid w:val="0007121D"/>
     <w:rsid w:val="0007247B"/>
     <w:rsid w:val="0007661C"/>
     <w:rsid w:val="0008002C"/>
     <w:rsid w:val="00080D8D"/>
+    <w:rsid w:val="00082AF5"/>
     <w:rsid w:val="0008555C"/>
     <w:rsid w:val="0008747E"/>
     <w:rsid w:val="000926A1"/>
     <w:rsid w:val="000948A4"/>
     <w:rsid w:val="00097DBD"/>
     <w:rsid w:val="000A0383"/>
     <w:rsid w:val="000A244D"/>
     <w:rsid w:val="000A3CA1"/>
     <w:rsid w:val="000A4032"/>
     <w:rsid w:val="000A4E6C"/>
     <w:rsid w:val="000A50DE"/>
     <w:rsid w:val="000B03F6"/>
     <w:rsid w:val="000B3CE5"/>
     <w:rsid w:val="000B5E52"/>
     <w:rsid w:val="000B62C1"/>
     <w:rsid w:val="000B7ECA"/>
     <w:rsid w:val="000C1F0F"/>
     <w:rsid w:val="000C241F"/>
     <w:rsid w:val="000C4138"/>
     <w:rsid w:val="000C4AE9"/>
     <w:rsid w:val="000C6114"/>
     <w:rsid w:val="000C766E"/>
     <w:rsid w:val="000D79A9"/>
     <w:rsid w:val="000E06A6"/>
     <w:rsid w:val="000E1427"/>
@@ -27928,57 +27777,60 @@
     <w:rsid w:val="001A2344"/>
     <w:rsid w:val="001A4E7A"/>
     <w:rsid w:val="001B2523"/>
     <w:rsid w:val="001B2895"/>
     <w:rsid w:val="001B3759"/>
     <w:rsid w:val="001B39B9"/>
     <w:rsid w:val="001B3E14"/>
     <w:rsid w:val="001B460C"/>
     <w:rsid w:val="001B4AFD"/>
     <w:rsid w:val="001B6DCF"/>
     <w:rsid w:val="001C0B07"/>
     <w:rsid w:val="001C6793"/>
     <w:rsid w:val="001C77E9"/>
     <w:rsid w:val="001D02A5"/>
     <w:rsid w:val="001D3068"/>
     <w:rsid w:val="001D5944"/>
     <w:rsid w:val="001D72E9"/>
     <w:rsid w:val="001E64FA"/>
     <w:rsid w:val="001E7F5A"/>
     <w:rsid w:val="001F0552"/>
     <w:rsid w:val="001F0651"/>
     <w:rsid w:val="001F0B99"/>
     <w:rsid w:val="001F6003"/>
     <w:rsid w:val="002026D0"/>
     <w:rsid w:val="00203E00"/>
+    <w:rsid w:val="002057A6"/>
     <w:rsid w:val="002107D0"/>
     <w:rsid w:val="00211CFE"/>
     <w:rsid w:val="00215D9C"/>
     <w:rsid w:val="00217B33"/>
     <w:rsid w:val="002205D9"/>
+    <w:rsid w:val="002206CE"/>
     <w:rsid w:val="00223071"/>
     <w:rsid w:val="00223731"/>
+    <w:rsid w:val="00223E94"/>
     <w:rsid w:val="00225341"/>
     <w:rsid w:val="0022635B"/>
     <w:rsid w:val="00230950"/>
     <w:rsid w:val="0023346E"/>
     <w:rsid w:val="00234493"/>
     <w:rsid w:val="00244EC9"/>
     <w:rsid w:val="00245961"/>
     <w:rsid w:val="002476AF"/>
     <w:rsid w:val="00250A73"/>
     <w:rsid w:val="00253844"/>
     <w:rsid w:val="00256FA0"/>
     <w:rsid w:val="00262336"/>
     <w:rsid w:val="00265CAE"/>
     <w:rsid w:val="00271BB1"/>
     <w:rsid w:val="00274CA9"/>
     <w:rsid w:val="002753D4"/>
     <w:rsid w:val="0027613D"/>
     <w:rsid w:val="00277687"/>
     <w:rsid w:val="00281F88"/>
     <w:rsid w:val="00283DE6"/>
     <w:rsid w:val="0028768F"/>
     <w:rsid w:val="00287B3A"/>
     <w:rsid w:val="00287F85"/>
     <w:rsid w:val="00292BAF"/>
     <w:rsid w:val="002A2F76"/>
@@ -28019,50 +27871,51 @@
     <w:rsid w:val="00335BB9"/>
     <w:rsid w:val="00335E55"/>
     <w:rsid w:val="00336ADF"/>
     <w:rsid w:val="00340D3C"/>
     <w:rsid w:val="00343A14"/>
     <w:rsid w:val="003447A3"/>
     <w:rsid w:val="00346B69"/>
     <w:rsid w:val="00350762"/>
     <w:rsid w:val="003508B7"/>
     <w:rsid w:val="0035159E"/>
     <w:rsid w:val="00351B46"/>
     <w:rsid w:val="003526AC"/>
     <w:rsid w:val="00355DF7"/>
     <w:rsid w:val="003601E2"/>
     <w:rsid w:val="00363F18"/>
     <w:rsid w:val="003645EC"/>
     <w:rsid w:val="003673BB"/>
     <w:rsid w:val="00367B7C"/>
     <w:rsid w:val="00370CBC"/>
     <w:rsid w:val="00371708"/>
     <w:rsid w:val="003737DD"/>
     <w:rsid w:val="00376F6A"/>
     <w:rsid w:val="0038054D"/>
     <w:rsid w:val="00381739"/>
     <w:rsid w:val="00382661"/>
+    <w:rsid w:val="0038322B"/>
     <w:rsid w:val="00383468"/>
     <w:rsid w:val="00384BA8"/>
     <w:rsid w:val="00390372"/>
     <w:rsid w:val="00394BC9"/>
     <w:rsid w:val="003A5DCE"/>
     <w:rsid w:val="003B04C8"/>
     <w:rsid w:val="003B1176"/>
     <w:rsid w:val="003B1D50"/>
     <w:rsid w:val="003B47F6"/>
     <w:rsid w:val="003B7FFE"/>
     <w:rsid w:val="003C0417"/>
     <w:rsid w:val="003C1ED7"/>
     <w:rsid w:val="003C3EFB"/>
     <w:rsid w:val="003C414A"/>
     <w:rsid w:val="003C7F6F"/>
     <w:rsid w:val="003D04DA"/>
     <w:rsid w:val="003D08FF"/>
     <w:rsid w:val="003D213B"/>
     <w:rsid w:val="003D2D78"/>
     <w:rsid w:val="003D2EC3"/>
     <w:rsid w:val="003D46ED"/>
     <w:rsid w:val="003D7185"/>
     <w:rsid w:val="003E1CEC"/>
     <w:rsid w:val="003E5E8F"/>
     <w:rsid w:val="003E64EE"/>
@@ -28139,50 +27992,51 @@
     <w:rsid w:val="004F1494"/>
     <w:rsid w:val="004F17B0"/>
     <w:rsid w:val="004F3426"/>
     <w:rsid w:val="005017BA"/>
     <w:rsid w:val="005028F6"/>
     <w:rsid w:val="00506523"/>
     <w:rsid w:val="00506CB1"/>
     <w:rsid w:val="00507AC4"/>
     <w:rsid w:val="0051006E"/>
     <w:rsid w:val="00510143"/>
     <w:rsid w:val="00510DEF"/>
     <w:rsid w:val="00511010"/>
     <w:rsid w:val="005140EE"/>
     <w:rsid w:val="00516105"/>
     <w:rsid w:val="0052135D"/>
     <w:rsid w:val="0052255B"/>
     <w:rsid w:val="005257EC"/>
     <w:rsid w:val="0053019D"/>
     <w:rsid w:val="005314E6"/>
     <w:rsid w:val="00535527"/>
     <w:rsid w:val="00535CD7"/>
     <w:rsid w:val="00537761"/>
     <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005508D1"/>
     <w:rsid w:val="0055100D"/>
+    <w:rsid w:val="0055260F"/>
     <w:rsid w:val="00554627"/>
     <w:rsid w:val="00555CFF"/>
     <w:rsid w:val="0055762B"/>
     <w:rsid w:val="00562350"/>
     <w:rsid w:val="00563534"/>
     <w:rsid w:val="005645DC"/>
     <w:rsid w:val="00566635"/>
     <w:rsid w:val="005700B6"/>
     <w:rsid w:val="0057080F"/>
     <w:rsid w:val="0057132B"/>
     <w:rsid w:val="00571CB8"/>
     <w:rsid w:val="0058363D"/>
     <w:rsid w:val="005905E3"/>
     <w:rsid w:val="00594262"/>
     <w:rsid w:val="00597B3F"/>
     <w:rsid w:val="005A02A4"/>
     <w:rsid w:val="005A2FBD"/>
     <w:rsid w:val="005A319B"/>
     <w:rsid w:val="005A515F"/>
     <w:rsid w:val="005A595C"/>
     <w:rsid w:val="005A6B6A"/>
     <w:rsid w:val="005B1080"/>
     <w:rsid w:val="005B33C1"/>
     <w:rsid w:val="005B386E"/>
     <w:rsid w:val="005B7263"/>
@@ -28250,50 +28104,51 @@
     <w:rsid w:val="006B06DC"/>
     <w:rsid w:val="006B09EE"/>
     <w:rsid w:val="006B1B76"/>
     <w:rsid w:val="006B2873"/>
     <w:rsid w:val="006B2BF6"/>
     <w:rsid w:val="006B42FA"/>
     <w:rsid w:val="006C0834"/>
     <w:rsid w:val="006C0E3A"/>
     <w:rsid w:val="006C0E3C"/>
     <w:rsid w:val="006C1FD0"/>
     <w:rsid w:val="006C3E8D"/>
     <w:rsid w:val="006C49F6"/>
     <w:rsid w:val="006C6125"/>
     <w:rsid w:val="006D0BB3"/>
     <w:rsid w:val="006D1013"/>
     <w:rsid w:val="006D5609"/>
     <w:rsid w:val="006D5B9D"/>
     <w:rsid w:val="006D5D2F"/>
     <w:rsid w:val="006D799F"/>
     <w:rsid w:val="006D7B49"/>
     <w:rsid w:val="006E1087"/>
     <w:rsid w:val="006E221A"/>
     <w:rsid w:val="006E6881"/>
     <w:rsid w:val="006E75A1"/>
     <w:rsid w:val="006F057B"/>
+    <w:rsid w:val="006F1F06"/>
     <w:rsid w:val="006F422B"/>
     <w:rsid w:val="006F5BB6"/>
     <w:rsid w:val="006F6456"/>
     <w:rsid w:val="006F730F"/>
     <w:rsid w:val="007033D6"/>
     <w:rsid w:val="007050D1"/>
     <w:rsid w:val="007076B2"/>
     <w:rsid w:val="00717265"/>
     <w:rsid w:val="00720230"/>
     <w:rsid w:val="007202FA"/>
     <w:rsid w:val="00722F79"/>
     <w:rsid w:val="0072422B"/>
     <w:rsid w:val="00724372"/>
     <w:rsid w:val="00724C59"/>
     <w:rsid w:val="00725006"/>
     <w:rsid w:val="00735C44"/>
     <w:rsid w:val="0074171B"/>
     <w:rsid w:val="00742330"/>
     <w:rsid w:val="007438BB"/>
     <w:rsid w:val="00743D15"/>
     <w:rsid w:val="00745565"/>
     <w:rsid w:val="00751E64"/>
     <w:rsid w:val="0075787E"/>
     <w:rsid w:val="007602AD"/>
     <w:rsid w:val="00762EA8"/>
@@ -28429,50 +28284,51 @@
     <w:rsid w:val="009870B8"/>
     <w:rsid w:val="00987218"/>
     <w:rsid w:val="0098783E"/>
     <w:rsid w:val="009918D2"/>
     <w:rsid w:val="00994D53"/>
     <w:rsid w:val="00996112"/>
     <w:rsid w:val="009A110C"/>
     <w:rsid w:val="009A26C9"/>
     <w:rsid w:val="009A37BD"/>
     <w:rsid w:val="009A4273"/>
     <w:rsid w:val="009A44B4"/>
     <w:rsid w:val="009A781A"/>
     <w:rsid w:val="009A7AEF"/>
     <w:rsid w:val="009B1F05"/>
     <w:rsid w:val="009C1A6E"/>
     <w:rsid w:val="009C2F61"/>
     <w:rsid w:val="009C5A7E"/>
     <w:rsid w:val="009D20B4"/>
     <w:rsid w:val="009D37FE"/>
     <w:rsid w:val="009D7A5B"/>
     <w:rsid w:val="009D7BE6"/>
     <w:rsid w:val="009D7D46"/>
     <w:rsid w:val="009E0AF7"/>
     <w:rsid w:val="009E107B"/>
     <w:rsid w:val="009E1AED"/>
+    <w:rsid w:val="009E39B9"/>
     <w:rsid w:val="009E3BF0"/>
     <w:rsid w:val="009E68B7"/>
     <w:rsid w:val="009F19BF"/>
     <w:rsid w:val="009F4A5D"/>
     <w:rsid w:val="009F5557"/>
     <w:rsid w:val="009F5ED7"/>
     <w:rsid w:val="009F7CBA"/>
     <w:rsid w:val="00A014DA"/>
     <w:rsid w:val="00A0301C"/>
     <w:rsid w:val="00A04D79"/>
     <w:rsid w:val="00A14B8D"/>
     <w:rsid w:val="00A1747E"/>
     <w:rsid w:val="00A200A7"/>
     <w:rsid w:val="00A2059D"/>
     <w:rsid w:val="00A240E4"/>
     <w:rsid w:val="00A24E89"/>
     <w:rsid w:val="00A2571F"/>
     <w:rsid w:val="00A312E0"/>
     <w:rsid w:val="00A33924"/>
     <w:rsid w:val="00A44408"/>
     <w:rsid w:val="00A46200"/>
     <w:rsid w:val="00A465DF"/>
     <w:rsid w:val="00A46A50"/>
     <w:rsid w:val="00A50568"/>
     <w:rsid w:val="00A529C7"/>
@@ -28492,50 +28348,51 @@
     <w:rsid w:val="00A90E62"/>
     <w:rsid w:val="00A913D7"/>
     <w:rsid w:val="00A91B9D"/>
     <w:rsid w:val="00AA094F"/>
     <w:rsid w:val="00AA47DC"/>
     <w:rsid w:val="00AB0B1E"/>
     <w:rsid w:val="00AB179F"/>
     <w:rsid w:val="00AB7F13"/>
     <w:rsid w:val="00AC061E"/>
     <w:rsid w:val="00AC0AD9"/>
     <w:rsid w:val="00AC273B"/>
     <w:rsid w:val="00AC5D39"/>
     <w:rsid w:val="00AC6A9B"/>
     <w:rsid w:val="00AC6CC4"/>
     <w:rsid w:val="00AC7C13"/>
     <w:rsid w:val="00AD20B5"/>
     <w:rsid w:val="00AD4A32"/>
     <w:rsid w:val="00AD4B43"/>
     <w:rsid w:val="00AD52C2"/>
     <w:rsid w:val="00AD6863"/>
     <w:rsid w:val="00AD7473"/>
     <w:rsid w:val="00AD7796"/>
     <w:rsid w:val="00AE4013"/>
     <w:rsid w:val="00AE40AA"/>
     <w:rsid w:val="00AE49F3"/>
+    <w:rsid w:val="00AE519B"/>
     <w:rsid w:val="00AE558B"/>
     <w:rsid w:val="00AE5F0E"/>
     <w:rsid w:val="00AE7AD9"/>
     <w:rsid w:val="00AF19F8"/>
     <w:rsid w:val="00AF2002"/>
     <w:rsid w:val="00B00C00"/>
     <w:rsid w:val="00B01103"/>
     <w:rsid w:val="00B04594"/>
     <w:rsid w:val="00B05A77"/>
     <w:rsid w:val="00B10FDE"/>
     <w:rsid w:val="00B13692"/>
     <w:rsid w:val="00B139B0"/>
     <w:rsid w:val="00B16C10"/>
     <w:rsid w:val="00B24FF2"/>
     <w:rsid w:val="00B25F41"/>
     <w:rsid w:val="00B2650B"/>
     <w:rsid w:val="00B30E0B"/>
     <w:rsid w:val="00B33B01"/>
     <w:rsid w:val="00B365A1"/>
     <w:rsid w:val="00B432AF"/>
     <w:rsid w:val="00B44152"/>
     <w:rsid w:val="00B45C1A"/>
     <w:rsid w:val="00B468CD"/>
     <w:rsid w:val="00B47538"/>
     <w:rsid w:val="00B56F5F"/>
@@ -28665,50 +28522,51 @@
     <w:rsid w:val="00D22239"/>
     <w:rsid w:val="00D250B7"/>
     <w:rsid w:val="00D25C15"/>
     <w:rsid w:val="00D26357"/>
     <w:rsid w:val="00D3445B"/>
     <w:rsid w:val="00D40559"/>
     <w:rsid w:val="00D45CC3"/>
     <w:rsid w:val="00D506BF"/>
     <w:rsid w:val="00D53454"/>
     <w:rsid w:val="00D542CF"/>
     <w:rsid w:val="00D5648C"/>
     <w:rsid w:val="00D625E4"/>
     <w:rsid w:val="00D64BBA"/>
     <w:rsid w:val="00D6670D"/>
     <w:rsid w:val="00D668FF"/>
     <w:rsid w:val="00D716A2"/>
     <w:rsid w:val="00D72D8E"/>
     <w:rsid w:val="00D74FFB"/>
     <w:rsid w:val="00D76FD5"/>
     <w:rsid w:val="00D77050"/>
     <w:rsid w:val="00D80630"/>
     <w:rsid w:val="00D82293"/>
     <w:rsid w:val="00D82E3B"/>
     <w:rsid w:val="00D84C7C"/>
     <w:rsid w:val="00D9349F"/>
+    <w:rsid w:val="00DA3513"/>
     <w:rsid w:val="00DA3CF3"/>
     <w:rsid w:val="00DA4F58"/>
     <w:rsid w:val="00DA5500"/>
     <w:rsid w:val="00DA7626"/>
     <w:rsid w:val="00DB536A"/>
     <w:rsid w:val="00DB714E"/>
     <w:rsid w:val="00DB7A3A"/>
     <w:rsid w:val="00DC0A16"/>
     <w:rsid w:val="00DC0CB5"/>
     <w:rsid w:val="00DC0CF8"/>
     <w:rsid w:val="00DC40C5"/>
     <w:rsid w:val="00DC41A5"/>
     <w:rsid w:val="00DE4BE3"/>
     <w:rsid w:val="00DE545B"/>
     <w:rsid w:val="00DE6772"/>
     <w:rsid w:val="00DE7134"/>
     <w:rsid w:val="00DF2903"/>
     <w:rsid w:val="00DF42E0"/>
     <w:rsid w:val="00DF5617"/>
     <w:rsid w:val="00DF5C0F"/>
     <w:rsid w:val="00E00872"/>
     <w:rsid w:val="00E0094A"/>
     <w:rsid w:val="00E03F60"/>
     <w:rsid w:val="00E055D9"/>
     <w:rsid w:val="00E05EDD"/>
@@ -28804,50 +28662,51 @@
     <w:rsid w:val="00F9490E"/>
     <w:rsid w:val="00F952C8"/>
     <w:rsid w:val="00F96714"/>
     <w:rsid w:val="00F96742"/>
     <w:rsid w:val="00F97ACB"/>
     <w:rsid w:val="00F97B05"/>
     <w:rsid w:val="00FA2192"/>
     <w:rsid w:val="00FA390E"/>
     <w:rsid w:val="00FA52BD"/>
     <w:rsid w:val="00FA5D25"/>
     <w:rsid w:val="00FA6AD9"/>
     <w:rsid w:val="00FB0AD8"/>
     <w:rsid w:val="00FB0BC7"/>
     <w:rsid w:val="00FB3712"/>
     <w:rsid w:val="00FB70C2"/>
     <w:rsid w:val="00FB71A6"/>
     <w:rsid w:val="00FC0798"/>
     <w:rsid w:val="00FC258D"/>
     <w:rsid w:val="00FC4613"/>
     <w:rsid w:val="00FD10E9"/>
     <w:rsid w:val="00FD45FA"/>
     <w:rsid w:val="00FD5667"/>
     <w:rsid w:val="00FD7202"/>
     <w:rsid w:val="00FD7B87"/>
     <w:rsid w:val="00FE0D01"/>
+    <w:rsid w:val="00FE113C"/>
     <w:rsid w:val="00FE1526"/>
     <w:rsid w:val="00FE1A98"/>
     <w:rsid w:val="00FE3F09"/>
     <w:rsid w:val="00FE4A82"/>
     <w:rsid w:val="05AAE008"/>
     <w:rsid w:val="0D24C83C"/>
     <w:rsid w:val="18439B2C"/>
     <w:rsid w:val="2071A05B"/>
     <w:rsid w:val="24D08FE6"/>
     <w:rsid w:val="286EC18B"/>
     <w:rsid w:val="2BBDD699"/>
     <w:rsid w:val="2E38B2A2"/>
     <w:rsid w:val="3292CA15"/>
     <w:rsid w:val="4EAFC215"/>
     <w:rsid w:val="4FE63318"/>
     <w:rsid w:val="57B8AD5A"/>
     <w:rsid w:val="60CD4CA0"/>
     <w:rsid w:val="64989F6F"/>
     <w:rsid w:val="7BBFBEA2"/>
     <w:rsid w:val="7F7AB887"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -29243,51 +29102,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttol4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttol4Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009409C1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Lletraperdefectedelpargraf">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Taulanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sensellista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textindependent">
     <w:name w:val="Body Text"/>
@@ -31493,64 +31351,85 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
+    <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
+    <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Català [CA]</Idioma>
+    <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
+    <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c42266edc5b81c2839faf1d90549fc0d" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="c13dec638fa44120265abac08cbaad3a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ef07d602f0d784f906f2f274620b634e" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -31804,171 +31683,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1C4BB80-2E35-4C1F-A85D-2D0C31213E6C}">
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B7642B5-51D6-4A4B-A8D1-9F668CAFFAF0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>28</Pages>
-[...1 lines deleted...]
-  <Characters>31140</Characters>
+  <Pages>1</Pages>
+  <Words>5577</Words>
+  <Characters>30679</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>259</Lines>
-  <Paragraphs>73</Paragraphs>
+  <Lines>255</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Currículum vitae professorat lector AQU</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Agéncia per a la Qualitat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36529</CharactersWithSpaces>
+  <CharactersWithSpaces>36184</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>2228330</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>633</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.aqu.cat/doc/Professorat/Protocol-d-actuacio-en-casos-de-frau-CA</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2031698</vt:i4>
       </vt:variant>
       <vt:variant>