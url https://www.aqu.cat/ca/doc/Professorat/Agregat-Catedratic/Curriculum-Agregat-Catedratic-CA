--- v1 (2025-11-23)
+++ v2 (2025-12-15)
@@ -13,51 +13,51 @@
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="41A32C5E" w14:textId="3E5E105A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="00641A63" w:rsidP="00174073">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="1440"/>
         <w:ind w:left="708" w:hanging="708"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk115255606"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ca-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41A32FA7" wp14:editId="58B55778">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-95637</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>106878</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1676400" cy="1143000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name="Imagen 3" descr="Logo AQU Catalunya"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -96,96 +96,121 @@
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00460571" w:rsidRPr="00AC7C13">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="004123D9" w:rsidRPr="00AC7C13">
         <w:t>URRICULUM VITAE</w:t>
       </w:r>
       <w:r w:rsidR="00901927" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> AQU</w:t>
       </w:r>
       <w:r w:rsidR="007C78DE" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> CATALUNYA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73723F2D" w14:textId="4AAD967D" w:rsidR="00CB52E0" w:rsidRPr="00AC7C13" w:rsidRDefault="006324E9" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acreditació de professorat agregat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4B8BE7" w14:textId="36C6625A" w:rsidR="00CB52E0" w:rsidRPr="00AC7C13" w:rsidRDefault="006324E9" w:rsidP="00B97AB0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Pargrafdellista"/>
+    <w:p w14:paraId="5B4B8BE7" w14:textId="36C6625A" w:rsidR="00CB52E0" w:rsidRDefault="006324E9" w:rsidP="00B97AB0">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acreditació de catedràtic o catedràtica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB5BF0B" w14:textId="4DB51FC9" w:rsidR="00DE3AA2" w:rsidRPr="00AC7C13" w:rsidRDefault="00DE3AA2" w:rsidP="00B97AB0">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Avaluació de l’activitat investigadora (AAI)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41A32C65" w14:textId="77777777" w:rsidR="009A4273" w:rsidRPr="00AC7C13" w:rsidRDefault="009A4273" w:rsidP="007C78DE">
       <w:pPr>
         <w:spacing w:before="1560" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk114743512"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Nom i cognoms: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
@@ -475,117 +500,117 @@
       </w:r>
       <w:r w:rsidR="00CA3D0A" w:rsidRPr="00AC7C13">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="105EA23E" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF64B16" w14:textId="782CF924" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Dades personals</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w14:paraId="01C19DA3" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3207096A" w14:textId="77777777" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="003C7F6F" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Cognoms i nom</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FB299C2" w14:textId="4B5A0406" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="003C7F6F" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -649,70 +674,70 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="6600D45E" w14:textId="77777777" w:rsidTr="00A2059D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BC927BD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nacionalitat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F068056" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Texto6"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
@@ -772,70 +797,70 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67764BC4" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Data de naixement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40458707" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Texto7"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
@@ -895,70 +920,70 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4659F5CD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Sexe</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0437A6A6" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1046,117 +1071,117 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Dona</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69EE3467" w14:textId="5D0FD38A" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Situació professional actual</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="312B2856" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="025D3F4C" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Institució/organisme/empresa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E51F4EA" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Texto8"/>
@@ -1228,72 +1253,72 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="392D9897" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2543B2B2" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Texto9"/>
@@ -1370,72 +1395,72 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="3B3F1BCB" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FB744A1" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Departament, secció, unitat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14D0C914" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Texto10"/>
@@ -1507,96 +1532,96 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="28BED005" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="3FB68BD8" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7F1A1BA0" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Categoria professional actual</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27A2C402" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Texto15"/>
@@ -1667,72 +1692,72 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A46565F" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data d’inici</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="676C4596" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Texto16"/>
@@ -1810,72 +1835,72 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="342FA67C" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="591FBD13" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Situació administrativa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31A5796A" w14:textId="3B16F12E" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2316,72 +2341,72 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="17CACCF1" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0192277F" w14:textId="77777777" w:rsidR="00335BB9" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dedicació</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DBA869C" w14:textId="27C4E995" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2491,59 +2516,59 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> A temps parcial</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D07E15C" w14:textId="39D36BE8" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="006C0E3C">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Identificació científica  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Taulaambquadrcula"/>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="16A644CB" w14:textId="77777777" w:rsidTr="00335BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75A3518F" w14:textId="2B27A535" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -2946,114 +2971,114 @@
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59D1E603" w14:textId="4BB86FAB" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="006C0E3C">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Formació acadèmica</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2686"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1708"/>
       </w:tblGrid>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="3380A5F8" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08249BEA" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:left="-142" w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Titulació universitària </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F7E22B1" w14:textId="499CCC11" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="00423181" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3126,51 +3151,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00423181" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00423181" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2505D378" w14:textId="456B9B47" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3248,72 +3273,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B8E5D1C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nota mitjana</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F96F60E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3386,51 +3411,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D6A4CBA" w14:textId="10C512B3" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3510,72 +3535,72 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="220E6D04" w14:textId="03FAB584" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E78E63B" w14:textId="78EA33A5" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3648,51 +3673,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F252C9E" w14:textId="4BF547BE" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3770,72 +3795,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="702D724D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data d’obtenció</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A86EA10" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3908,51 +3933,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="44CE257B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -4036,73 +4061,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="1E6468C2" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A0E2F9F" w14:textId="29A63EC1" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00CE648B">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2n cicle: Màster, Postgrau </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D45C64C" w14:textId="2EE088BC" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="009A781A" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4184,51 +4209,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="38D51BCA" w14:textId="76EA52C9" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="009A781A" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4315,72 +4340,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6297E77A" w14:textId="1682F02D" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nota final</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D5AEE4B" w14:textId="77777777" w:rsidR="009A781A" w:rsidRPr="00AC7C13" w:rsidRDefault="009A781A" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4463,51 +4488,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EC47277" w14:textId="3D54F449" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="009A781A" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4595,72 +4620,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5168388A" w14:textId="3FC10221" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15091FF5" w14:textId="335E4CC7" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -4733,51 +4758,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A1BC802" w14:textId="34FD681A" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -4855,72 +4880,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36D4AB93" w14:textId="206AE073" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data d’obtenció</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48279EC8" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -4993,51 +5018,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="33033DBE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5122,72 +5147,72 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="3617D752" w14:textId="77777777" w:rsidTr="00034781">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0D139FF0" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3r cicle: Doctorat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44EB7C46" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5260,51 +5285,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="190B6B37" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5382,72 +5407,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="661CD207" w14:textId="7D4EE191" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AB24775" w14:textId="3F71740C" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5520,51 +5545,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="246C4971" w14:textId="64D34392" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5642,72 +5667,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="694A4A4B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data d’obtenció</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6210FBB5" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5780,51 +5805,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="40952E23" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5901,114 +5926,114 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="41A32CD7" w14:textId="27687E0A" w:rsidR="003B47F6" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00DE545B">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Activitats anteriors a la situació actual de caràcter científic o professional</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3408"/>
         <w:gridCol w:w="3629"/>
         <w:gridCol w:w="1467"/>
       </w:tblGrid>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="724911D5" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F2DE21D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Situació/plaça</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E482962" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6081,51 +6106,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="71686CF0" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6198,51 +6223,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E28394F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6320,72 +6345,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="782B6AEE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Institució</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34B2277F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6458,51 +6483,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="31A1F081" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6575,51 +6600,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C9455A3" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6697,72 +6722,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51A620B6" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Període</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D41BF6E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6835,51 +6860,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E59CC96" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6952,51 +6977,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="260A4014" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -7072,98 +7097,98 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41A32D00" w14:textId="23A96968" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Tesi doctoral</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17BD76A0" w14:textId="77777777" w:rsidR="00A240E4" w:rsidRPr="00AC7C13" w:rsidRDefault="00A240E4" w:rsidP="00A240E4">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Podeu repetir-ho en cas que tingueu més d’un doctorat.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="4109"/>
       </w:tblGrid>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D04" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D03" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Títol: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -7254,51 +7279,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D06" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D05" w14:textId="2563AC72" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Directors</w:t>
             </w:r>
             <w:r w:rsidR="00A913D7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
@@ -7418,51 +7443,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D08" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D07" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -7562,51 +7587,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D0A" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D09" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Departament: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -7696,51 +7721,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D0D" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0B" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualificació: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -7825,51 +7850,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0C" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="0053019D" w:rsidP="0053019D">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Doctorat e</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
@@ -8031,51 +8056,51 @@
             </w:r>
             <w:bookmarkEnd w:id="22"/>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7626" w:rsidRPr="00AC7C13" w14:paraId="41A32D10" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0E" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="005F4028">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
@@ -8243,51 +8268,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0F" w14:textId="65E9CD4A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="005F4028">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
@@ -8473,88 +8498,88 @@
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2797CC2E" w14:textId="799E94C4" w:rsidR="0089019F" w:rsidRPr="00AC7C13" w:rsidRDefault="0085258D" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Acreditacions</w:t>
       </w:r>
       <w:r w:rsidR="00FB70C2" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidR="0089019F" w:rsidRPr="00AC7C13">
         <w:t>rams de recerca</w:t>
       </w:r>
       <w:r w:rsidR="00287F85" w:rsidRPr="00AC7C13">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="05AAE008" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> transferència,</w:t>
       </w:r>
       <w:r w:rsidR="0089019F" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">docència i gestió </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0482ACA4" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="00994D53">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Indiqueu, si escau, si teniu alguna acreditació de professorat d’AQU, ANECA o similars i el nombre de trams de recerca (sexennis), de transferència, de docència (quinquennis) i de gestió avaluats positivament.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5825FCD8" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditacions obtingudes (indiqueu l’agència): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -8649,51 +8674,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4461C0B6" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de recerca favorables autonòmics (avaluats per AQU): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -8788,51 +8813,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="752AE293" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de recerca favorables estatals (avaluats per CNEAI): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -8927,51 +8952,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="09432727" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de transferència favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -9066,51 +9091,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7041BF7C" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de docència favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -9205,51 +9230,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41200827" w14:textId="255BDA5B" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de gestió favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -9328,51 +9353,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C806777" w14:textId="77777777" w:rsidR="0091078D" w:rsidRDefault="0091078D">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC8CB6F" w14:textId="398132A3" w:rsidR="00BF480D" w:rsidRPr="00AC7C13" w:rsidRDefault="00AE49F3" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Interrupcions per maternitat/paternitat</w:t>
       </w:r>
       <w:r w:rsidR="00BF480D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="4EAFC215" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">excedències per </w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">cura, </w:t>
       </w:r>
       <w:r w:rsidR="00BF480D" w:rsidRPr="00AC7C13">
         <w:t>etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4538D1F5" w14:textId="49D2F3EC" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00735C44" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Indi</w:t>
       </w:r>
@@ -9423,51 +9448,51 @@
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>er raó de violència terrorista</w:t>
       </w:r>
       <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
         <w:t>, b</w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>aixes de llarga durada per malaltia</w:t>
       </w:r>
       <w:r w:rsidR="00684F79" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
       <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>ltres accions de servei a la comunita</w:t>
       </w:r>
       <w:r w:rsidR="000F164A" w:rsidRPr="00AC7C13">
         <w:t>t.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC195BA" w14:textId="18EB0220" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Interrupcions per maternitat/paternitat:</w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
@@ -9572,51 +9597,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1269C631" w14:textId="1AE50DDC" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Excedències per la cura de fills:</w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
@@ -9721,51 +9746,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CB7307" w14:textId="2CAAF88F" w:rsidR="001B460C" w:rsidRPr="00D64BBA" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Excedències per la cura de familiars:</w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
@@ -9870,51 +9895,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37770B0C" w14:textId="71A7D8CE" w:rsidR="00D64BBA" w:rsidRPr="00AC7C13" w:rsidRDefault="00D64BBA" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Baixes de llarga durada per malaltia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -10009,107 +10034,107 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DC2674C" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30315087" w14:textId="77777777" w:rsidR="007C78DE" w:rsidRPr="00AC7C13" w:rsidRDefault="007C78DE" w:rsidP="00A2059D">
       <w:bookmarkStart w:id="23" w:name="_Hlk191553244"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58BEC1B7" w14:textId="677FE2EB" w:rsidR="00E27B2C" w:rsidRPr="00AC7C13" w:rsidRDefault="00625845" w:rsidP="00223731">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="00E27B2C" w:rsidRPr="00AC7C13">
         <w:t>Dimensió de recerca i transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ACCDAAC" w14:textId="61834E68" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="007C78DE" w:rsidP="007C78DE">
       <w:hyperlink w:anchor="Text1" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>Instruccions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="51E600D4" w14:textId="3FCBFF9E" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resum narratiu de la trajectòria de recerca i transferència  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A567499" w14:textId="0FD4170F" w:rsidR="00037DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001B4AFD" w:rsidP="00782E63">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Resumiu els fets més importants de la vostra trajectòria de recerca i transferència (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">màxim </w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00684F79" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -10175,78 +10200,78 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p w14:paraId="17079146" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00985F81">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="593D7150" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00EB0AED">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FB20343" w14:textId="672E3434" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11FC83F6" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A.1 Activitat de recerca </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5F2A65" w14:textId="33D74934" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>A.1.1 Resultats de l’activitat de recerca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="528E7CA3" w14:textId="5ACA08A7" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00FB0BC7">
       <w:bookmarkStart w:id="24" w:name="_Hlk189671177"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Identificació</w:t>
       </w:r>
       <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -10601,51 +10626,51 @@
       </w:r>
       <w:r w:rsidR="00535CD7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E326545" w14:textId="27026940" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Identificació:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E63AD9B" w14:textId="782E8C5D" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Autors o autores per ordre de signatura: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -10682,51 +10707,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1107ED3A" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -10763,51 +10788,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78247C58" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Any de publicació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -10849,51 +10874,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC3379A" w14:textId="174A797E" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Clau</w:t>
       </w:r>
       <w:r w:rsidR="005A6B6A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10938,51 +10963,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E38DDB3" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Revista o editorial (títol, volum, pàgina inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11024,51 +11049,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="069DCBD6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11105,51 +11130,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA17FDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11186,51 +11211,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7B106F" w14:textId="19421EC9" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Hiperenllaç navegable a la publicació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11403,51 +11428,51 @@
       </w:r>
       <w:r w:rsidR="000C4AE9" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76CE6686" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Identificació:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="674026ED" w14:textId="2CCBD67B" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Autors o autores per ordre de signatura: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11484,51 +11509,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23224E68" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11565,51 +11590,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7626AC5E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Any de publicació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11651,51 +11676,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44AF8204" w14:textId="7A1EB006" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Clau</w:t>
       </w:r>
       <w:r w:rsidR="005A6B6A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11740,51 +11765,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1BB4A3" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Revista o editorial (títol, volum, pàgina inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11826,51 +11851,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DED9B3E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11907,51 +11932,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F69850C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11988,51 +12013,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E21EA03" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Hiperenllaç navegable a la publicació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12166,94 +12191,94 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A977A59" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="00223731">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13315413" w14:textId="78ED37ED" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Creació artística</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3322D309" w14:textId="52F91BC2" w:rsidR="00F20BD6" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="009816F6">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han d’incloure, d’acord amb les característiques de cada aportació: </w:t>
       </w:r>
       <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
         <w:t>títol, descripció, dates, disciplina artística, objecte i magnitud de l’aportació, rellevància, grau d’innovació, itinerància, repercussió i impacte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CD5DE6F" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Repetiu-ho tantes vegades com calgui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05909990" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C656B34" w14:textId="2B809745" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12292,51 +12317,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CE59B1" w14:textId="01B22CF0" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Descripció: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12375,51 +12400,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C53D727" w14:textId="038F5648" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dates: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12458,51 +12483,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3771FD1D" w14:textId="281CF7E0" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Disciplina artística, objecte i magnitud de l’aportació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12541,51 +12566,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B080473" w14:textId="04DFF621" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Rellevància: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12624,51 +12649,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9F6B1E" w14:textId="6039DB9C" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Grau d’innovació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12707,51 +12732,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17DD58B5" w14:textId="2C253F2D" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Itinerància: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12790,51 +12815,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A0E681" w14:textId="6CF83F82" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Repercussió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12873,51 +12898,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F00110" w14:textId="6B747A53" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Impacte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12973,51 +12998,51 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="175FCD22" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218FA016" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13056,51 +13081,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFD3679" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Descripció: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13139,51 +13164,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="161F8891" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dates: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13222,51 +13247,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52C6D686" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Disciplina artística, objecte i magnitud de l’aportació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13305,51 +13330,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3120C732" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Rellevància: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13388,51 +13413,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="51868DF3" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Grau d’innovació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13471,51 +13496,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32007360" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Itinerància: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13554,51 +13579,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="56570A62" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Repercussió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13637,51 +13662,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="643629A4" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Impacte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13747,51 +13772,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D89B785" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37523512" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>A.1.2 Projectes competitius</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B948421" w14:textId="2D8D8BC8" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han d’incloure: </w:t>
       </w:r>
       <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
         <w:t>títol del projecte, entitat finançadora, referència de la concessió, import concedit, durada (des de – fins a), nom de l’investigador o investigadora principal i nombre d’investigadors o investigadores del grup.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A259FA9" w14:textId="315ED2D8" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00C03C6C">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Per a catedràtic o catedràtica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
@@ -13892,247 +13917,247 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64319A7C" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A56E71" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del projecte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="358AABDC" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat finançadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EFE35A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Referència de la concessió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44F1B1A9" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Import concedit: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0739828E" w14:textId="256ED3D7" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada (des de </w:t>
       </w:r>
       <w:r w:rsidR="00340D3C" w:rsidRPr="00AC7C13">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> fins a): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -14143,100 +14168,100 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4452331D" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom de l’investigador o investigadora principal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E7B206" w14:textId="3D8F0805" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nombre d’investigadors o investigadores del grup: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14258,247 +14283,247 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="532F4C7E" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648F08AA" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del projecte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4C4DBB" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat finançadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="304EE5F6" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Referència de la concessió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DD8DED7" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Import concedit: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E9BB17" w14:textId="066E7607" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada (des de </w:t>
       </w:r>
       <w:r w:rsidR="00340D3C" w:rsidRPr="00AC7C13">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> fins a): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -14509,179 +14534,187 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BB4B28" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom de l’investigador o investigadora principal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="643F034A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nombre d’investigadors o investigadores del grup: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4155A7E2" w14:textId="318432CF" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00AC7C13">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>A.1.3 Estades, mobilitat i internacionalització</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708137BF" w14:textId="6D502D0A" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00340D3C">
       <w:r w:rsidRPr="00AC7C13">
-        <w:t>Les aportacions han d’incloure: clau (doctoral, postdoctoral, convidat/</w:t>
+        <w:t xml:space="preserve">Les aportacions han d’incloure: clau (doctoral, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>postdoctoral</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:t>, convidat/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001404A1" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>da</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>, contractat/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001404A1" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>da</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>, altres a especificar), centre, nom del supervisor</w:t>
       </w:r>
       <w:r w:rsidR="00F712FD" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o supervisor</w:t>
@@ -14771,293 +14804,293 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tantes vegades com calgui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E2449F" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5E631B" w14:textId="6FB7A778" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Clau: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F0CC62B" w14:textId="61660A75" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Centre</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="081B44C7" w14:textId="65E350D5" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nom del supervisor o supervisora</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="192A4203" w14:textId="1384571B" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Localitat i país</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05333E04" w14:textId="31FCD664" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Any</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2277031C" w14:textId="193F97A3" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada </w:t>
       </w:r>
       <w:r w:rsidR="003E1CEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>mesos</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -15068,51 +15101,51 @@
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="76014FC6" w14:textId="32B049ED" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Tema</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
@@ -15134,281 +15167,281 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32366924" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5421091D" w14:textId="6216DAB3" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Clau: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12678444" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Centre: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2849D94E" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom del supervisor o supervisora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34224C72" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Localitat i país: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22DB735A" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Any: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57E5178A" w14:textId="11C162AC" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada </w:t>
       </w:r>
       <w:r w:rsidR="003E1CEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">mesos: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15416,51 +15449,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC4ECCA" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Tema: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15490,80 +15523,80 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3868AE7A" w14:textId="5735ADB4" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p w14:paraId="07AAE4DD" w14:textId="3BB9E251" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00D3445B">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A.2 </w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement</w:t>
       </w:r>
       <w:r w:rsidR="005C32E9" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>tecnologia i activitat professional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5553178E" w14:textId="32F1E12A" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00417D92">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2.1 </w:t>
       </w:r>
       <w:r w:rsidR="00C76640" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement i tecnologia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E41CCC" w14:textId="01BC6A79" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="00B56F5F" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Patents </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F7812A" w14:textId="7D225B86" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00BF5DB3" w:rsidP="00340D3C">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>incloure: inventors</w:t>
       </w:r>
       <w:r w:rsidR="00340D3C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o invento</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">res (per ordre de signatura), número de sol·licitud, país de prioritat, data de prioritat, any de concessió o </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15588,51 +15621,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Podeu incloure fins a 5 aportacions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50EA6438" w14:textId="52C7FE33" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B139016" w14:textId="109A08BB" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Inventors</w:t>
       </w:r>
       <w:r w:rsidR="004625BB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o invent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>ores (per ordre de signatura):</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -15646,345 +15679,345 @@
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488B783B" w14:textId="4E1EF351" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Número de sol·licitud</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="299039EA" w14:textId="1B013D1B" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>País de prioritat</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0A8E9E" w14:textId="5502944B" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Data de prioritat</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="390DF740" w14:textId="2CE7E793" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Any de concessió o d’explotació</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D32066" w14:textId="2071449A" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Entitat titular</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="298ED434" w14:textId="1BDCF59F" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Països als quals s’ha estès</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00016773" w14:textId="7722CC4D" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Empreses que l’exploten</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
@@ -16006,51 +16039,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7D42BB" w14:textId="335D5341" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00A65DB3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1114DF8E" w14:textId="758C2ED3" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Inventors</w:t>
       </w:r>
       <w:r w:rsidR="004625BB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o invent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ores (per ordre de signatura): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16061,327 +16094,327 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D11297" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Número de sol·licitud: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C31A0D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">País de prioritat: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52CB2D7A" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Data de prioritat: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="579C8978" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Any de concessió o d’explotació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B52ACDE" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat titular: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DBE862F" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Països als quals s’ha estès: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05510AB8" w14:textId="18EAB6DA" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="00A65DB3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Empreses que l’exploten: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16408,51 +16441,51 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61AC3B99" w14:textId="77777777" w:rsidR="00082AF5" w:rsidRDefault="00082AF5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D9EBC18" w14:textId="7ABA8C7B" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="009D20B4" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00C76640" w:rsidRPr="00AC7C13">
         <w:t>ontractes i convenis de transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58214179" w14:textId="2947AF29" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00BF5DB3" w:rsidP="00C901BD">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure: tipus de participació, durada, finançament, contractació de personal, grau </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>innovació i de multi</w:t>
       </w:r>
@@ -16475,373 +16508,373 @@
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Podeu incloure fins a 5 aportacions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648C497F" w14:textId="795C06E4" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="473A61E1" w14:textId="17A2205D" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Tipus de participació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25C9DCF7" w14:textId="75418586" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2EBC9B" w14:textId="3184A271" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Finançament: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="38066E16" w14:textId="04808A9E" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Contractació de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BA0B6B" w14:textId="11C2C160" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Grau d’innovació i de multi/interdisciplinarietat: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21550860" w14:textId="368558B3" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resultats: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="562F120E" w14:textId="62FF7E44" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Productes o serveis resultants: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="76CA3AB0" w14:textId="7650A219" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Impacte social aconseguit: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16860,419 +16893,419 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="584FA139" w14:textId="139303D7" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00417D92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CFE31BA" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Tipus de participació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC662E4" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BCCB91D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Finançament: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E68A23" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Contractació de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="624E639D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Grau d’innovació i de multi/interdisciplinarietat: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74506476" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resultats: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B2AE852" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Productes o serveis resultants: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="698E8E83" w14:textId="4E12F422" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="00417D92">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Impacte social aconseguit: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F13830" w14:textId="77ABDB6E" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="00C76640" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Altres activitats i resultats de la transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A387F49" w14:textId="44630B2E" w:rsidR="00782077" w:rsidRPr="00AC7C13" w:rsidRDefault="00782077" w:rsidP="00B634A6">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Aporteu evidències acreditatives </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>aquests mèrits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A61D75A" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Podeu incloure fins a 5 aportacions. </w:t>
@@ -17403,189 +17436,189 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1a </w:t>
       </w:r>
       <w:r w:rsidR="00E661C7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78AD342F" w14:textId="7564658C" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Empresa o institució: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B7F8B8" w14:textId="6DFF4465" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Càrrec: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57CD783E" w14:textId="775FAB26" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dedicació (temps parcial o complet): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="132E778E" w14:textId="5B977F00" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="009870B8">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Període (data d’inici i final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -17612,189 +17645,189 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2a </w:t>
       </w:r>
       <w:r w:rsidR="00E661C7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="641FE61E" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Empresa o institució: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CBEFBB" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Càrrec: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B8A2D0" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dedicació (temps parcial o complet): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4AE325" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Període (data d’inici i final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -17802,85 +17835,85 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D83F44E" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00765ABB"/>
     <w:p w14:paraId="14DC318E" w14:textId="77777777" w:rsidR="00870C39" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00765ABB">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6435C273" w14:textId="75275708" w:rsidR="008F758E" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00765ABB">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
       <w:r w:rsidR="008F758E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dimensió </w:t>
       </w:r>
       <w:r w:rsidR="00AB7F13" w:rsidRPr="00AC7C13">
         <w:t>de d</w:t>
       </w:r>
       <w:r w:rsidR="008F758E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ocència </w:t>
       </w:r>
       <w:r w:rsidR="00AB7F13" w:rsidRPr="00AC7C13">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="008F758E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">niversitària </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BAFBBAB" w14:textId="133132F5" w:rsidR="00947A1B" w:rsidRPr="00AC7C13" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
       <w:hyperlink w:anchor="Text2" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>Instruccions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5EBDBDBA" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="004B2B22" w:rsidRDefault="00985F81" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2B22">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Resum narratiu de la trajectòria i qualitat de la docència universitària </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00FB09D3" w14:textId="60B8D671" w:rsidR="00CD6CAD" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="002B713C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Resumiu els fets més importants de la vostra trajectòria docent universitària</w:t>
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00497B59" w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -17930,74 +17963,74 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1354FDCE" w14:textId="77777777" w:rsidR="00AD52C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD52C2" w:rsidP="00765ABB">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46020D30" w14:textId="74CD52CD" w:rsidR="00434F24" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B.1 </w:t>
       </w:r>
       <w:r w:rsidR="00535527" w:rsidRPr="00AC7C13">
         <w:t>Trajectòria i qualitat de la docència universitària</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47905CC9" w14:textId="017EE42E" w:rsidR="003F0F08" w:rsidRPr="00AC7C13" w:rsidRDefault="003F0F08" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Empleneu </w:t>
       </w:r>
       <w:r w:rsidR="00A529C7" w:rsidRPr="00AC7C13">
         <w:t>les dades següents</w:t>
       </w:r>
       <w:r w:rsidR="00910434" w:rsidRPr="00AC7C13">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C28C901" w14:textId="3A6541C9" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00F46029" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’anys a temps complet</w:t>
       </w:r>
       <w:r w:rsidR="008C0334" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> (o </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">equivalents a temps </w:t>
       </w:r>
       <w:r w:rsidR="0022635B" w:rsidRPr="00AC7C13">
         <w:t>parcial)</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
@@ -18055,51 +18088,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B40D84" w14:textId="746142BC" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00C52F45" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’hores</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>/crèdits</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de docència teòrica: </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18151,51 +18184,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C5DB062" w14:textId="7A8F7681" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00C52F45" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’hores</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>/crèdits</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de docència pràctica: </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18309,66 +18342,66 @@
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>evidències de qualitat docent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">acord amb </w:t>
       </w:r>
       <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
         <w:t>la normativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D547D67" w14:textId="6AD0D66B" w:rsidR="00F61762" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Hlk182926670"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">B.2 </w:t>
       </w:r>
       <w:r w:rsidR="008F758E" w:rsidRPr="00AC7C13">
         <w:t>Innovació docent</w:t>
       </w:r>
       <w:r w:rsidR="003D04DA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58AEE969" w14:textId="6050D8F7" w:rsidR="0090350F" w:rsidRPr="00AC7C13" w:rsidRDefault="0090350F" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Projectes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>innovació docent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FA7B6F" w14:textId="0AF6329C" w:rsidR="003B1176" w:rsidRPr="00AC7C13" w:rsidRDefault="003B1176" w:rsidP="00147059">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure títol del projecte, </w:t>
       </w:r>
@@ -18416,51 +18449,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1a </w:t>
       </w:r>
       <w:r w:rsidR="007E5506" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A2A209" w14:textId="19FB651E" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del projecte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18499,51 +18532,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="022F0D56" w14:textId="52567913" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat finançadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18582,51 +18615,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="621F5C74" w14:textId="0927CF28" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Aportació de la concessió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18665,51 +18698,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="682AC188" w14:textId="477B65E9" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Responsable: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18748,51 +18781,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A772A67" w14:textId="7B0B3482" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada (des de – fins a): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18856,51 +18889,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2a </w:t>
       </w:r>
       <w:r w:rsidR="007E5506" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DABD90" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del projecte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18939,51 +18972,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A71B46" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat finançadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -19022,51 +19055,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCE1DB9" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Aportació de la concessió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -19105,51 +19138,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2157457C" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Responsable: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -19188,51 +19221,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C116284" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada (des de – fins a): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -19276,114 +19309,114 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17ADEC72" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A47C6C6" w14:textId="574E7FDC" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C. </w:t>
       </w:r>
       <w:r w:rsidR="00602B66" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dimensió </w:t>
       </w:r>
       <w:r w:rsidR="00C901BD" w:rsidRPr="00AC7C13">
         <w:t>de l</w:t>
       </w:r>
       <w:r w:rsidR="00602B66" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ideratge </w:t>
       </w:r>
       <w:r w:rsidR="00C901BD" w:rsidRPr="00AC7C13">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00602B66" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ientífic i de </w:t>
       </w:r>
       <w:r w:rsidR="00C901BD" w:rsidRPr="00AC7C13">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="00602B66" w:rsidRPr="00AC7C13">
         <w:t>estió</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C355B29" w14:textId="106466FF" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">[Només per </w:t>
       </w:r>
       <w:r w:rsidR="00955AEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">les acreditacions per </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="00955AEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o catedràtic</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>a]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2670782F" w14:textId="37968DFB" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
       <w:hyperlink w:anchor="Texto4" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>I</w:t>
         </w:r>
         <w:r w:rsidR="00566635" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>nstruccions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2DFDD6A0" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00F16612" w:rsidRDefault="00602B66" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F16612">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Resum narratiu de la trajectòria de lideratge científic i de gestió</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2CCE0B" w14:textId="63B9F185" w:rsidR="00602B66" w:rsidRPr="00F16612" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F16612">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
@@ -19485,51 +19518,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="345245FF" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F45218" w14:textId="225B368A" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C.1 </w:t>
       </w:r>
       <w:r w:rsidR="00C645A9" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Direcció de tesis doctorals</w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> finalitzades</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F687258" w14:textId="6F29BF96" w:rsidR="008A11CC" w:rsidRPr="00AC7C13" w:rsidRDefault="008A11CC" w:rsidP="00B62D64">
@@ -19630,51 +19663,51 @@
       </w:r>
       <w:r w:rsidR="00170F34" w:rsidRPr="00AC7C13">
         <w:t>-ho</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> tantes vegades com calgui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6342EDA7" w14:textId="76D00333" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="792A961D" w14:textId="62CBC7F1" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom dels directors o directores: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19694,51 +19727,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71CDC760" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del treball: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19758,51 +19791,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E669CFD" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Data de lectura (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>dd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>aaaa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
@@ -19838,51 +19871,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41A1A480" w14:textId="43F0E8C9" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom del doctorand o doctoranda: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19902,51 +19935,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71308F73" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Qualificació obtinguda: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19966,51 +19999,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DAB2156" w14:textId="17EBAAFC" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Institució: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20046,51 +20079,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A968ABA" w14:textId="3A7C009C" w:rsidR="001F6003" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="01EE9B49" w14:textId="21F2E6CC" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom dels directors o directores: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20110,51 +20143,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C7FF0F" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del treball: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20174,51 +20207,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4890BD7D" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Data de lectura (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>dd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>aaaa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
@@ -20254,51 +20287,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C2497C" w14:textId="09C1CA9F" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom del doctorand o doctoranda: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20318,51 +20351,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F8A1B85" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Qualificació obtinguda: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20382,51 +20415,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="704EB8B8" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Institució: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20459,51 +20492,51 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1799CA32" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CA019DE" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA573D8" w14:textId="4730160B" w:rsidR="003F7050" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C.2 </w:t>
       </w:r>
       <w:r w:rsidR="005B7263" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Lideratge en </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="005B7263" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">àmbit de la direcció i gestió universitària i científica </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D3FEBB" w14:textId="77777777" w:rsidR="00B97AB0" w:rsidRPr="00AC7C13" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Podeu incloure </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
@@ -20586,51 +20619,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DFBDD0F" w14:textId="77777777" w:rsidR="00416C2B" w:rsidRPr="00AC7C13" w:rsidRDefault="00416C2B" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="55EAC70D" w14:textId="77777777" w:rsidR="00F56E3F" w:rsidRPr="00AC7C13" w:rsidRDefault="00F56E3F" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="3AEB6F3D" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C06940" w14:textId="56775457" w:rsidR="005B7263" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00FE0D01">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C.3 </w:t>
       </w:r>
       <w:r w:rsidR="005B7263" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Reconeixements i responsabilitat en organitzacions científiques i comitès científics i tècnics </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E83B6AA" w14:textId="77777777" w:rsidR="00FE0D01" w:rsidRPr="00AC7C13" w:rsidRDefault="00FE0D01" w:rsidP="00FE0D01">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Podeu incloure </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fins a 5 aportacions</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>. </w:t>
       </w:r>
@@ -20691,203 +20724,203 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1CB583" w14:textId="7AF95C2B" w:rsidR="006C0E3A" w:rsidRPr="00AC7C13" w:rsidRDefault="006C0E3A" w:rsidP="00FE0D01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3663B8E7" w14:textId="4657AC32" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="32862E21" w14:textId="65334D72" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00844F3D">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">INSTRUCCIONS PER A </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>EMPLENAMENT DEL CV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382CBD81" w14:textId="0369E28F" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00844F3D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Consideracions generals:</w:t>
       </w:r>
       <w:r w:rsidR="00037DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10DC9779" w14:textId="7C162AEE" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00DA3513">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Hlk190869568"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Cal que acrediteu els mèrits aportats, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>acord amb l</w:t>
       </w:r>
       <w:r w:rsidR="00037DB3" w:rsidRPr="00AC7C13">
         <w:t>a normativa</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i les instruccions del CV. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C385602" w14:textId="65E2EF20" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00DA3513">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Cal que adjunteu </w:t>
       </w:r>
       <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
         <w:t>la següent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="a2" w:history="1">
         <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>documentació</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BA5CA3" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00DA3513">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Ordeneu les aportacions cronològicament, començant per les més recents i acabant per les més antigues. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="766D0840" w14:textId="575ED193" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00DA3513">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durant el procés </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>avaluació, AQU Catalunya pot reclamar al sol·licitant que ampliï la informació aportada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE55AFF" w14:textId="3BAE2375" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00722F79">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="Text1"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>Dimensió de recerca i transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0207C5B7" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resum narratiu de la trajectòria de recerca i transferència  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F24348" w14:textId="2D0BDAC1" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nota prèvia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B1340FC" w14:textId="4526BE01" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00986158">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les persones que sol·liciten </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>acreditació per a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="001951EE" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="006C0E3A" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">tenen reconeguda la suficiència en el bloc corresponent als mèrits de recerca i transferència i intercanvi del coneixement si disposen de finançament dels programes de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -21081,170 +21114,170 @@
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>aquestes contribucions.</w:t>
       </w:r>
       <w:r w:rsidR="0055260F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0055260F" w:rsidRPr="0055260F">
         <w:t>Cal aportar evidències que sustentin el relat narratiu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D92F000" w14:textId="1B2D4BCC" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>En aquest sentit</w:t>
       </w:r>
       <w:r w:rsidR="00080D8D" w:rsidRPr="00AC7C13">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> indiqueu les principals aportacions en aquests àmbits:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DEBD764" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Activitat de recerca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74423361" w14:textId="16A12045" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00080D8D" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">esumiu la vostra recerca destacant les publicacions fetes durant </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">etapa postdoctoral. Així mateix, és necessari defensar </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">impacte científic i/o social de publicacions i projectes. Especifiqueu la vostra contribució en les publicacions més destacades. Destaqueu també la projecció internacional o nacional, la contribució i </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">impacte de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">activitat duta a terme en ciència ciutadana, les aportacions de rellevància local i en llengua catalana, així com </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>accés obert a les contribucions científiques i docents i la interdisciplinarietat. Incloeu també les estades de recerca i les seves publicacions derivades, els premis rebuts, les traduccions, així com les obres de creació artística, arquitectònica, exposicions, etc. Podeu incloure també congressos, beques, ajuts i altres mèrits de recerca que considereu rellevants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FB84DC" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement i de tecnologia i activitat professional</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEB20B4" w14:textId="3A24D532" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00080D8D" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">xposeu els resultats dels processos que tenen com a objectiu difondre coneixements, habilitats i/o innovacions al conjunt de la societat, siguin empreses, organitzacions sectorials, institucions </w:t>
       </w:r>
       <w:r w:rsidR="003F3037" w:rsidRPr="00AC7C13">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> organismes governamentals, i justificar que aquestes activitats han contribuït a la innovació, el creixement econòmic o el desenvolupament resolent problemes del món real i/o a millorar productes, processos o serveis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69526D29" w14:textId="7FA3E4F8" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Pel que fa a </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">experiència professional, destaqueu les activitats més rellevants que estiguin directament relacionades amb el vostre àmbit </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">especialització. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B42B5A4" w14:textId="43DF10C8" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.1 </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Activitat de recerca </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BA4C09" w14:textId="42A36EF1" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.1.1 </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resultats de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>activitat de recerca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19BD9E6C" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Consideracions generals:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="010339A6" w14:textId="4D16E11B" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Podeu incloure un màxim de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -21309,51 +21342,51 @@
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o catedràtic</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). La CAR només avaluarà les aportacions seleccionades en aquest apartat. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72BF1138" w14:textId="1AD66115" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D’</w:t>
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>acord amb les característiques de cada aportació</w:t>
@@ -21523,51 +21556,51 @@
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">la revista o editorial (títol, volum, pàgina inicial-final), ISSN o ISBN, DOI o hiperenllaç </w:t>
       </w:r>
       <w:r w:rsidR="009407C4" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>navegable</w:t>
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a la publicació. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08CDD0AF" w14:textId="4B914277" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Heu de consignar els indicis de rellevància i impacte de cada</w:t>
       </w:r>
       <w:r w:rsidR="0002790B" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sc</w:t>
@@ -21633,51 +21666,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>300</w:t>
       </w:r>
       <w:r w:rsidR="00433844" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> caràcters per aportació</w:t>
       </w:r>
       <w:r w:rsidR="00433844" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="634662A7" w14:textId="525D7ADB" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AQU Catalunya farà una comprovació </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
@@ -21691,68 +21724,68 @@
       </w:r>
       <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> En cas que correspongui, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aplicarà el </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>protocol de frau</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516062E2" w14:textId="5B5A6E7E" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Creació artística</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53B78E50" w14:textId="7EF51CCD" w:rsidR="00497B59" w:rsidRPr="00AC7C13" w:rsidRDefault="00497B59" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">acord amb les </w:t>
       </w:r>
       <w:r w:rsidR="00CB3322" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">seves </w:t>
       </w:r>
@@ -21761,51 +21794,51 @@
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">aportació, rellevància, grau </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>innovació, itinerància, repercussió i impacte</w:t>
       </w:r>
       <w:r w:rsidR="00E34C36" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">, o </w:t>
       </w:r>
       <w:r w:rsidR="00D25C15" w:rsidRPr="00AC7C13">
         <w:t>altres dades considerades rellevants.</w:t>
       </w:r>
       <w:r w:rsidR="00346B69" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF044F4" w14:textId="11667D52" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.1.2 </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>Projectes competitius</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="225E6EC8" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Es consideren exclusivament els projectes de recerca i de transferència de tecnologia finançats en convocatòries competitives, tant de les administracions públiques (internacionals, europees, estatals i autonòmiques) com del sector privat (fundacions, empreses, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AB2CC87" w14:textId="738CD122" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Per a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="00471108" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -21885,211 +21918,211 @@
       </w:r>
       <w:r w:rsidR="00C03C6C" w:rsidRPr="00AC7C13">
         <w:t>l’import concedit</w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> la durada del projecte</w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C">
         <w:t xml:space="preserve">, el </w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C" w:rsidRPr="0052135D">
         <w:t xml:space="preserve">nom de l’investigador o investigadora principal i </w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C">
         <w:t xml:space="preserve">el </w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C" w:rsidRPr="0052135D">
         <w:t>nombre d’investigadors o investigadores del grup.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4040AF27" w14:textId="57C1F39D" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00DA3CF3" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>A.1.3 Estades, mobilitat i internacionalització</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1890CC1E" w14:textId="073E4C8A" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00EC18A8" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Cal</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> aportar un certificat </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>estada docent o de recerca o transferència emès per la universitat o centre de recerca receptor en què consti</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">les dates </w:t>
       </w:r>
       <w:r w:rsidR="00C31AE2" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">inici i final de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">estada. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5738B55A" w14:textId="4DD154B3" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2 </w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement</w:t>
       </w:r>
       <w:r w:rsidR="00010560" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> tecnologia i activitat professional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4318F7DC" w14:textId="32C1FF26" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement i tecnologia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F36F617" w14:textId="39EF004C" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="009E39B9">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Patents </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0846D68F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="009E39B9">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Contractes i convenis de transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9A7808" w14:textId="6E7E82BB" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es consideren els contractes i convenis que formalitzin </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">intercanvi </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">experteses, habilitats o resultats de recerca entre institucions, empreses o persones així com els models </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">utilitat i la resta </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>acords legals que regulin la cessió de coneixements tecnològics, programari i maquinari, disseny de productes, innovacions, processos propietaris de manufacturació, varietats vegetals, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33B87FCC" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Altres activitats i resultats de la transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A3F0293" w14:textId="066A3DBE" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>En aquest apartat es poden incloure els mèrit</w:t>
       </w:r>
       <w:r w:rsidR="00244EC9" w:rsidRPr="00AC7C13">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> següents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2448122F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Activitats que fomentin la divulgació i la cultura científica, la reflexió sobre el paper de la ciència, la tecnologia i la innovació en la societat actual —com ara publicacions, conferències, exposicions, audiovisuals, col·laboració amb mitjans de comunicació, assessorament legislatiu, ponències de lleis i altres activitats amb valor social, artístic i cultural—, i promoguin una ciència i innovació obertes i inclusives. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BEE5536" w14:textId="7015BD3B" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Activitats encaminades a compartir resultats de recerca, bones pràctiques o mètodes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -22121,51 +22154,51 @@
         </w:rPr>
         <w:t>building</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">— i els programes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>innovació social i transformativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0147E50B" w14:textId="59955FFE" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Col·laboració amb organitzacions empresarials i sindicals, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:t>spin-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -22200,51 +22233,51 @@
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">empresa, o similars, que constitueixin una fórmula de col·laboració amb institucions públiques i privades i duguin a terme aquest tipus </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">activitats. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2A842E" w14:textId="1274A9F3" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Participació com a persones expertes en organismes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -22305,51 +22338,51 @@
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">agències i organismes oficials </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>avaluació de títols i centres universitaris.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4980C528" w14:textId="65F5B440" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2.2 </w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Activitat professional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4A61CB" w14:textId="72BC0A6D" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es valora exclusivament </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">activitat professional que estigui relacionada directament amb </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">àmbit </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -22382,51 +22415,51 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">aquesta activitat i la seva pertinència a </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>activitat de recerca i docència.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C4B281" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00AC7C13" w:rsidRDefault="006324E9">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="257CBB1C" w14:textId="320037B4" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="Text2"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dimensió </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>de d</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ocència </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">niversitària </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CAF65A" w14:textId="54C3C6DA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
@@ -22522,74 +22555,74 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Estat espanyol que no tenen certificat el manual </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">avaluació docent, o que no compleixen els requisits per sol·licitar </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">avaluació directa a partir del manual de la universitat, les dimensions que </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>avaluen són les següents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D90F4E1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Trajectòria i qualitat de la docència universitària</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0F5D71" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Innovació docent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360A1EB7" w14:textId="24B49D71" w:rsidR="0048352E" w:rsidRPr="00AC7C13" w:rsidRDefault="0048352E" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">No cal que empleneu aquesta secció si </w:t>
       </w:r>
       <w:r w:rsidR="000D79A9" w:rsidRPr="00AC7C13">
@@ -22599,95 +22632,95 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>avaluació de</w:t>
       </w:r>
       <w:r w:rsidR="00F9490E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>trams de recerca</w:t>
       </w:r>
       <w:r w:rsidR="00F9490E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> (sexennis).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0916CFC9" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Consideracions generals:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0985209F" w14:textId="29E811DA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">avaluació de la qualitat docent es fa </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>acord amb la narració i les evidències que la puguin acompanyar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036059CC" w14:textId="243DB5CB" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Es consideren el grau </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
@@ -22708,102 +22741,102 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">èxit i rendiment, la valoració i la satisfacció de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estudiantat, la revisió i la millora de la pròpia pràctica docent i el seu impacte o les revisions per parells.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13D930A9" w14:textId="3AC003A7" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Podeu incloure en aquest apartat la direcció de tesis doctorals en curs, tutories curriculars, comissions de disseny de plans </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">estudi, disseny de noves assignatures, coordinació </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>activitats especials, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2C8449" w14:textId="5E04E4E1" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>També podeu incloure</w:t>
       </w:r>
       <w:r w:rsidR="00173315" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-hi</w:t>
@@ -22866,295 +22899,295 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">obra, dels guardons que pugui haver obtingut i de les ressenyes rebudes, entre </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>altres.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711D8F64" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00F16612" w:rsidRDefault="006237CA" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F16612">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Resum narratiu de la trajectòria i qualitat de la docència universitària </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226399B7" w14:textId="1E6D5A64" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Heu </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure obligatòriament </w:t>
       </w:r>
       <w:r w:rsidR="008C461B" w:rsidRPr="00AC7C13">
         <w:t>en un únic arxiu</w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> el document </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:t>evidències de qualitat docent</w:t>
       </w:r>
       <w:r w:rsidR="006A53CF" w:rsidRPr="00AC7C13">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> que ha de contenir</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> la descripció i valoració dels elements següents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620CB7E0" w14:textId="156F9512" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>encàrrec docent. Evidència: certificat de docència impartida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF707A2" w14:textId="18BCDDC2" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La satisfacció de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estudiantat. Evidència: resultats de les enquestes de satisfacció.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BECA3F9" w14:textId="1C51EAAA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La valoració del responsable acadèmic. Evidència: informe </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">un responsable acadèmic relatiu a la qualitat de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>activitat docent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="505B644B" w14:textId="6683622D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La direcció i participació en projectes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>innovació docent. Evidència: certificat de concessió.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331D992C" w14:textId="0B73D197" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A més, </w:t>
       </w:r>
       <w:r w:rsidR="00473E25" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">al resum narratiu </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>podeu fer referència a altres aspectes rellevants com ara:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="118A0A33" w14:textId="11F0C882" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La formació per a la docència (estades en centres, la participació en cursos, postgraus i programes tant de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">àmbit disciplinar com específics de la formació docent universitària). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B5F880" w14:textId="50A34F11" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>elaboració de material didàctic específic</w:t>
@@ -23168,99 +23201,99 @@
       </w:r>
       <w:r w:rsidR="006B42FA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, M</w:t>
       </w:r>
       <w:r w:rsidR="005645DC" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OOCS</w:t>
       </w:r>
       <w:r w:rsidR="00425A4B" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0B4CA0" w14:textId="75560A40" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La recerca sobre la pròpia activitat docent (publicacions, aportacions </w:t>
       </w:r>
       <w:r w:rsidR="00B365A1" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> congressos, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E19163" w14:textId="526C877D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">B.1 </w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t>Trajectòria i qualitat de la docència universitària</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFB16AC" w14:textId="4E1E2EDF" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00A67CE9">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nota prèvia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="306F643A" w14:textId="50CF3A61" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00BB0E46" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Exempció</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> al requisit </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t>activitat docent mínima:</w:t>
       </w:r>
       <w:r w:rsidR="005645DC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F9026A" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
@@ -23304,261 +23337,261 @@
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Quant a la dedicació docent, només es considera la docència universitària oficial (grau, postgrau o doctorat) o equivalent en un sistema universitari estranger. </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">encàrrec docent es valora en funció de la pluralitat, la interdisciplinarietat, la complexitat docent i la modalitat </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">impartició, que es concreten, entre </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>altres, en:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6909C1" w14:textId="6E908B2F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El nombre i la diversitat </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>assignatures impartides.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A7D77A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>La tipologia de titulacions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26023D29" w14:textId="7679961F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La docència en assignatures de primer curs (en graus) o en grups nombrosos (entesos com aquells que tenen una ràtio alumnat/professorat elevada respecte a la ràtio mitjana de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>àrea o la titulació).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF11F91" w14:textId="00E1D288" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La impartició en diferents idiomes</w:t>
       </w:r>
       <w:r w:rsidR="009417BE" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4354D711" w14:textId="4631EDC8" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La impartició </w:t>
       </w:r>
       <w:r w:rsidR="009A37BD" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> centres o campus diferents del </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>adscripció.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28CB7567" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La direcció de treballs finals de grau (TFG) i treballs finals de màster (TFM).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D36AFF7" w14:textId="41DAAAC3" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006B1B76" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Empleneu les dades següents</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01106E5E" w14:textId="6D3D1812" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’anys a temps complet</w:t>
       </w:r>
       <w:r w:rsidR="006A617A" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> (o </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">equivalents a temps </w:t>
       </w:r>
       <w:r w:rsidR="006A617A" w:rsidRPr="00AC7C13">
         <w:t>parcial)</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
@@ -23616,51 +23649,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E66BC53" w14:textId="5E2AB855" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’hores</w:t>
       </w:r>
       <w:r w:rsidR="006A617A" w:rsidRPr="00AC7C13">
         <w:t>/crèdits</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de docència teòrica: </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -23712,51 +23745,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7653B47C" w14:textId="7B2FF0C7" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’hores</w:t>
       </w:r>
       <w:r w:rsidR="006A617A" w:rsidRPr="00AC7C13">
         <w:t>/crèdits</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de docència pràctica: </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -23816,88 +23849,88 @@
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46BAB9B9" w14:textId="066645A8" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Cal aportar un certificat oficial emès per la universitat de la docència reglada impartida, segons el model que trobareu </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE61C5">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00BE61C5">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>aquest enllaç</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BE61C5">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009A37BD" w:rsidRPr="00BE61C5">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE61C5">
         <w:t>l certificat</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> hi han de constar totes dades indicades en aquest apartat del CV. El certificat ha de coincidir estrictament amb les dades consignades. A efectes de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>avaluació, no es considerarà la docència reglada universitària impartida que no estigui certificada oficialment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="253FA30F" w14:textId="44961A74" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">B.2 </w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Innovació docent </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59AFAFBE" w14:textId="17FCB46F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Projectes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>innovació docent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F5FC91" w14:textId="0C018C1E" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es consideren els projectes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">innovació docent, de sostenibilitat, els projectes interdisciplinaris i interuniversitaris relacionats amb la docència o els projectes de recerca </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -23918,216 +23951,216 @@
     </w:p>
     <w:p w14:paraId="4EE7253C" w14:textId="0E1ECD7D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">En aquest apartat </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">avaluen les tasques institucionals de millora de la docència i de disseny de noves titulacions universitàries, la formació rebuda i la formació impartida per a la millora de la docència. Aquestes activitats es valoren en funció de la diversitat, la durada, la qualitat, la rellevància que tinguin i els resultats i </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>impacte aconseguits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8E5E91" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00926A49" w:rsidRDefault="006324E9" w:rsidP="00926A49">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D31E264" w14:textId="3B8E6FB4" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Texto4"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C. </w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dimensió </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>de l</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ideratge </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ientífic i de </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t>estió</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571FCBE4" w14:textId="77777777" w:rsidR="004B2B22" w:rsidRPr="004B2B22" w:rsidRDefault="004B2B22" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2B22">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Resum narratiu de la trajectòria de lideratge científic i de gestió</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="261A9AB9" w14:textId="7602F274" w:rsidR="006237CA" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Aquesta dimensió només es valora en el cas de les acreditacions per a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="00895800" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="006C0E3A" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D321713" w14:textId="77777777" w:rsidR="004B2B22" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les persones que la sol·licitin han de demostrar la capacitat de direcció </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">equips docents i de recerca; la formació, la capacitació, la mentoria i la promoció de joves docents i investigadors, i la direcció i la gestió universitària i científica. També poden aportar evidències dels reconeixements i les responsabilitats exercides en organitzacions científiques i comitès cientificotècnics o altres activitats de lideratge equivalents. En tots els casos es valora el grau </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">internacionalització, innovació i obertura a la societat de les contribucions presentades. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C60AF7" w14:textId="79DDCDEE" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>En aquesta dimensió es valoren les subdimensions següents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="789F86E9" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direcció de tesis doctorals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B07891D" w14:textId="2C811152" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lideratge en </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>àmbit de la direcció i gestió universitària i científica</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B23E9BE" w14:textId="479E8C07" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reconeixements i responsabilitat en organitzacions i comitès científics i tècnics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55455FE6" w14:textId="72B608FA" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">C.1 </w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Direcció de tesis doctorals</w:t>
       </w:r>
       <w:r w:rsidR="00CA3D0A" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> finalitzades</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D92E6E5" w14:textId="5D053FF0" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
@@ -24140,51 +24173,51 @@
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>a, el director</w:t>
       </w:r>
       <w:r w:rsidR="004B7F9C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o director</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>a o directors</w:t>
       </w:r>
       <w:r w:rsidR="004B7F9C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o director</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">es i la qualificació obtinguda. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E60E877" w14:textId="4660CB83" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Les dades consignades en aquest apartat han de coincidir estrictament amb el certificat presentat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F53985D" w14:textId="16455A38" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">C.2 </w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Lideratge en </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">àmbit de la direcció i gestió universitària i científica </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FFCCB0" w14:textId="2EB145F7" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es valoren les activitats que impliquen un lideratge efectiu </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">equips o grups docents i de recerca estables. Entre altres, es valora la dimensió i reconeixement dels equips, les activitats dutes a terme i els resultats aconseguits per a la disciplina o per a la mateixa institució, la visió amb què </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -24351,51 +24384,51 @@
         <w:t xml:space="preserve">actualitat, Revisora per a la revista Y (JCR Q1) en X ocasions, i membre de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">editorial </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>board</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de la revista Z (JCR Q1) durant tants anys.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C71005" w14:textId="6AF719EE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">C.3 </w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Reconeixements i responsabilitat en organitzacions científiques i comitès científics i tècnics </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9F41AE" w14:textId="7064ECAE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es valora la responsabilitat exercida en òrgans de direcció </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">associacions o organitzacions científiques o en comitès nacionals i internacionals. Concretament, es consideren les innovacions i les millores introduïdes en </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">acompliment </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -24547,51 +24580,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41A32FB3" w14:textId="7439A97C" w:rsidR="008C2DC4" w:rsidRPr="00FD45FA" w:rsidRDefault="00C31832" w:rsidP="00650917">
     <w:pPr>
-      <w:pStyle w:val="Peu"/>
+      <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">Nom i </w:t>
     </w:r>
     <w:r w:rsidRPr="00650917">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">cognoms </w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00650917">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00650917" w:rsidRPr="00650917">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00650917">
       <w:rPr>
@@ -27614,52 +27647,52 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="523247180">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="710619422">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="619262543">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1992710637">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="480196340">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="624971086">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="60"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -28057,50 +28090,51 @@
     <w:rsid w:val="005E322C"/>
     <w:rsid w:val="005E3B32"/>
     <w:rsid w:val="005F0081"/>
     <w:rsid w:val="005F3101"/>
     <w:rsid w:val="005F3244"/>
     <w:rsid w:val="005F4028"/>
     <w:rsid w:val="005F531C"/>
     <w:rsid w:val="0060252A"/>
     <w:rsid w:val="00602B66"/>
     <w:rsid w:val="00612558"/>
     <w:rsid w:val="00613DC0"/>
     <w:rsid w:val="00617ED5"/>
     <w:rsid w:val="00620AC6"/>
     <w:rsid w:val="00622590"/>
     <w:rsid w:val="006237CA"/>
     <w:rsid w:val="006244F9"/>
     <w:rsid w:val="00625845"/>
     <w:rsid w:val="0063105D"/>
     <w:rsid w:val="006324E9"/>
     <w:rsid w:val="00634093"/>
     <w:rsid w:val="00634FFC"/>
     <w:rsid w:val="00635BEA"/>
     <w:rsid w:val="00636459"/>
     <w:rsid w:val="00641A63"/>
     <w:rsid w:val="0064314E"/>
+    <w:rsid w:val="00644470"/>
     <w:rsid w:val="00644A7D"/>
     <w:rsid w:val="006474B8"/>
     <w:rsid w:val="00650917"/>
     <w:rsid w:val="00652EF9"/>
     <w:rsid w:val="00656C92"/>
     <w:rsid w:val="00657AC7"/>
     <w:rsid w:val="006621E6"/>
     <w:rsid w:val="00664460"/>
     <w:rsid w:val="00665162"/>
     <w:rsid w:val="006674E8"/>
     <w:rsid w:val="006675CE"/>
     <w:rsid w:val="0067240B"/>
     <w:rsid w:val="006822B2"/>
     <w:rsid w:val="006835BF"/>
     <w:rsid w:val="006849A2"/>
     <w:rsid w:val="00684F79"/>
     <w:rsid w:val="006901CF"/>
     <w:rsid w:val="00693849"/>
     <w:rsid w:val="006A195A"/>
     <w:rsid w:val="006A483C"/>
     <w:rsid w:val="006A53CF"/>
     <w:rsid w:val="006A617A"/>
     <w:rsid w:val="006B06DC"/>
     <w:rsid w:val="006B09EE"/>
     <w:rsid w:val="006B1B76"/>
@@ -28109,50 +28143,51 @@
     <w:rsid w:val="006B42FA"/>
     <w:rsid w:val="006C0834"/>
     <w:rsid w:val="006C0E3A"/>
     <w:rsid w:val="006C0E3C"/>
     <w:rsid w:val="006C1FD0"/>
     <w:rsid w:val="006C3E8D"/>
     <w:rsid w:val="006C49F6"/>
     <w:rsid w:val="006C6125"/>
     <w:rsid w:val="006D0BB3"/>
     <w:rsid w:val="006D1013"/>
     <w:rsid w:val="006D5609"/>
     <w:rsid w:val="006D5B9D"/>
     <w:rsid w:val="006D5D2F"/>
     <w:rsid w:val="006D799F"/>
     <w:rsid w:val="006D7B49"/>
     <w:rsid w:val="006E1087"/>
     <w:rsid w:val="006E221A"/>
     <w:rsid w:val="006E6881"/>
     <w:rsid w:val="006E75A1"/>
     <w:rsid w:val="006F057B"/>
     <w:rsid w:val="006F1F06"/>
     <w:rsid w:val="006F422B"/>
     <w:rsid w:val="006F5BB6"/>
     <w:rsid w:val="006F6456"/>
     <w:rsid w:val="006F730F"/>
+    <w:rsid w:val="007032FE"/>
     <w:rsid w:val="007033D6"/>
     <w:rsid w:val="007050D1"/>
     <w:rsid w:val="007076B2"/>
     <w:rsid w:val="00717265"/>
     <w:rsid w:val="00720230"/>
     <w:rsid w:val="007202FA"/>
     <w:rsid w:val="00722F79"/>
     <w:rsid w:val="0072422B"/>
     <w:rsid w:val="00724372"/>
     <w:rsid w:val="00724C59"/>
     <w:rsid w:val="00725006"/>
     <w:rsid w:val="00735C44"/>
     <w:rsid w:val="0074171B"/>
     <w:rsid w:val="00742330"/>
     <w:rsid w:val="007438BB"/>
     <w:rsid w:val="00743D15"/>
     <w:rsid w:val="00745565"/>
     <w:rsid w:val="00751E64"/>
     <w:rsid w:val="0075787E"/>
     <w:rsid w:val="007602AD"/>
     <w:rsid w:val="00762EA8"/>
     <w:rsid w:val="007644A9"/>
     <w:rsid w:val="00765ABB"/>
     <w:rsid w:val="00765D0D"/>
     <w:rsid w:val="00766210"/>
@@ -28535,50 +28570,51 @@
     <w:rsid w:val="00D6670D"/>
     <w:rsid w:val="00D668FF"/>
     <w:rsid w:val="00D716A2"/>
     <w:rsid w:val="00D72D8E"/>
     <w:rsid w:val="00D74FFB"/>
     <w:rsid w:val="00D76FD5"/>
     <w:rsid w:val="00D77050"/>
     <w:rsid w:val="00D80630"/>
     <w:rsid w:val="00D82293"/>
     <w:rsid w:val="00D82E3B"/>
     <w:rsid w:val="00D84C7C"/>
     <w:rsid w:val="00D9349F"/>
     <w:rsid w:val="00DA3513"/>
     <w:rsid w:val="00DA3CF3"/>
     <w:rsid w:val="00DA4F58"/>
     <w:rsid w:val="00DA5500"/>
     <w:rsid w:val="00DA7626"/>
     <w:rsid w:val="00DB536A"/>
     <w:rsid w:val="00DB714E"/>
     <w:rsid w:val="00DB7A3A"/>
     <w:rsid w:val="00DC0A16"/>
     <w:rsid w:val="00DC0CB5"/>
     <w:rsid w:val="00DC0CF8"/>
     <w:rsid w:val="00DC40C5"/>
     <w:rsid w:val="00DC41A5"/>
+    <w:rsid w:val="00DE3AA2"/>
     <w:rsid w:val="00DE4BE3"/>
     <w:rsid w:val="00DE545B"/>
     <w:rsid w:val="00DE6772"/>
     <w:rsid w:val="00DE7134"/>
     <w:rsid w:val="00DF2903"/>
     <w:rsid w:val="00DF42E0"/>
     <w:rsid w:val="00DF5617"/>
     <w:rsid w:val="00DF5C0F"/>
     <w:rsid w:val="00E00872"/>
     <w:rsid w:val="00E0094A"/>
     <w:rsid w:val="00E03F60"/>
     <w:rsid w:val="00E055D9"/>
     <w:rsid w:val="00E05EDD"/>
     <w:rsid w:val="00E06820"/>
     <w:rsid w:val="00E137CE"/>
     <w:rsid w:val="00E13C3F"/>
     <w:rsid w:val="00E13D08"/>
     <w:rsid w:val="00E13FDD"/>
     <w:rsid w:val="00E144E5"/>
     <w:rsid w:val="00E15214"/>
     <w:rsid w:val="00E1529B"/>
     <w:rsid w:val="00E21149"/>
     <w:rsid w:val="00E254C1"/>
     <w:rsid w:val="00E276BF"/>
     <w:rsid w:val="00E27B2C"/>
@@ -29019,493 +29055,494 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00765ABB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttol1">
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006324E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:line="520" w:lineRule="exact"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttol2">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttol2Car"/>
+    <w:link w:val="Ttulo2Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006324E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="480" w:beforeAutospacing="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttol3">
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttol3Car"/>
+    <w:link w:val="Ttulo3Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00807666"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttol4">
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttol4Car"/>
+    <w:link w:val="Ttulo4Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009409C1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Lletraperdefectedelpargraf">
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Taulanormal">
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sensellista">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textindependent">
+  <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextindependentCar"/>
+    <w:link w:val="TextoindependienteCar"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Capalera">
+  <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Peu">
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="PeuCar"/>
+    <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodepgina">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textdeglobus">
+  <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextdeglobusCar"/>
+    <w:link w:val="TextodegloboCar"/>
     <w:rsid w:val="006C0834"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextdeglobusCar">
-[...1 lines deleted...]
-    <w:link w:val="Textdeglobus"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
+    <w:name w:val="Texto de globo Car"/>
+    <w:link w:val="Textodeglobo"/>
     <w:rsid w:val="006C0834"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextindependentCar">
-[...1 lines deleted...]
-    <w:link w:val="Textindependent"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
+    <w:name w:val="Texto independiente Car"/>
+    <w:link w:val="Textoindependiente"/>
     <w:rsid w:val="00987218"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="22"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Taulaambquadrcula">
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Taulanormal"/>
+    <w:basedOn w:val="Tablanormal"/>
     <w:rsid w:val="00CD2EB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refernciadecomentari">
+  <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textdecomentari">
+  <w:style w:type="paragraph" w:styleId="Textocomentario">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextdecomentariCar"/>
+    <w:link w:val="TextocomentarioCar"/>
     <w:rsid w:val="00A90E62"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextdecomentariCar">
-[...2 lines deleted...]
-    <w:link w:val="Textdecomentari"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
+    <w:name w:val="Texto comentario Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textocomentario"/>
     <w:rsid w:val="00A90E62"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Temadelcomentari">
+  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Textdecomentari"/>
-[...1 lines deleted...]
-    <w:link w:val="TemadelcomentariCar"/>
+    <w:basedOn w:val="Textocomentario"/>
+    <w:next w:val="Textocomentario"/>
+    <w:link w:val="AsuntodelcomentarioCar"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TemadelcomentariCar">
-[...1 lines deleted...]
-    <w:link w:val="Temadelcomentari"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
+    <w:name w:val="Asunto del comentario Car"/>
+    <w:link w:val="Asuntodelcomentario"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textdenotaapeudepgina">
+  <w:style w:type="paragraph" w:styleId="Textonotapie">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextdenotaapeudepginaCar"/>
+    <w:link w:val="TextonotapieCar"/>
     <w:rsid w:val="0038054D"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextdenotaapeudepginaCar">
-[...1 lines deleted...]
-    <w:link w:val="Textdenotaapeudepgina"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
+    <w:name w:val="Texto nota pie Car"/>
+    <w:link w:val="Textonotapie"/>
     <w:rsid w:val="0038054D"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refernciadenotaapeudepgina">
+  <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
     <w:rsid w:val="0038054D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttol3-nou">
     <w:name w:val="Títol 3 - nou"/>
-    <w:basedOn w:val="Textindependent"/>
+    <w:basedOn w:val="Textoindependiente"/>
     <w:link w:val="Ttol3-nouCar"/>
     <w:qFormat/>
     <w:rsid w:val="009A7AEF"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Estil1">
     <w:name w:val="Estil1"/>
-    <w:basedOn w:val="Taulanormal"/>
+    <w:basedOn w:val="Tablanormal"/>
     <w:rsid w:val="009A4273"/>
     <w:tblPr/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttol3-nouCar">
     <w:name w:val="Títol 3 - nou Car"/>
     <w:link w:val="Ttol3-nou"/>
     <w:rsid w:val="009A7AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Enlla">
+  <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="009A4273"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mencisenseresoldre">
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A4273"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol2Car">
-[...1 lines deleted...]
-    <w:link w:val="Ttol2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:link w:val="Ttulo2"/>
     <w:rsid w:val="006324E9"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="004D73"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PeuCar">
-[...1 lines deleted...]
-    <w:link w:val="Peu"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+    <w:name w:val="Pie de página Car"/>
+    <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F63FFF"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revisi">
+  <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE1526"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C3105B"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00C3105B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00C3105B"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pargrafdellista">
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002C5EAA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="0058363D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Esmenta">
+  <w:style w:type="character" w:styleId="Mencionar">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F27E49"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol3Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttol3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
     <w:rsid w:val="00807666"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
       <w:color w:val="004D73"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instruccions">
     <w:name w:val="Instruccions"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00535CD7"/>
     <w:pPr>
       <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol4Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttol4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
     <w:rsid w:val="009409C1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="004D73"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Enllavisitat">
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00B30E0B"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="108162306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -31351,85 +31388,81 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
     <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
     <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Català [CA]</Idioma>
     <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
     <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ef07d602f0d784f906f2f274620b634e" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="2d47879a5ae74c1f67cc75ea7d0a833d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d325c87d51e08f29e6a1bb726ff53b53" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -31683,150 +31716,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{544FCF65-A1D0-4279-AF41-ED02BF9FC558}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>30679</Characters>
+  <Pages>27</Pages>
+  <Words>5418</Words>
+  <Characters>30883</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>255</Lines>
+  <Lines>257</Lines>
   <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Currículum vitae professorat lector AQU</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Agéncia per a la Qualitat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36184</CharactersWithSpaces>
+  <CharactersWithSpaces>36229</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>2228330</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>633</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.aqu.cat/doc/Professorat/Protocol-d-actuacio-en-casos-de-frau-CA</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2031698</vt:i4>
       </vt:variant>
       <vt:variant>