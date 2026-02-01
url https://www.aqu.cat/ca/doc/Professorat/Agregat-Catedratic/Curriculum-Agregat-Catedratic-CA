--- v2 (2025-12-15)
+++ v3 (2026-02-01)
@@ -13,51 +13,51 @@
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="41A32C5E" w14:textId="3E5E105A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="00641A63" w:rsidP="00174073">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
         <w:spacing w:before="1440"/>
         <w:ind w:left="708" w:hanging="708"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk115255606"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ca-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41A32FA7" wp14:editId="58B55778">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-95637</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>106878</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1676400" cy="1143000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name="Imagen 3" descr="Logo AQU Catalunya"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -96,126 +96,274 @@
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00460571" w:rsidRPr="00AC7C13">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="004123D9" w:rsidRPr="00AC7C13">
         <w:t>URRICULUM VITAE</w:t>
       </w:r>
       <w:r w:rsidR="00901927" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> AQU</w:t>
       </w:r>
       <w:r w:rsidR="007C78DE" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> CATALUNYA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73723F2D" w14:textId="4AAD967D" w:rsidR="00CB52E0" w:rsidRPr="00AC7C13" w:rsidRDefault="006324E9" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acreditació de professorat agregat</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B4B8BE7" w14:textId="36C6625A" w:rsidR="00CB52E0" w:rsidRDefault="006324E9" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acreditació de catedràtic o catedràtica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB5BF0B" w14:textId="4DB51FC9" w:rsidR="00DE3AA2" w:rsidRPr="00AC7C13" w:rsidRDefault="00DE3AA2" w:rsidP="00B97AB0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="488964A3" w14:textId="0334C32C" w:rsidR="001826A6" w:rsidRPr="00F5759B" w:rsidRDefault="00DE3AA2" w:rsidP="00F5759B">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Avaluació de l’activitat investigadora (AAI)</w:t>
-[...4 lines deleted...]
-        <w:spacing w:before="1560" w:beforeAutospacing="0"/>
+        <w:t xml:space="preserve">Avaluació de l’activitat investigadora </w:t>
+      </w:r>
+      <w:r w:rsidR="00A67073">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(sexennis)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Taulaambquadrcula"/>
+        <w:tblW w:w="7339" w:type="dxa"/>
+        <w:tblInd w:w="1308" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7339"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F5759B" w14:paraId="26E68223" w14:textId="77777777" w:rsidTr="00493FB2">
+        <w:trPr>
+          <w:trHeight w:val="1081"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB6B581" w14:textId="4A023E93" w:rsidR="00643ADA" w:rsidRPr="00643ADA" w:rsidRDefault="00F5759B" w:rsidP="00643ADA">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00643ADA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Per a l’</w:t>
+            </w:r>
+            <w:r w:rsidR="00A67073">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">avaluació de l’activitat investigadora </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00643ADA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">consigneu tots els mèrits sense aplicar els límits màxims establerts a les convocatòries d’acreditacions. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A66DADA" w14:textId="65F9EAEF" w:rsidR="00F5759B" w:rsidRPr="00643ADA" w:rsidRDefault="00F5759B" w:rsidP="00F5759B">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00643ADA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>No empleneu la dimensió docent i no adjunteu cap document justificatiu</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2A9C" w:rsidRPr="00643ADA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> esmentat al CV</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00643ADA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="33A03428" w14:textId="77777777" w:rsidR="00F5759B" w:rsidRPr="001826A6" w:rsidRDefault="00F5759B" w:rsidP="00F5759B">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391AB3AD" w14:textId="77777777" w:rsidR="001826A6" w:rsidRPr="001826A6" w:rsidRDefault="001826A6" w:rsidP="001826A6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1416"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A32C65" w14:textId="270D4E9D" w:rsidR="009A4273" w:rsidRPr="00AC7C13" w:rsidRDefault="009A4273" w:rsidP="00F5759B">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk114743512"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Nom i cognoms: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -286,53 +434,53 @@
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A32C66" w14:textId="77777777" w:rsidR="009A4273" w:rsidRPr="00AC7C13" w:rsidRDefault="009A4273" w:rsidP="007C78DE">
-[...1 lines deleted...]
-        <w:spacing w:after="1320" w:afterAutospacing="0"/>
+    <w:p w14:paraId="41A32C66" w14:textId="77777777" w:rsidR="009A4273" w:rsidRDefault="009A4273" w:rsidP="00F5759B">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Data: </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk114663619"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -413,204 +561,209 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499B94FB" w14:textId="4650CA4B" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
+    <w:p w14:paraId="554C3B7E" w14:textId="77777777" w:rsidR="00F5759B" w:rsidRDefault="00F5759B" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk192153181"/>
       <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="7365FD38" w14:textId="77777777" w:rsidR="00F5759B" w:rsidRDefault="00F5759B" w:rsidP="003C7F6F">
+      <w:pPr>
+        <w:pStyle w:val="Instruccions"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="499B94FB" w14:textId="68933BB2" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
+      <w:pPr>
+        <w:pStyle w:val="Instruccions"/>
+      </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Aquest CV es presenta sense perjudici que en el procés </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">avaluació es pugui demanar a la persona interessada </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ampliació i justificació de la informació que conté. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2761D8" w14:textId="53DB6538" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">AQU Catalunya farà una comprovació </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>ofici dels mèrits inclosos en aquest CV.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012E7C25" w14:textId="151BE611" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Podeu consultar les instruccions per a </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">emplenament del CV al final </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>aquest document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE92B0E" w14:textId="77777777" w:rsidR="00283DE6" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
+    <w:p w14:paraId="105EA23E" w14:textId="558FD301" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="00643ADA">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Ordeneu les aportacions cronològicament, començant per les més recents i acabant per les més antigues</w:t>
       </w:r>
       <w:r w:rsidR="00CA3D0A" w:rsidRPr="00AC7C13">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="003B7FFE" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF64B16" w14:textId="782CF924" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Dades personals</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w14:paraId="01C19DA3" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3207096A" w14:textId="77777777" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="003C7F6F" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Cognoms i nom</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FB299C2" w14:textId="4B5A0406" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="003C7F6F" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -674,70 +827,70 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="6600D45E" w14:textId="77777777" w:rsidTr="00A2059D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BC927BD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nacionalitat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F068056" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Texto6"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
@@ -797,70 +950,70 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67764BC4" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Data de naixement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40458707" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Texto7"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
@@ -920,70 +1073,70 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4659F5CD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Sexe</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0437A6A6" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1071,117 +1224,117 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Dona</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69EE3467" w14:textId="5D0FD38A" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Situació professional actual</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="312B2856" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="025D3F4C" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Institució/organisme/empresa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E51F4EA" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Texto8"/>
@@ -1253,72 +1406,72 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="392D9897" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2543B2B2" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Texto9"/>
@@ -1395,72 +1548,72 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="3B3F1BCB" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FB744A1" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Departament, secció, unitat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14D0C914" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Texto10"/>
@@ -1532,96 +1685,96 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="28BED005" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="3FB68BD8" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7F1A1BA0" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Categoria professional actual</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27A2C402" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Texto15"/>
@@ -1692,72 +1845,72 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A46565F" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data d’inici</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="676C4596" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Texto16"/>
@@ -1835,72 +1988,72 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="342FA67C" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="591FBD13" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Situació administrativa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31A5796A" w14:textId="3B16F12E" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2341,72 +2494,72 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="17CACCF1" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0192277F" w14:textId="77777777" w:rsidR="00335BB9" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dedicació</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DBA869C" w14:textId="27C4E995" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2516,59 +2669,59 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> A temps parcial</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D07E15C" w14:textId="39D36BE8" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="006C0E3C">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Identificació científica  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="16A644CB" w14:textId="77777777" w:rsidTr="00335BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75A3518F" w14:textId="2B27A535" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -2971,114 +3124,114 @@
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59D1E603" w14:textId="4BB86FAB" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="006C0E3C">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Formació acadèmica</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2686"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1708"/>
       </w:tblGrid>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="3380A5F8" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08249BEA" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:left="-142" w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Titulació universitària </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F7E22B1" w14:textId="499CCC11" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="00423181" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3151,51 +3304,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00423181" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00423181" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2505D378" w14:textId="456B9B47" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3273,72 +3426,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B8E5D1C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nota mitjana</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F96F60E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3411,51 +3564,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D6A4CBA" w14:textId="10C512B3" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3535,72 +3688,72 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="220E6D04" w14:textId="03FAB584" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E78E63B" w14:textId="78EA33A5" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3673,51 +3826,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F252C9E" w14:textId="4BF547BE" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3795,72 +3948,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="702D724D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data d’obtenció</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A86EA10" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3933,51 +4086,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="44CE257B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -4061,73 +4214,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="1E6468C2" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A0E2F9F" w14:textId="29A63EC1" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00CE648B">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2n cicle: Màster, Postgrau </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D45C64C" w14:textId="2EE088BC" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="009A781A" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4209,51 +4362,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="38D51BCA" w14:textId="76EA52C9" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="009A781A" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4340,72 +4493,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6297E77A" w14:textId="1682F02D" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nota final</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D5AEE4B" w14:textId="77777777" w:rsidR="009A781A" w:rsidRPr="00AC7C13" w:rsidRDefault="009A781A" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4488,51 +4641,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EC47277" w14:textId="3D54F449" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="009A781A" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4620,72 +4773,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5168388A" w14:textId="3FC10221" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15091FF5" w14:textId="335E4CC7" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -4758,51 +4911,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A1BC802" w14:textId="34FD681A" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -4880,72 +5033,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36D4AB93" w14:textId="206AE073" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data d’obtenció</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48279EC8" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5018,51 +5171,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="33033DBE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5147,72 +5300,72 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="3617D752" w14:textId="77777777" w:rsidTr="00034781">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0D139FF0" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3r cicle: Doctorat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44EB7C46" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5285,51 +5438,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="190B6B37" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5407,72 +5560,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="661CD207" w14:textId="7D4EE191" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AB24775" w14:textId="3F71740C" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5545,51 +5698,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="246C4971" w14:textId="64D34392" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5667,72 +5820,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="694A4A4B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data d’obtenció</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6210FBB5" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5805,51 +5958,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="40952E23" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5926,114 +6079,114 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="41A32CD7" w14:textId="27687E0A" w:rsidR="003B47F6" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00DE545B">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Activitats anteriors a la situació actual de caràcter científic o professional</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3408"/>
         <w:gridCol w:w="3629"/>
         <w:gridCol w:w="1467"/>
       </w:tblGrid>
       <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="724911D5" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F2DE21D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Situació/plaça</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E482962" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6106,51 +6259,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="71686CF0" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6223,51 +6376,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E28394F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6345,72 +6498,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="782B6AEE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Institució</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34B2277F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6483,51 +6636,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="31A1F081" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6600,51 +6753,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C9455A3" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6722,72 +6875,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51A620B6" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Període</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D41BF6E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6860,51 +7013,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E59CC96" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6977,51 +7130,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="260A4014" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -7097,98 +7250,98 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41A32D00" w14:textId="23A96968" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Tesi doctoral</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17BD76A0" w14:textId="77777777" w:rsidR="00A240E4" w:rsidRPr="00AC7C13" w:rsidRDefault="00A240E4" w:rsidP="00A240E4">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Podeu repetir-ho en cas que tingueu més d’un doctorat.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="4109"/>
       </w:tblGrid>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D04" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D03" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Títol: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -7279,51 +7432,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D06" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D05" w14:textId="2563AC72" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Directors</w:t>
             </w:r>
             <w:r w:rsidR="00A913D7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
@@ -7443,51 +7596,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D08" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D07" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -7587,51 +7740,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D0A" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D09" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Departament: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -7721,51 +7874,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D0D" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0B" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualificació: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -7850,51 +8003,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0C" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="0053019D" w:rsidP="0053019D">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Doctorat e</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
@@ -8056,51 +8209,51 @@
             </w:r>
             <w:bookmarkEnd w:id="22"/>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7626" w:rsidRPr="00AC7C13" w14:paraId="41A32D10" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0E" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="005F4028">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
@@ -8268,51 +8421,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0F" w14:textId="65E9CD4A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="005F4028">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
@@ -8498,88 +8651,88 @@
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2797CC2E" w14:textId="799E94C4" w:rsidR="0089019F" w:rsidRPr="00AC7C13" w:rsidRDefault="0085258D" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Acreditacions</w:t>
       </w:r>
       <w:r w:rsidR="00FB70C2" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidR="0089019F" w:rsidRPr="00AC7C13">
         <w:t>rams de recerca</w:t>
       </w:r>
       <w:r w:rsidR="00287F85" w:rsidRPr="00AC7C13">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="05AAE008" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> transferència,</w:t>
       </w:r>
       <w:r w:rsidR="0089019F" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">docència i gestió </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0482ACA4" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="00994D53">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Indiqueu, si escau, si teniu alguna acreditació de professorat d’AQU, ANECA o similars i el nombre de trams de recerca (sexennis), de transferència, de docència (quinquennis) i de gestió avaluats positivament.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5825FCD8" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditacions obtingudes (indiqueu l’agència): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -8674,51 +8827,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4461C0B6" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de recerca favorables autonòmics (avaluats per AQU): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -8813,51 +8966,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="752AE293" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de recerca favorables estatals (avaluats per CNEAI): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -8952,51 +9105,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="09432727" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de transferència favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -9091,51 +9244,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7041BF7C" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de docència favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -9230,51 +9383,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41200827" w14:textId="255BDA5B" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de trams de gestió favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -9353,51 +9506,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C806777" w14:textId="77777777" w:rsidR="0091078D" w:rsidRDefault="0091078D">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC8CB6F" w14:textId="398132A3" w:rsidR="00BF480D" w:rsidRPr="00AC7C13" w:rsidRDefault="00AE49F3" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Interrupcions per maternitat/paternitat</w:t>
       </w:r>
       <w:r w:rsidR="00BF480D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="4EAFC215" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">excedències per </w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">cura, </w:t>
       </w:r>
       <w:r w:rsidR="00BF480D" w:rsidRPr="00AC7C13">
         <w:t>etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4538D1F5" w14:textId="49D2F3EC" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00735C44" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Indi</w:t>
       </w:r>
@@ -9448,51 +9601,51 @@
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>er raó de violència terrorista</w:t>
       </w:r>
       <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
         <w:t>, b</w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>aixes de llarga durada per malaltia</w:t>
       </w:r>
       <w:r w:rsidR="00684F79" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
       <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>ltres accions de servei a la comunita</w:t>
       </w:r>
       <w:r w:rsidR="000F164A" w:rsidRPr="00AC7C13">
         <w:t>t.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC195BA" w14:textId="18EB0220" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Interrupcions per maternitat/paternitat:</w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
@@ -9597,51 +9750,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1269C631" w14:textId="1AE50DDC" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Excedències per la cura de fills:</w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
@@ -9746,51 +9899,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CB7307" w14:textId="2CAAF88F" w:rsidR="001B460C" w:rsidRPr="00D64BBA" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Excedències per la cura de familiars:</w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
@@ -9895,51 +10048,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37770B0C" w14:textId="71A7D8CE" w:rsidR="00D64BBA" w:rsidRPr="00AC7C13" w:rsidRDefault="00D64BBA" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Baixes de llarga durada per malaltia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -10034,107 +10187,107 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DC2674C" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30315087" w14:textId="77777777" w:rsidR="007C78DE" w:rsidRPr="00AC7C13" w:rsidRDefault="007C78DE" w:rsidP="00A2059D">
       <w:bookmarkStart w:id="23" w:name="_Hlk191553244"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58BEC1B7" w14:textId="677FE2EB" w:rsidR="00E27B2C" w:rsidRPr="00AC7C13" w:rsidRDefault="00625845" w:rsidP="00223731">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="00E27B2C" w:rsidRPr="00AC7C13">
         <w:t>Dimensió de recerca i transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ACCDAAC" w14:textId="61834E68" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="007C78DE" w:rsidP="007C78DE">
       <w:hyperlink w:anchor="Text1" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>Instruccions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="51E600D4" w14:textId="3FCBFF9E" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resum narratiu de la trajectòria de recerca i transferència  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A567499" w14:textId="0FD4170F" w:rsidR="00037DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001B4AFD" w:rsidP="00782E63">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Resumiu els fets més importants de la vostra trajectòria de recerca i transferència (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">màxim </w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00684F79" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -10200,78 +10353,78 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p w14:paraId="17079146" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00985F81">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="593D7150" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00EB0AED">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FB20343" w14:textId="672E3434" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11FC83F6" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A.1 Activitat de recerca </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5F2A65" w14:textId="33D74934" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>A.1.1 Resultats de l’activitat de recerca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="528E7CA3" w14:textId="5ACA08A7" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00FB0BC7">
       <w:bookmarkStart w:id="24" w:name="_Hlk189671177"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Identificació</w:t>
       </w:r>
       <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -10459,51 +10612,51 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>DOI</w:t>
       </w:r>
       <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> i h</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>iperenllaç navegable a la publicació</w:t>
       </w:r>
       <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0FE969" w14:textId="2E7EA585" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="000C4AE9">
+    <w:p w14:paraId="0B0FE969" w14:textId="75E2AECB" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Indicis de qualitat</w:t>
       </w:r>
       <w:r w:rsidR="00612558" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -10512,51 +10665,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00612558" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>eu de consignar els indicis de rellevància i impacte de cada</w:t>
       </w:r>
       <w:r w:rsidR="003101D7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>sc</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">una de les aportacions. Si l’aportació científica està indexada, incloeu els indicadors bibliomètrics de la seva qualitat </w:t>
+        <w:t>una de les aportacions. Si l’aportació científica està indexada, incloeu els indicadors bibliomètrics de la seva qualitat</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4081E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>. També podeu indicar citacions rebudes, descàrregues, presència en repositoris institucionals, Open Access, etc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003101D7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>màxim 300 caràcters</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E03F60" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -10626,51 +10791,51 @@
       </w:r>
       <w:r w:rsidR="00535CD7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E326545" w14:textId="27026940" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Identificació:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E63AD9B" w14:textId="782E8C5D" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Autors o autores per ordre de signatura: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -10707,51 +10872,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1107ED3A" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -10788,51 +10953,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78247C58" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Any de publicació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -10874,51 +11039,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC3379A" w14:textId="174A797E" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Clau</w:t>
       </w:r>
       <w:r w:rsidR="005A6B6A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10963,51 +11128,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E38DDB3" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Revista o editorial (títol, volum, pàgina inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11049,51 +11214,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="069DCBD6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11130,51 +11295,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA17FDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11211,51 +11376,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7B106F" w14:textId="19421EC9" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Hiperenllaç navegable a la publicació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11428,51 +11593,51 @@
       </w:r>
       <w:r w:rsidR="000C4AE9" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76CE6686" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Identificació:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="674026ED" w14:textId="2CCBD67B" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Autors o autores per ordre de signatura: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11509,51 +11674,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23224E68" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11590,51 +11755,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7626AC5E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Any de publicació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11676,51 +11841,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44AF8204" w14:textId="7A1EB006" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Clau</w:t>
       </w:r>
       <w:r w:rsidR="005A6B6A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11765,51 +11930,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1BB4A3" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Revista o editorial (títol, volum, pàgina inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11851,51 +12016,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DED9B3E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11932,51 +12097,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F69850C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12013,51 +12178,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E21EA03" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="0055260F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Hiperenllaç navegable a la publicació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12182,103 +12347,96 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A977A59" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="00223731">
-[...5 lines deleted...]
-    </w:p>
     <w:p w14:paraId="13315413" w14:textId="78ED37ED" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Creació artística</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3322D309" w14:textId="52F91BC2" w:rsidR="00F20BD6" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="009816F6">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han d’incloure, d’acord amb les característiques de cada aportació: </w:t>
       </w:r>
       <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
         <w:t>títol, descripció, dates, disciplina artística, objecte i magnitud de l’aportació, rellevància, grau d’innovació, itinerància, repercussió i impacte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CD5DE6F" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Repetiu-ho tantes vegades com calgui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05909990" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C656B34" w14:textId="2B809745" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12317,51 +12475,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CE59B1" w14:textId="01B22CF0" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Descripció: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12400,51 +12558,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C53D727" w14:textId="038F5648" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dates: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12483,51 +12641,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3771FD1D" w14:textId="281CF7E0" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Disciplina artística, objecte i magnitud de l’aportació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12566,51 +12724,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B080473" w14:textId="04DFF621" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Rellevància: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12649,51 +12807,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9F6B1E" w14:textId="6039DB9C" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Grau d’innovació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12732,51 +12890,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17DD58B5" w14:textId="2C253F2D" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Itinerància: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12815,51 +12973,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A0E681" w14:textId="6CF83F82" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Repercussió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12898,51 +13056,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F00110" w14:textId="6B747A53" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Impacte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12998,51 +13156,51 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="175FCD22" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218FA016" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13081,51 +13239,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFD3679" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Descripció: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13164,51 +13322,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="161F8891" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dates: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13247,51 +13405,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52C6D686" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Disciplina artística, objecte i magnitud de l’aportació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13330,51 +13488,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3120C732" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Rellevància: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13413,51 +13571,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="51868DF3" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Grau d’innovació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13496,51 +13654,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32007360" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Itinerància: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13579,51 +13737,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="56570A62" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Repercussió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13662,51 +13820,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="643629A4" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Impacte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13772,51 +13930,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D89B785" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37523512" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>A.1.2 Projectes competitius</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B948421" w14:textId="2D8D8BC8" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han d’incloure: </w:t>
       </w:r>
       <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
         <w:t>títol del projecte, entitat finançadora, referència de la concessió, import concedit, durada (des de – fins a), nom de l’investigador o investigadora principal i nombre d’investigadors o investigadores del grup.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A259FA9" w14:textId="315ED2D8" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00C03C6C">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Per a catedràtic o catedràtica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
@@ -13917,247 +14075,247 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64319A7C" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A56E71" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del projecte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="358AABDC" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat finançadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EFE35A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Referència de la concessió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44F1B1A9" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Import concedit: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0739828E" w14:textId="256ED3D7" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada (des de </w:t>
       </w:r>
       <w:r w:rsidR="00340D3C" w:rsidRPr="00AC7C13">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> fins a): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -14168,100 +14326,100 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4452331D" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom de l’investigador o investigadora principal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E7B206" w14:textId="3D8F0805" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nombre d’investigadors o investigadores del grup: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14283,247 +14441,247 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="532F4C7E" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648F08AA" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del projecte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4C4DBB" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat finançadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="304EE5F6" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Referència de la concessió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DD8DED7" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Import concedit: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E9BB17" w14:textId="066E7607" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada (des de </w:t>
       </w:r>
       <w:r w:rsidR="00340D3C" w:rsidRPr="00AC7C13">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> fins a): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -14534,187 +14692,179 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BB4B28" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom de l’investigador o investigadora principal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="643F034A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nombre d’investigadors o investigadores del grup: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4155A7E2" w14:textId="318432CF" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00AC7C13">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>A.1.3 Estades, mobilitat i internacionalització</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708137BF" w14:textId="6D502D0A" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00340D3C">
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">Les aportacions han d’incloure: clau (doctoral, </w:t>
-[...7 lines deleted...]
-        <w:t>, convidat/</w:t>
+        <w:t>Les aportacions han d’incloure: clau (doctoral, postdoctoral, convidat/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001404A1" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>da</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>, contractat/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001404A1" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>da</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>, altres a especificar), centre, nom del supervisor</w:t>
       </w:r>
       <w:r w:rsidR="00F712FD" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o supervisor</w:t>
@@ -14804,293 +14954,293 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tantes vegades com calgui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E2449F" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5E631B" w14:textId="6FB7A778" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Clau: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F0CC62B" w14:textId="61660A75" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Centre</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="081B44C7" w14:textId="65E350D5" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nom del supervisor o supervisora</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="192A4203" w14:textId="1384571B" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Localitat i país</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05333E04" w14:textId="31FCD664" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Any</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2277031C" w14:textId="193F97A3" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada </w:t>
       </w:r>
       <w:r w:rsidR="003E1CEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>mesos</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -15101,51 +15251,51 @@
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="76014FC6" w14:textId="32B049ED" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Tema</w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
@@ -15167,281 +15317,281 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32366924" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5421091D" w14:textId="6216DAB3" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Clau: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12678444" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Centre: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2849D94E" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom del supervisor o supervisora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34224C72" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Localitat i país: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22DB735A" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Any: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57E5178A" w14:textId="11C162AC" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada </w:t>
       </w:r>
       <w:r w:rsidR="003E1CEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">mesos: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15449,51 +15599,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC4ECCA" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Tema: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15523,80 +15673,80 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3868AE7A" w14:textId="5735ADB4" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p w14:paraId="07AAE4DD" w14:textId="3BB9E251" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00D3445B">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A.2 </w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement</w:t>
       </w:r>
       <w:r w:rsidR="005C32E9" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t>tecnologia i activitat professional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5553178E" w14:textId="32F1E12A" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00417D92">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2.1 </w:t>
       </w:r>
       <w:r w:rsidR="00C76640" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement i tecnologia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E41CCC" w14:textId="01BC6A79" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="00B56F5F" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Patents </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F7812A" w14:textId="7D225B86" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00BF5DB3" w:rsidP="00340D3C">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>incloure: inventors</w:t>
       </w:r>
       <w:r w:rsidR="00340D3C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o invento</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">res (per ordre de signatura), número de sol·licitud, país de prioritat, data de prioritat, any de concessió o </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15621,51 +15771,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Podeu incloure fins a 5 aportacions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50EA6438" w14:textId="52C7FE33" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B139016" w14:textId="109A08BB" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Inventors</w:t>
       </w:r>
       <w:r w:rsidR="004625BB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o invent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>ores (per ordre de signatura):</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -15679,345 +15829,345 @@
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488B783B" w14:textId="4E1EF351" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Número de sol·licitud</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="299039EA" w14:textId="1B013D1B" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>País de prioritat</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0A8E9E" w14:textId="5502944B" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Data de prioritat</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="390DF740" w14:textId="2CE7E793" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Any de concessió o d’explotació</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D32066" w14:textId="2071449A" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Entitat titular</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="298ED434" w14:textId="1BDCF59F" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Països als quals s’ha estès</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00016773" w14:textId="7722CC4D" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Empreses que l’exploten</w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
@@ -16039,51 +16189,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7D42BB" w14:textId="335D5341" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00A65DB3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1114DF8E" w14:textId="758C2ED3" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Inventors</w:t>
       </w:r>
       <w:r w:rsidR="004625BB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o invent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ores (per ordre de signatura): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16094,327 +16244,327 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D11297" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Número de sol·licitud: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C31A0D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">País de prioritat: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52CB2D7A" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Data de prioritat: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="579C8978" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Any de concessió o d’explotació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B52ACDE" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat titular: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DBE862F" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Països als quals s’ha estès: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05510AB8" w14:textId="18EAB6DA" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="00A65DB3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Empreses que l’exploten: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16441,51 +16591,51 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61AC3B99" w14:textId="77777777" w:rsidR="00082AF5" w:rsidRDefault="00082AF5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D9EBC18" w14:textId="7ABA8C7B" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="009D20B4" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00C76640" w:rsidRPr="00AC7C13">
         <w:t>ontractes i convenis de transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58214179" w14:textId="2947AF29" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00BF5DB3" w:rsidP="00C901BD">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure: tipus de participació, durada, finançament, contractació de personal, grau </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>innovació i de multi</w:t>
       </w:r>
@@ -16508,373 +16658,373 @@
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Podeu incloure fins a 5 aportacions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648C497F" w14:textId="795C06E4" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="473A61E1" w14:textId="17A2205D" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Tipus de participació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25C9DCF7" w14:textId="75418586" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2EBC9B" w14:textId="3184A271" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Finançament: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="38066E16" w14:textId="04808A9E" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Contractació de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BA0B6B" w14:textId="11C2C160" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Grau d’innovació i de multi/interdisciplinarietat: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21550860" w14:textId="368558B3" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resultats: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="562F120E" w14:textId="62FF7E44" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Productes o serveis resultants: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="76CA3AB0" w14:textId="7650A219" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Impacte social aconseguit: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16893,419 +17043,419 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="584FA139" w14:textId="139303D7" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00417D92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CFE31BA" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Tipus de participació: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC662E4" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BCCB91D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Finançament: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E68A23" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Contractació de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="624E639D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Grau d’innovació i de multi/interdisciplinarietat: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74506476" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resultats: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B2AE852" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Productes o serveis resultants: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="698E8E83" w14:textId="4E12F422" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="00417D92">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Impacte social aconseguit: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F13830" w14:textId="77ABDB6E" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="00C76640" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Altres activitats i resultats de la transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A387F49" w14:textId="44630B2E" w:rsidR="00782077" w:rsidRPr="00AC7C13" w:rsidRDefault="00782077" w:rsidP="00B634A6">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Aporteu evidències acreditatives </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>aquests mèrits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A61D75A" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Podeu incloure fins a 5 aportacions. </w:t>
@@ -17436,189 +17586,189 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1a </w:t>
       </w:r>
       <w:r w:rsidR="00E661C7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78AD342F" w14:textId="7564658C" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Empresa o institució: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B7F8B8" w14:textId="6DFF4465" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Càrrec: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57CD783E" w14:textId="775FAB26" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dedicació (temps parcial o complet): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="132E778E" w14:textId="5B977F00" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="009870B8">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Període (data d’inici i final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -17645,189 +17795,189 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2a </w:t>
       </w:r>
       <w:r w:rsidR="00E661C7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="641FE61E" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Empresa o institució: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CBEFBB" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Càrrec: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B8A2D0" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dedicació (temps parcial o complet): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4AE325" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Període (data d’inici i final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -17835,85 +17985,85 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D83F44E" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00765ABB"/>
     <w:p w14:paraId="14DC318E" w14:textId="77777777" w:rsidR="00870C39" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00765ABB">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6435C273" w14:textId="75275708" w:rsidR="008F758E" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00765ABB">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
       <w:r w:rsidR="008F758E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dimensió </w:t>
       </w:r>
       <w:r w:rsidR="00AB7F13" w:rsidRPr="00AC7C13">
         <w:t>de d</w:t>
       </w:r>
       <w:r w:rsidR="008F758E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ocència </w:t>
       </w:r>
       <w:r w:rsidR="00AB7F13" w:rsidRPr="00AC7C13">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="008F758E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">niversitària </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BAFBBAB" w14:textId="133132F5" w:rsidR="00947A1B" w:rsidRPr="00AC7C13" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
       <w:hyperlink w:anchor="Text2" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>Instruccions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5EBDBDBA" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="004B2B22" w:rsidRDefault="00985F81" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2B22">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Resum narratiu de la trajectòria i qualitat de la docència universitària </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00FB09D3" w14:textId="60B8D671" w:rsidR="00CD6CAD" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="002B713C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Resumiu els fets més importants de la vostra trajectòria docent universitària</w:t>
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00497B59" w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -17963,74 +18113,74 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1354FDCE" w14:textId="77777777" w:rsidR="00AD52C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD52C2" w:rsidP="00765ABB">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46020D30" w14:textId="74CD52CD" w:rsidR="00434F24" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B.1 </w:t>
       </w:r>
       <w:r w:rsidR="00535527" w:rsidRPr="00AC7C13">
         <w:t>Trajectòria i qualitat de la docència universitària</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47905CC9" w14:textId="017EE42E" w:rsidR="003F0F08" w:rsidRPr="00AC7C13" w:rsidRDefault="003F0F08" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Empleneu </w:t>
       </w:r>
       <w:r w:rsidR="00A529C7" w:rsidRPr="00AC7C13">
         <w:t>les dades següents</w:t>
       </w:r>
       <w:r w:rsidR="00910434" w:rsidRPr="00AC7C13">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C28C901" w14:textId="3A6541C9" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00F46029" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’anys a temps complet</w:t>
       </w:r>
       <w:r w:rsidR="008C0334" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> (o </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">equivalents a temps </w:t>
       </w:r>
       <w:r w:rsidR="0022635B" w:rsidRPr="00AC7C13">
         <w:t>parcial)</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
@@ -18088,51 +18238,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B40D84" w14:textId="746142BC" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00C52F45" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’hores</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>/crèdits</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de docència teòrica: </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18184,51 +18334,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C5DB062" w14:textId="7A8F7681" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00C52F45" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’hores</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>/crèdits</w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de docència pràctica: </w:t>
       </w:r>
       <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18342,66 +18492,66 @@
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>evidències de qualitat docent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">acord amb </w:t>
       </w:r>
       <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
         <w:t>la normativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D547D67" w14:textId="6AD0D66B" w:rsidR="00F61762" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Hlk182926670"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">B.2 </w:t>
       </w:r>
       <w:r w:rsidR="008F758E" w:rsidRPr="00AC7C13">
         <w:t>Innovació docent</w:t>
       </w:r>
       <w:r w:rsidR="003D04DA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58AEE969" w14:textId="6050D8F7" w:rsidR="0090350F" w:rsidRPr="00AC7C13" w:rsidRDefault="0090350F" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Projectes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>innovació docent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FA7B6F" w14:textId="0AF6329C" w:rsidR="003B1176" w:rsidRPr="00AC7C13" w:rsidRDefault="003B1176" w:rsidP="00147059">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure títol del projecte, </w:t>
       </w:r>
@@ -18449,51 +18599,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1a </w:t>
       </w:r>
       <w:r w:rsidR="007E5506" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A2A209" w14:textId="19FB651E" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del projecte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18532,51 +18682,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="022F0D56" w14:textId="52567913" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat finançadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18615,51 +18765,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="621F5C74" w14:textId="0927CF28" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Aportació de la concessió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18698,51 +18848,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="682AC188" w14:textId="477B65E9" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Responsable: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18781,51 +18931,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A772A67" w14:textId="7B0B3482" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada (des de – fins a): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18889,51 +19039,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2a </w:t>
       </w:r>
       <w:r w:rsidR="007E5506" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DABD90" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del projecte: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -18972,51 +19122,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A71B46" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Entitat finançadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -19055,51 +19205,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCE1DB9" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Aportació de la concessió: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -19138,51 +19288,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2157457C" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Responsable: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -19221,51 +19371,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C116284" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durada (des de – fins a): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -19309,114 +19459,114 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17ADEC72" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A47C6C6" w14:textId="574E7FDC" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C. </w:t>
       </w:r>
       <w:r w:rsidR="00602B66" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dimensió </w:t>
       </w:r>
       <w:r w:rsidR="00C901BD" w:rsidRPr="00AC7C13">
         <w:t>de l</w:t>
       </w:r>
       <w:r w:rsidR="00602B66" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ideratge </w:t>
       </w:r>
       <w:r w:rsidR="00C901BD" w:rsidRPr="00AC7C13">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00602B66" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ientífic i de </w:t>
       </w:r>
       <w:r w:rsidR="00C901BD" w:rsidRPr="00AC7C13">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="00602B66" w:rsidRPr="00AC7C13">
         <w:t>estió</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C355B29" w14:textId="106466FF" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">[Només per </w:t>
       </w:r>
       <w:r w:rsidR="00955AEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">les acreditacions per </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="00955AEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o catedràtic</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>a]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2670782F" w14:textId="37968DFB" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
       <w:hyperlink w:anchor="Texto4" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>I</w:t>
         </w:r>
         <w:r w:rsidR="00566635" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>nstruccions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2DFDD6A0" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00F16612" w:rsidRDefault="00602B66" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F16612">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Resum narratiu de la trajectòria de lideratge científic i de gestió</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2CCE0B" w14:textId="63B9F185" w:rsidR="00602B66" w:rsidRPr="00F16612" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F16612">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
@@ -19518,51 +19668,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="345245FF" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F45218" w14:textId="225B368A" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C.1 </w:t>
       </w:r>
       <w:r w:rsidR="00C645A9" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Direcció de tesis doctorals</w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> finalitzades</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F687258" w14:textId="6F29BF96" w:rsidR="008A11CC" w:rsidRPr="00AC7C13" w:rsidRDefault="008A11CC" w:rsidP="00B62D64">
@@ -19663,51 +19813,51 @@
       </w:r>
       <w:r w:rsidR="00170F34" w:rsidRPr="00AC7C13">
         <w:t>-ho</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> tantes vegades com calgui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6342EDA7" w14:textId="76D00333" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="792A961D" w14:textId="62CBC7F1" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom dels directors o directores: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19727,51 +19877,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71CDC760" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del treball: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19791,51 +19941,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E669CFD" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Data de lectura (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>dd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>aaaa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
@@ -19871,51 +20021,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41A1A480" w14:textId="43F0E8C9" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom del doctorand o doctoranda: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19935,51 +20085,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71308F73" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Qualificació obtinguda: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19999,51 +20149,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DAB2156" w14:textId="17EBAAFC" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Institució: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20079,51 +20229,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A968ABA" w14:textId="3A7C009C" w:rsidR="001F6003" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2a aportació</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="01EE9B49" w14:textId="21F2E6CC" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom dels directors o directores: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20143,51 +20293,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C7FF0F" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Títol del treball: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20207,51 +20357,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4890BD7D" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Data de lectura (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>dd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>aaaa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
@@ -20287,51 +20437,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C2497C" w14:textId="09C1CA9F" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Nom del doctorand o doctoranda: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20351,51 +20501,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F8A1B85" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Qualificació obtinguda: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20415,51 +20565,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="704EB8B8" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Institució: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20492,51 +20642,51 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1799CA32" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CA019DE" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA573D8" w14:textId="4730160B" w:rsidR="003F7050" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C.2 </w:t>
       </w:r>
       <w:r w:rsidR="005B7263" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Lideratge en </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="005B7263" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">àmbit de la direcció i gestió universitària i científica </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D3FEBB" w14:textId="77777777" w:rsidR="00B97AB0" w:rsidRPr="00AC7C13" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Podeu incloure </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
@@ -20619,51 +20769,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DFBDD0F" w14:textId="77777777" w:rsidR="00416C2B" w:rsidRPr="00AC7C13" w:rsidRDefault="00416C2B" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="55EAC70D" w14:textId="77777777" w:rsidR="00F56E3F" w:rsidRPr="00AC7C13" w:rsidRDefault="00F56E3F" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="3AEB6F3D" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C06940" w14:textId="56775457" w:rsidR="005B7263" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00FE0D01">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C.3 </w:t>
       </w:r>
       <w:r w:rsidR="005B7263" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Reconeixements i responsabilitat en organitzacions científiques i comitès científics i tècnics </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E83B6AA" w14:textId="77777777" w:rsidR="00FE0D01" w:rsidRPr="00AC7C13" w:rsidRDefault="00FE0D01" w:rsidP="00FE0D01">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Podeu incloure </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fins a 5 aportacions</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>. </w:t>
       </w:r>
@@ -20724,203 +20874,203 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1CB583" w14:textId="7AF95C2B" w:rsidR="006C0E3A" w:rsidRPr="00AC7C13" w:rsidRDefault="006C0E3A" w:rsidP="00FE0D01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5a aportació</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3663B8E7" w14:textId="4657AC32" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="32862E21" w14:textId="65334D72" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00844F3D">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">INSTRUCCIONS PER A </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>EMPLENAMENT DEL CV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382CBD81" w14:textId="0369E28F" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00844F3D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Consideracions generals:</w:t>
       </w:r>
       <w:r w:rsidR="00037DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10DC9779" w14:textId="7C162AEE" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00DA3513">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Hlk190869568"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Cal que acrediteu els mèrits aportats, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>acord amb l</w:t>
       </w:r>
       <w:r w:rsidR="00037DB3" w:rsidRPr="00AC7C13">
         <w:t>a normativa</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i les instruccions del CV. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C385602" w14:textId="65E2EF20" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00DA3513">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Cal que adjunteu </w:t>
       </w:r>
       <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
         <w:t>la següent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="a2" w:history="1">
         <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>documentació</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BA5CA3" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00DA3513">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Ordeneu les aportacions cronològicament, començant per les més recents i acabant per les més antigues. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="766D0840" w14:textId="575ED193" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00DA3513">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Durant el procés </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>avaluació, AQU Catalunya pot reclamar al sol·licitant que ampliï la informació aportada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE55AFF" w14:textId="3BAE2375" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00722F79">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="Text1"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>Dimensió de recerca i transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0207C5B7" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resum narratiu de la trajectòria de recerca i transferència  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F24348" w14:textId="2D0BDAC1" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nota prèvia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B1340FC" w14:textId="4526BE01" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00986158">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les persones que sol·liciten </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>acreditació per a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="001951EE" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="006C0E3A" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">tenen reconeguda la suficiència en el bloc corresponent als mèrits de recerca i transferència i intercanvi del coneixement si disposen de finançament dels programes de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -21114,170 +21264,170 @@
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>aquestes contribucions.</w:t>
       </w:r>
       <w:r w:rsidR="0055260F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0055260F" w:rsidRPr="0055260F">
         <w:t>Cal aportar evidències que sustentin el relat narratiu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D92F000" w14:textId="1B2D4BCC" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>En aquest sentit</w:t>
       </w:r>
       <w:r w:rsidR="00080D8D" w:rsidRPr="00AC7C13">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> indiqueu les principals aportacions en aquests àmbits:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DEBD764" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Activitat de recerca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74423361" w14:textId="16A12045" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00080D8D" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">esumiu la vostra recerca destacant les publicacions fetes durant </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">etapa postdoctoral. Així mateix, és necessari defensar </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">impacte científic i/o social de publicacions i projectes. Especifiqueu la vostra contribució en les publicacions més destacades. Destaqueu també la projecció internacional o nacional, la contribució i </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">impacte de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">activitat duta a terme en ciència ciutadana, les aportacions de rellevància local i en llengua catalana, així com </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>accés obert a les contribucions científiques i docents i la interdisciplinarietat. Incloeu també les estades de recerca i les seves publicacions derivades, els premis rebuts, les traduccions, així com les obres de creació artística, arquitectònica, exposicions, etc. Podeu incloure també congressos, beques, ajuts i altres mèrits de recerca que considereu rellevants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FB84DC" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement i de tecnologia i activitat professional</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEB20B4" w14:textId="3A24D532" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00080D8D" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">xposeu els resultats dels processos que tenen com a objectiu difondre coneixements, habilitats i/o innovacions al conjunt de la societat, siguin empreses, organitzacions sectorials, institucions </w:t>
       </w:r>
       <w:r w:rsidR="003F3037" w:rsidRPr="00AC7C13">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> organismes governamentals, i justificar que aquestes activitats han contribuït a la innovació, el creixement econòmic o el desenvolupament resolent problemes del món real i/o a millorar productes, processos o serveis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69526D29" w14:textId="7FA3E4F8" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Pel que fa a </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">experiència professional, destaqueu les activitats més rellevants que estiguin directament relacionades amb el vostre àmbit </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">especialització. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B42B5A4" w14:textId="43DF10C8" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.1 </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Activitat de recerca </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BA4C09" w14:textId="42A36EF1" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.1.1 </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Resultats de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>activitat de recerca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19BD9E6C" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Consideracions generals:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="010339A6" w14:textId="4D16E11B" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Podeu incloure un màxim de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -21342,51 +21492,51 @@
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o catedràtic</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). La CAR només avaluarà les aportacions seleccionades en aquest apartat. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72BF1138" w14:textId="1AD66115" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D’</w:t>
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>acord amb les característiques de cada aportació</w:t>
@@ -21556,51 +21706,51 @@
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">la revista o editorial (títol, volum, pàgina inicial-final), ISSN o ISBN, DOI o hiperenllaç </w:t>
       </w:r>
       <w:r w:rsidR="009407C4" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>navegable</w:t>
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a la publicació. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08CDD0AF" w14:textId="4B914277" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Heu de consignar els indicis de rellevància i impacte de cada</w:t>
       </w:r>
       <w:r w:rsidR="0002790B" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sc</w:t>
@@ -21666,51 +21816,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>300</w:t>
       </w:r>
       <w:r w:rsidR="00433844" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> caràcters per aportació</w:t>
       </w:r>
       <w:r w:rsidR="00433844" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="634662A7" w14:textId="525D7ADB" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AQU Catalunya farà una comprovació </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
@@ -21724,68 +21874,68 @@
       </w:r>
       <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> En cas que correspongui, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aplicarà el </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
             <w:rFonts w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>protocol de frau</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516062E2" w14:textId="5B5A6E7E" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Creació artística</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53B78E50" w14:textId="7EF51CCD" w:rsidR="00497B59" w:rsidRPr="00AC7C13" w:rsidRDefault="00497B59" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">acord amb les </w:t>
       </w:r>
       <w:r w:rsidR="00CB3322" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">seves </w:t>
       </w:r>
@@ -21794,51 +21944,51 @@
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">aportació, rellevància, grau </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>innovació, itinerància, repercussió i impacte</w:t>
       </w:r>
       <w:r w:rsidR="00E34C36" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">, o </w:t>
       </w:r>
       <w:r w:rsidR="00D25C15" w:rsidRPr="00AC7C13">
         <w:t>altres dades considerades rellevants.</w:t>
       </w:r>
       <w:r w:rsidR="00346B69" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF044F4" w14:textId="11667D52" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.1.2 </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>Projectes competitius</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="225E6EC8" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Es consideren exclusivament els projectes de recerca i de transferència de tecnologia finançats en convocatòries competitives, tant de les administracions públiques (internacionals, europees, estatals i autonòmiques) com del sector privat (fundacions, empreses, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AB2CC87" w14:textId="738CD122" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Per a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="00471108" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -21918,211 +22068,211 @@
       </w:r>
       <w:r w:rsidR="00C03C6C" w:rsidRPr="00AC7C13">
         <w:t>l’import concedit</w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> la durada del projecte</w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C">
         <w:t xml:space="preserve">, el </w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C" w:rsidRPr="0052135D">
         <w:t xml:space="preserve">nom de l’investigador o investigadora principal i </w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C">
         <w:t xml:space="preserve">el </w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C" w:rsidRPr="0052135D">
         <w:t>nombre d’investigadors o investigadores del grup.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4040AF27" w14:textId="57C1F39D" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00DA3CF3" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>A.1.3 Estades, mobilitat i internacionalització</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1890CC1E" w14:textId="073E4C8A" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00EC18A8" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Cal</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> aportar un certificat </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t>estada docent o de recerca o transferència emès per la universitat o centre de recerca receptor en què consti</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">les dates </w:t>
       </w:r>
       <w:r w:rsidR="00C31AE2" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">inici i final de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00461773" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">estada. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5738B55A" w14:textId="4DD154B3" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2 </w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement</w:t>
       </w:r>
       <w:r w:rsidR="00010560" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> tecnologia i activitat professional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4318F7DC" w14:textId="32C1FF26" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2.1 </w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t>Transferència de coneixement i tecnologia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F36F617" w14:textId="39EF004C" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="009E39B9">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Patents </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0846D68F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="009E39B9">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Contractes i convenis de transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9A7808" w14:textId="6E7E82BB" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es consideren els contractes i convenis que formalitzin </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">intercanvi </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">experteses, habilitats o resultats de recerca entre institucions, empreses o persones així com els models </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">utilitat i la resta </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>acords legals que regulin la cessió de coneixements tecnològics, programari i maquinari, disseny de productes, innovacions, processos propietaris de manufacturació, varietats vegetals, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33B87FCC" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Altres activitats i resultats de la transferència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A3F0293" w14:textId="066A3DBE" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>En aquest apartat es poden incloure els mèrit</w:t>
       </w:r>
       <w:r w:rsidR="00244EC9" w:rsidRPr="00AC7C13">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> següents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2448122F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Activitats que fomentin la divulgació i la cultura científica, la reflexió sobre el paper de la ciència, la tecnologia i la innovació en la societat actual —com ara publicacions, conferències, exposicions, audiovisuals, col·laboració amb mitjans de comunicació, assessorament legislatiu, ponències de lleis i altres activitats amb valor social, artístic i cultural—, i promoguin una ciència i innovació obertes i inclusives. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BEE5536" w14:textId="7015BD3B" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Activitats encaminades a compartir resultats de recerca, bones pràctiques o mètodes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -22154,51 +22304,51 @@
         </w:rPr>
         <w:t>building</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">— i els programes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>innovació social i transformativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0147E50B" w14:textId="59955FFE" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Col·laboració amb organitzacions empresarials i sindicals, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:t>spin-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -22233,51 +22383,51 @@
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">empresa, o similars, que constitueixin una fórmula de col·laboració amb institucions públiques i privades i duguin a terme aquest tipus </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">activitats. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2A842E" w14:textId="1274A9F3" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Participació com a persones expertes en organismes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -22338,51 +22488,51 @@
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">agències i organismes oficials </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>avaluació de títols i centres universitaris.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4980C528" w14:textId="65F5B440" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A.2.2 </w:t>
       </w:r>
       <w:r w:rsidR="00A65DB3" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Activitat professional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4A61CB" w14:textId="72BC0A6D" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es valora exclusivament </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">activitat professional que estigui relacionada directament amb </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">àmbit </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -22415,51 +22565,51 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">aquesta activitat i la seva pertinència a </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>activitat de recerca i docència.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C4B281" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00AC7C13" w:rsidRDefault="006324E9">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="257CBB1C" w14:textId="320037B4" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="Text2"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dimensió </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>de d</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ocència </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">niversitària </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CAF65A" w14:textId="54C3C6DA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
@@ -22555,74 +22705,74 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Estat espanyol que no tenen certificat el manual </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">avaluació docent, o que no compleixen els requisits per sol·licitar </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">avaluació directa a partir del manual de la universitat, les dimensions que </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>avaluen són les següents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D90F4E1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Trajectòria i qualitat de la docència universitària</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0F5D71" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Innovació docent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360A1EB7" w14:textId="24B49D71" w:rsidR="0048352E" w:rsidRPr="00AC7C13" w:rsidRDefault="0048352E" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">No cal que empleneu aquesta secció si </w:t>
       </w:r>
       <w:r w:rsidR="000D79A9" w:rsidRPr="00AC7C13">
@@ -22632,95 +22782,95 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>avaluació de</w:t>
       </w:r>
       <w:r w:rsidR="00F9490E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>trams de recerca</w:t>
       </w:r>
       <w:r w:rsidR="00F9490E" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> (sexennis).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0916CFC9" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Consideracions generals:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0985209F" w14:textId="29E811DA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">avaluació de la qualitat docent es fa </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>acord amb la narració i les evidències que la puguin acompanyar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036059CC" w14:textId="243DB5CB" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Es consideren el grau </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
@@ -22741,102 +22891,102 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">èxit i rendiment, la valoració i la satisfacció de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estudiantat, la revisió i la millora de la pròpia pràctica docent i el seu impacte o les revisions per parells.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13D930A9" w14:textId="3AC003A7" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Podeu incloure en aquest apartat la direcció de tesis doctorals en curs, tutories curriculars, comissions de disseny de plans </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">estudi, disseny de noves assignatures, coordinació </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>activitats especials, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2C8449" w14:textId="5E04E4E1" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>També podeu incloure</w:t>
       </w:r>
       <w:r w:rsidR="00173315" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-hi</w:t>
@@ -22899,295 +23049,295 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">obra, dels guardons que pugui haver obtingut i de les ressenyes rebudes, entre </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>altres.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711D8F64" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00F16612" w:rsidRDefault="006237CA" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F16612">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Resum narratiu de la trajectòria i qualitat de la docència universitària </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226399B7" w14:textId="1E6D5A64" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Heu </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure obligatòriament </w:t>
       </w:r>
       <w:r w:rsidR="008C461B" w:rsidRPr="00AC7C13">
         <w:t>en un únic arxiu</w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> el document </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:t>evidències de qualitat docent</w:t>
       </w:r>
       <w:r w:rsidR="006A53CF" w:rsidRPr="00AC7C13">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005A515F" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> que ha de contenir</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> la descripció i valoració dels elements següents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620CB7E0" w14:textId="156F9512" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>encàrrec docent. Evidència: certificat de docència impartida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF707A2" w14:textId="18BCDDC2" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La satisfacció de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estudiantat. Evidència: resultats de les enquestes de satisfacció.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BECA3F9" w14:textId="1C51EAAA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La valoració del responsable acadèmic. Evidència: informe </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">un responsable acadèmic relatiu a la qualitat de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>activitat docent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="505B644B" w14:textId="6683622D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La direcció i participació en projectes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>innovació docent. Evidència: certificat de concessió.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331D992C" w14:textId="0B73D197" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">A més, </w:t>
       </w:r>
       <w:r w:rsidR="00473E25" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">al resum narratiu </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>podeu fer referència a altres aspectes rellevants com ara:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="118A0A33" w14:textId="11F0C882" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La formació per a la docència (estades en centres, la participació en cursos, postgraus i programes tant de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">àmbit disciplinar com específics de la formació docent universitària). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B5F880" w14:textId="50A34F11" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>elaboració de material didàctic específic</w:t>
@@ -23201,99 +23351,99 @@
       </w:r>
       <w:r w:rsidR="006B42FA" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, M</w:t>
       </w:r>
       <w:r w:rsidR="005645DC" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OOCS</w:t>
       </w:r>
       <w:r w:rsidR="00425A4B" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0B4CA0" w14:textId="75560A40" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La recerca sobre la pròpia activitat docent (publicacions, aportacions </w:t>
       </w:r>
       <w:r w:rsidR="00B365A1" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> congressos, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E19163" w14:textId="526C877D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">B.1 </w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t>Trajectòria i qualitat de la docència universitària</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFB16AC" w14:textId="4E1E2EDF" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00A67CE9">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nota prèvia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="306F643A" w14:textId="50CF3A61" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00BB0E46" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Exempció</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> al requisit </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t>activitat docent mínima:</w:t>
       </w:r>
       <w:r w:rsidR="005645DC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F9026A" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
@@ -23337,261 +23487,261 @@
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Quant a la dedicació docent, només es considera la docència universitària oficial (grau, postgrau o doctorat) o equivalent en un sistema universitari estranger. </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">encàrrec docent es valora en funció de la pluralitat, la interdisciplinarietat, la complexitat docent i la modalitat </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">impartició, que es concreten, entre </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>altres, en:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6909C1" w14:textId="6E908B2F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El nombre i la diversitat </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>assignatures impartides.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A7D77A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>La tipologia de titulacions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26023D29" w14:textId="7679961F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La docència en assignatures de primer curs (en graus) o en grups nombrosos (entesos com aquells que tenen una ràtio alumnat/professorat elevada respecte a la ràtio mitjana de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>àrea o la titulació).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF11F91" w14:textId="00E1D288" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La impartició en diferents idiomes</w:t>
       </w:r>
       <w:r w:rsidR="009417BE" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4354D711" w14:textId="4631EDC8" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La impartició </w:t>
       </w:r>
       <w:r w:rsidR="009A37BD" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> centres o campus diferents del </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>adscripció.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28CB7567" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La direcció de treballs finals de grau (TFG) i treballs finals de màster (TFM).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D36AFF7" w14:textId="41DAAAC3" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006B1B76" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Empleneu les dades següents</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01106E5E" w14:textId="6D3D1812" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’anys a temps complet</w:t>
       </w:r>
       <w:r w:rsidR="006A617A" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> (o </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">equivalents a temps </w:t>
       </w:r>
       <w:r w:rsidR="006A617A" w:rsidRPr="00AC7C13">
         <w:t>parcial)</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
@@ -23649,51 +23799,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E66BC53" w14:textId="5E2AB855" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’hores</w:t>
       </w:r>
       <w:r w:rsidR="006A617A" w:rsidRPr="00AC7C13">
         <w:t>/crèdits</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de docència teòrica: </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -23745,51 +23895,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7653B47C" w14:textId="7B2FF0C7" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> d’hores</w:t>
       </w:r>
       <w:r w:rsidR="006A617A" w:rsidRPr="00AC7C13">
         <w:t>/crèdits</w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de docència pràctica: </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -23849,88 +23999,88 @@
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46BAB9B9" w14:textId="066645A8" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Cal aportar un certificat oficial emès per la universitat de la docència reglada impartida, segons el model que trobareu </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE61C5">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00BE61C5">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>aquest enllaç</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BE61C5">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009A37BD" w:rsidRPr="00BE61C5">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE61C5">
         <w:t>l certificat</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> hi han de constar totes dades indicades en aquest apartat del CV. El certificat ha de coincidir estrictament amb les dades consignades. A efectes de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>avaluació, no es considerarà la docència reglada universitària impartida que no estigui certificada oficialment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="253FA30F" w14:textId="44961A74" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">B.2 </w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Innovació docent </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59AFAFBE" w14:textId="17FCB46F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Projectes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>innovació docent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F5FC91" w14:textId="0C018C1E" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es consideren els projectes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">innovació docent, de sostenibilitat, els projectes interdisciplinaris i interuniversitaris relacionats amb la docència o els projectes de recerca </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -23951,216 +24101,216 @@
     </w:p>
     <w:p w14:paraId="4EE7253C" w14:textId="0E1ECD7D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">En aquest apartat </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">avaluen les tasques institucionals de millora de la docència i de disseny de noves titulacions universitàries, la formació rebuda i la formació impartida per a la millora de la docència. Aquestes activitats es valoren en funció de la diversitat, la durada, la qualitat, la rellevància que tinguin i els resultats i </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>impacte aconseguits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8E5E91" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00926A49" w:rsidRDefault="006324E9" w:rsidP="00926A49">
       <w:r w:rsidRPr="00AC7C13">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D31E264" w14:textId="3B8E6FB4" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Texto4"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C. </w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Dimensió </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>de l</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ideratge </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ientífic i de </w:t>
       </w:r>
       <w:r w:rsidR="00D74FFB" w:rsidRPr="00AC7C13">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="006237CA" w:rsidRPr="00AC7C13">
         <w:t>estió</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571FCBE4" w14:textId="77777777" w:rsidR="004B2B22" w:rsidRPr="004B2B22" w:rsidRDefault="004B2B22" w:rsidP="00DA5500">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2B22">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Resum narratiu de la trajectòria de lideratge científic i de gestió</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="261A9AB9" w14:textId="7602F274" w:rsidR="006237CA" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Aquesta dimensió només es valora en el cas de les acreditacions per a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="00895800" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="006C0E3A" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D321713" w14:textId="77777777" w:rsidR="004B2B22" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les persones que la sol·licitin han de demostrar la capacitat de direcció </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">equips docents i de recerca; la formació, la capacitació, la mentoria i la promoció de joves docents i investigadors, i la direcció i la gestió universitària i científica. També poden aportar evidències dels reconeixements i les responsabilitats exercides en organitzacions científiques i comitès cientificotècnics o altres activitats de lideratge equivalents. En tots els casos es valora el grau </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">internacionalització, innovació i obertura a la societat de les contribucions presentades. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C60AF7" w14:textId="79DDCDEE" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>En aquesta dimensió es valoren les subdimensions següents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="789F86E9" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direcció de tesis doctorals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B07891D" w14:textId="2C811152" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lideratge en </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>àmbit de la direcció i gestió universitària i científica</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B23E9BE" w14:textId="479E8C07" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reconeixements i responsabilitat en organitzacions i comitès científics i tècnics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55455FE6" w14:textId="72B608FA" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">C.1 </w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Direcció de tesis doctorals</w:t>
       </w:r>
       <w:r w:rsidR="00CA3D0A" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> finalitzades</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D92E6E5" w14:textId="5D053FF0" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
@@ -24173,51 +24323,51 @@
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>a, el director</w:t>
       </w:r>
       <w:r w:rsidR="004B7F9C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o director</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>a o directors</w:t>
       </w:r>
       <w:r w:rsidR="004B7F9C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o director</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">es i la qualificació obtinguda. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E60E877" w14:textId="4660CB83" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Les dades consignades en aquest apartat han de coincidir estrictament amb el certificat presentat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F53985D" w14:textId="16455A38" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">C.2 </w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Lideratge en </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">àmbit de la direcció i gestió universitària i científica </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FFCCB0" w14:textId="2EB145F7" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es valoren les activitats que impliquen un lideratge efectiu </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">equips o grups docents i de recerca estables. Entre altres, es valora la dimensió i reconeixement dels equips, les activitats dutes a terme i els resultats aconseguits per a la disciplina o per a la mateixa institució, la visió amb què </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -24384,51 +24534,51 @@
         <w:t xml:space="preserve">actualitat, Revisora per a la revista Y (JCR Q1) en X ocasions, i membre de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">editorial </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>board</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de la revista Z (JCR Q1) durant tants anys.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C71005" w14:textId="6AF719EE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">C.3 </w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Reconeixements i responsabilitat en organitzacions científiques i comitès científics i tècnics </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9F41AE" w14:textId="7064ECAE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es valora la responsabilitat exercida en òrgans de direcció </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">associacions o organitzacions científiques o en comitès nacionals i internacionals. Concretament, es consideren les innovacions i les millores introduïdes en </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">acompliment </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -24453,65 +24603,65 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">excel·lència en activitats acadèmiques, de recerca, de transferència i </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>intercanvi de coneixement amb la societat, en funció del prestigi de la institució atorgant, del seu caràcter nacional o internacional i de la seva rellevància i impacte.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidSect="009E0AF7">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04B9B82F" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
+    <w:p w14:paraId="6CA36C9F" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78DB2006" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
+    <w:p w14:paraId="74553AE5" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="076BACA2" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76"/>
+    <w:p w14:paraId="0651B695" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -24580,51 +24730,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41A32FB3" w14:textId="7439A97C" w:rsidR="008C2DC4" w:rsidRPr="00FD45FA" w:rsidRDefault="00C31832" w:rsidP="00650917">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Peu"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">Nom i </w:t>
     </w:r>
     <w:r w:rsidRPr="00650917">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">cognoms </w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00650917">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00650917" w:rsidRPr="00650917">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00650917">
       <w:rPr>
@@ -24652,65 +24802,65 @@
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00FD45FA">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00C875CC">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7348E7BF" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
+    <w:p w14:paraId="6662A151" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="575C8C53" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
+    <w:p w14:paraId="7DFD5DBD" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="14F05F6C" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76"/>
+    <w:p w14:paraId="790D725B" w14:textId="77777777" w:rsidR="002A2F76" w:rsidRDefault="002A2F76"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02523B09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D225774"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -25005,63 +25155,63 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CEE32A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5926E32"/>
     <w:lvl w:ilvl="0" w:tplc="F2BE0416">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Wingdings 2" w:hint="default"/>
         <w:color w:val="70AD47" w:themeColor="accent6"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
@@ -27647,52 +27797,52 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="523247180">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="710619422">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="619262543">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1992710637">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="480196340">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="624971086">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="60"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -27723,50 +27873,51 @@
     <w:rsid w:val="00052695"/>
     <w:rsid w:val="0005424B"/>
     <w:rsid w:val="000551B2"/>
     <w:rsid w:val="000556DD"/>
     <w:rsid w:val="00063C1E"/>
     <w:rsid w:val="0006432D"/>
     <w:rsid w:val="00064FC9"/>
     <w:rsid w:val="00070EE0"/>
     <w:rsid w:val="0007121D"/>
     <w:rsid w:val="0007247B"/>
     <w:rsid w:val="0007661C"/>
     <w:rsid w:val="0008002C"/>
     <w:rsid w:val="00080D8D"/>
     <w:rsid w:val="00082AF5"/>
     <w:rsid w:val="0008555C"/>
     <w:rsid w:val="0008747E"/>
     <w:rsid w:val="000926A1"/>
     <w:rsid w:val="000948A4"/>
     <w:rsid w:val="00097DBD"/>
     <w:rsid w:val="000A0383"/>
     <w:rsid w:val="000A244D"/>
     <w:rsid w:val="000A3CA1"/>
     <w:rsid w:val="000A4032"/>
     <w:rsid w:val="000A4E6C"/>
     <w:rsid w:val="000A50DE"/>
+    <w:rsid w:val="000A6F36"/>
     <w:rsid w:val="000B03F6"/>
     <w:rsid w:val="000B3CE5"/>
     <w:rsid w:val="000B5E52"/>
     <w:rsid w:val="000B62C1"/>
     <w:rsid w:val="000B7ECA"/>
     <w:rsid w:val="000C1F0F"/>
     <w:rsid w:val="000C241F"/>
     <w:rsid w:val="000C4138"/>
     <w:rsid w:val="000C4AE9"/>
     <w:rsid w:val="000C6114"/>
     <w:rsid w:val="000C766E"/>
     <w:rsid w:val="000D79A9"/>
     <w:rsid w:val="000E06A6"/>
     <w:rsid w:val="000E1427"/>
     <w:rsid w:val="000E202A"/>
     <w:rsid w:val="000E4887"/>
     <w:rsid w:val="000E5BBC"/>
     <w:rsid w:val="000F164A"/>
     <w:rsid w:val="000F4447"/>
     <w:rsid w:val="000F531E"/>
     <w:rsid w:val="00100466"/>
     <w:rsid w:val="0010087B"/>
     <w:rsid w:val="00102FAE"/>
     <w:rsid w:val="001100F8"/>
     <w:rsid w:val="001149FC"/>
@@ -27774,59 +27925,62 @@
     <w:rsid w:val="00115D6E"/>
     <w:rsid w:val="00116D34"/>
     <w:rsid w:val="00117C99"/>
     <w:rsid w:val="00120776"/>
     <w:rsid w:val="0012133F"/>
     <w:rsid w:val="001238D0"/>
     <w:rsid w:val="00125D55"/>
     <w:rsid w:val="001308CF"/>
     <w:rsid w:val="00132989"/>
     <w:rsid w:val="001404A1"/>
     <w:rsid w:val="00143B12"/>
     <w:rsid w:val="001468C8"/>
     <w:rsid w:val="00147059"/>
     <w:rsid w:val="0014772E"/>
     <w:rsid w:val="001478E3"/>
     <w:rsid w:val="00147FBB"/>
     <w:rsid w:val="00147FD8"/>
     <w:rsid w:val="00152995"/>
     <w:rsid w:val="00152BF9"/>
     <w:rsid w:val="00152C57"/>
     <w:rsid w:val="0015771D"/>
     <w:rsid w:val="00160EDA"/>
     <w:rsid w:val="00161BDE"/>
     <w:rsid w:val="00161E35"/>
     <w:rsid w:val="001620C0"/>
+    <w:rsid w:val="00164693"/>
     <w:rsid w:val="00164BE3"/>
     <w:rsid w:val="00170F34"/>
     <w:rsid w:val="00173315"/>
     <w:rsid w:val="00173A8C"/>
     <w:rsid w:val="00174073"/>
     <w:rsid w:val="001811AA"/>
+    <w:rsid w:val="001826A6"/>
     <w:rsid w:val="0018710B"/>
     <w:rsid w:val="001933DE"/>
     <w:rsid w:val="00193BFB"/>
+    <w:rsid w:val="001943C2"/>
     <w:rsid w:val="001951EE"/>
     <w:rsid w:val="00197380"/>
     <w:rsid w:val="001A2344"/>
     <w:rsid w:val="001A4E7A"/>
     <w:rsid w:val="001B2523"/>
     <w:rsid w:val="001B2895"/>
     <w:rsid w:val="001B3759"/>
     <w:rsid w:val="001B39B9"/>
     <w:rsid w:val="001B3E14"/>
     <w:rsid w:val="001B460C"/>
     <w:rsid w:val="001B4AFD"/>
     <w:rsid w:val="001B6DCF"/>
     <w:rsid w:val="001C0B07"/>
     <w:rsid w:val="001C6793"/>
     <w:rsid w:val="001C77E9"/>
     <w:rsid w:val="001D02A5"/>
     <w:rsid w:val="001D3068"/>
     <w:rsid w:val="001D5944"/>
     <w:rsid w:val="001D72E9"/>
     <w:rsid w:val="001E64FA"/>
     <w:rsid w:val="001E7F5A"/>
     <w:rsid w:val="001F0552"/>
     <w:rsid w:val="001F0651"/>
     <w:rsid w:val="001F0B99"/>
     <w:rsid w:val="001F6003"/>
@@ -27844,50 +27998,51 @@
     <w:rsid w:val="00223E94"/>
     <w:rsid w:val="00225341"/>
     <w:rsid w:val="0022635B"/>
     <w:rsid w:val="00230950"/>
     <w:rsid w:val="0023346E"/>
     <w:rsid w:val="00234493"/>
     <w:rsid w:val="00244EC9"/>
     <w:rsid w:val="00245961"/>
     <w:rsid w:val="002476AF"/>
     <w:rsid w:val="00250A73"/>
     <w:rsid w:val="00253844"/>
     <w:rsid w:val="00256FA0"/>
     <w:rsid w:val="00262336"/>
     <w:rsid w:val="00265CAE"/>
     <w:rsid w:val="00271BB1"/>
     <w:rsid w:val="00274CA9"/>
     <w:rsid w:val="002753D4"/>
     <w:rsid w:val="0027613D"/>
     <w:rsid w:val="00277687"/>
     <w:rsid w:val="00281F88"/>
     <w:rsid w:val="00283DE6"/>
     <w:rsid w:val="0028768F"/>
     <w:rsid w:val="00287B3A"/>
     <w:rsid w:val="00287F85"/>
     <w:rsid w:val="00292BAF"/>
+    <w:rsid w:val="00293047"/>
     <w:rsid w:val="002A2F76"/>
     <w:rsid w:val="002A54F3"/>
     <w:rsid w:val="002A63EC"/>
     <w:rsid w:val="002B3F60"/>
     <w:rsid w:val="002B4699"/>
     <w:rsid w:val="002B474C"/>
     <w:rsid w:val="002B713C"/>
     <w:rsid w:val="002C14FC"/>
     <w:rsid w:val="002C57C3"/>
     <w:rsid w:val="002C58D9"/>
     <w:rsid w:val="002C5B4A"/>
     <w:rsid w:val="002C5EAA"/>
     <w:rsid w:val="002C65AB"/>
     <w:rsid w:val="002D6D58"/>
     <w:rsid w:val="002D7E50"/>
     <w:rsid w:val="002E4F88"/>
     <w:rsid w:val="002E7C25"/>
     <w:rsid w:val="002F498B"/>
     <w:rsid w:val="002F501C"/>
     <w:rsid w:val="002F59F5"/>
     <w:rsid w:val="002F70A9"/>
     <w:rsid w:val="003036BC"/>
     <w:rsid w:val="003056C2"/>
     <w:rsid w:val="003101D7"/>
     <w:rsid w:val="003154EE"/>
@@ -27962,125 +28117,129 @@
     <w:rsid w:val="00404C84"/>
     <w:rsid w:val="004052FC"/>
     <w:rsid w:val="00407D37"/>
     <w:rsid w:val="0041166E"/>
     <w:rsid w:val="004123D9"/>
     <w:rsid w:val="00414541"/>
     <w:rsid w:val="00416C2B"/>
     <w:rsid w:val="004173A8"/>
     <w:rsid w:val="00417D92"/>
     <w:rsid w:val="004212AB"/>
     <w:rsid w:val="004229A7"/>
     <w:rsid w:val="00422B32"/>
     <w:rsid w:val="00423181"/>
     <w:rsid w:val="004241DA"/>
     <w:rsid w:val="00425A4B"/>
     <w:rsid w:val="00431EF8"/>
     <w:rsid w:val="00431F09"/>
     <w:rsid w:val="00433844"/>
     <w:rsid w:val="00434F24"/>
     <w:rsid w:val="00443F19"/>
     <w:rsid w:val="00445D09"/>
     <w:rsid w:val="004524D5"/>
     <w:rsid w:val="004526E5"/>
     <w:rsid w:val="0045424C"/>
     <w:rsid w:val="00455535"/>
+    <w:rsid w:val="00457564"/>
     <w:rsid w:val="00460571"/>
     <w:rsid w:val="004607A5"/>
     <w:rsid w:val="00461773"/>
     <w:rsid w:val="00461E45"/>
     <w:rsid w:val="004625BB"/>
     <w:rsid w:val="004639DC"/>
     <w:rsid w:val="00466F7B"/>
     <w:rsid w:val="004676AC"/>
     <w:rsid w:val="00471108"/>
     <w:rsid w:val="00473E25"/>
     <w:rsid w:val="004760D1"/>
     <w:rsid w:val="00480168"/>
     <w:rsid w:val="004818BD"/>
     <w:rsid w:val="00481BFF"/>
     <w:rsid w:val="0048352E"/>
     <w:rsid w:val="0048354E"/>
     <w:rsid w:val="00486712"/>
     <w:rsid w:val="00487CAD"/>
     <w:rsid w:val="0049179C"/>
     <w:rsid w:val="004919EC"/>
     <w:rsid w:val="00492C4E"/>
+    <w:rsid w:val="00493FB2"/>
     <w:rsid w:val="00497B59"/>
     <w:rsid w:val="004A2FAD"/>
     <w:rsid w:val="004A7FD2"/>
     <w:rsid w:val="004B030A"/>
     <w:rsid w:val="004B23F3"/>
     <w:rsid w:val="004B2B22"/>
     <w:rsid w:val="004B5587"/>
     <w:rsid w:val="004B7175"/>
     <w:rsid w:val="004B7F9C"/>
+    <w:rsid w:val="004C0C8C"/>
     <w:rsid w:val="004C3CA1"/>
     <w:rsid w:val="004C5CD7"/>
     <w:rsid w:val="004C6CA4"/>
     <w:rsid w:val="004D11BF"/>
     <w:rsid w:val="004D325F"/>
     <w:rsid w:val="004D5BD9"/>
     <w:rsid w:val="004E4013"/>
     <w:rsid w:val="004E4CF1"/>
     <w:rsid w:val="004F1494"/>
     <w:rsid w:val="004F17B0"/>
     <w:rsid w:val="004F3426"/>
     <w:rsid w:val="005017BA"/>
     <w:rsid w:val="005028F6"/>
     <w:rsid w:val="00506523"/>
     <w:rsid w:val="00506CB1"/>
     <w:rsid w:val="00507AC4"/>
     <w:rsid w:val="0051006E"/>
     <w:rsid w:val="00510143"/>
     <w:rsid w:val="00510DEF"/>
     <w:rsid w:val="00511010"/>
     <w:rsid w:val="005140EE"/>
     <w:rsid w:val="00516105"/>
     <w:rsid w:val="0052135D"/>
     <w:rsid w:val="0052255B"/>
     <w:rsid w:val="005257EC"/>
     <w:rsid w:val="0053019D"/>
     <w:rsid w:val="005314E6"/>
     <w:rsid w:val="00535527"/>
     <w:rsid w:val="00535CD7"/>
     <w:rsid w:val="00537761"/>
     <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005508D1"/>
     <w:rsid w:val="0055100D"/>
     <w:rsid w:val="0055260F"/>
     <w:rsid w:val="00554627"/>
     <w:rsid w:val="00555CFF"/>
     <w:rsid w:val="0055762B"/>
     <w:rsid w:val="00562350"/>
     <w:rsid w:val="00563534"/>
     <w:rsid w:val="005645DC"/>
     <w:rsid w:val="00566635"/>
     <w:rsid w:val="005700B6"/>
     <w:rsid w:val="0057080F"/>
     <w:rsid w:val="0057132B"/>
     <w:rsid w:val="00571CB8"/>
+    <w:rsid w:val="005804CE"/>
     <w:rsid w:val="0058363D"/>
     <w:rsid w:val="005905E3"/>
     <w:rsid w:val="00594262"/>
     <w:rsid w:val="00597B3F"/>
     <w:rsid w:val="005A02A4"/>
     <w:rsid w:val="005A2FBD"/>
     <w:rsid w:val="005A319B"/>
     <w:rsid w:val="005A515F"/>
     <w:rsid w:val="005A595C"/>
     <w:rsid w:val="005A6B6A"/>
     <w:rsid w:val="005B1080"/>
     <w:rsid w:val="005B33C1"/>
     <w:rsid w:val="005B386E"/>
     <w:rsid w:val="005B7263"/>
     <w:rsid w:val="005B79FF"/>
     <w:rsid w:val="005C316E"/>
     <w:rsid w:val="005C32E9"/>
     <w:rsid w:val="005C33DB"/>
     <w:rsid w:val="005C7088"/>
     <w:rsid w:val="005D05C1"/>
     <w:rsid w:val="005D0B96"/>
     <w:rsid w:val="005D132D"/>
     <w:rsid w:val="005D157F"/>
     <w:rsid w:val="005D15E9"/>
     <w:rsid w:val="005D2BDD"/>
@@ -28090,50 +28249,51 @@
     <w:rsid w:val="005E322C"/>
     <w:rsid w:val="005E3B32"/>
     <w:rsid w:val="005F0081"/>
     <w:rsid w:val="005F3101"/>
     <w:rsid w:val="005F3244"/>
     <w:rsid w:val="005F4028"/>
     <w:rsid w:val="005F531C"/>
     <w:rsid w:val="0060252A"/>
     <w:rsid w:val="00602B66"/>
     <w:rsid w:val="00612558"/>
     <w:rsid w:val="00613DC0"/>
     <w:rsid w:val="00617ED5"/>
     <w:rsid w:val="00620AC6"/>
     <w:rsid w:val="00622590"/>
     <w:rsid w:val="006237CA"/>
     <w:rsid w:val="006244F9"/>
     <w:rsid w:val="00625845"/>
     <w:rsid w:val="0063105D"/>
     <w:rsid w:val="006324E9"/>
     <w:rsid w:val="00634093"/>
     <w:rsid w:val="00634FFC"/>
     <w:rsid w:val="00635BEA"/>
     <w:rsid w:val="00636459"/>
     <w:rsid w:val="00641A63"/>
     <w:rsid w:val="0064314E"/>
+    <w:rsid w:val="00643ADA"/>
     <w:rsid w:val="00644470"/>
     <w:rsid w:val="00644A7D"/>
     <w:rsid w:val="006474B8"/>
     <w:rsid w:val="00650917"/>
     <w:rsid w:val="00652EF9"/>
     <w:rsid w:val="00656C92"/>
     <w:rsid w:val="00657AC7"/>
     <w:rsid w:val="006621E6"/>
     <w:rsid w:val="00664460"/>
     <w:rsid w:val="00665162"/>
     <w:rsid w:val="006674E8"/>
     <w:rsid w:val="006675CE"/>
     <w:rsid w:val="0067240B"/>
     <w:rsid w:val="006822B2"/>
     <w:rsid w:val="006835BF"/>
     <w:rsid w:val="006849A2"/>
     <w:rsid w:val="00684F79"/>
     <w:rsid w:val="006901CF"/>
     <w:rsid w:val="00693849"/>
     <w:rsid w:val="006A195A"/>
     <w:rsid w:val="006A483C"/>
     <w:rsid w:val="006A53CF"/>
     <w:rsid w:val="006A617A"/>
     <w:rsid w:val="006B06DC"/>
     <w:rsid w:val="006B09EE"/>
@@ -28183,75 +28343,77 @@
     <w:rsid w:val="007438BB"/>
     <w:rsid w:val="00743D15"/>
     <w:rsid w:val="00745565"/>
     <w:rsid w:val="00751E64"/>
     <w:rsid w:val="0075787E"/>
     <w:rsid w:val="007602AD"/>
     <w:rsid w:val="00762EA8"/>
     <w:rsid w:val="007644A9"/>
     <w:rsid w:val="00765ABB"/>
     <w:rsid w:val="00765D0D"/>
     <w:rsid w:val="00766210"/>
     <w:rsid w:val="007671C8"/>
     <w:rsid w:val="0077202D"/>
     <w:rsid w:val="00777862"/>
     <w:rsid w:val="00781A23"/>
     <w:rsid w:val="00782077"/>
     <w:rsid w:val="00782E63"/>
     <w:rsid w:val="00785C7E"/>
     <w:rsid w:val="00786143"/>
     <w:rsid w:val="007932B1"/>
     <w:rsid w:val="00793AD4"/>
     <w:rsid w:val="00796757"/>
     <w:rsid w:val="00797DDD"/>
     <w:rsid w:val="007A0841"/>
     <w:rsid w:val="007B1849"/>
+    <w:rsid w:val="007B2534"/>
     <w:rsid w:val="007B6EF3"/>
     <w:rsid w:val="007B6EFB"/>
     <w:rsid w:val="007C1FC5"/>
     <w:rsid w:val="007C3470"/>
     <w:rsid w:val="007C78DE"/>
     <w:rsid w:val="007D1316"/>
     <w:rsid w:val="007D3F89"/>
     <w:rsid w:val="007D6BF5"/>
     <w:rsid w:val="007D70EE"/>
     <w:rsid w:val="007E2775"/>
     <w:rsid w:val="007E5506"/>
     <w:rsid w:val="007E56D7"/>
     <w:rsid w:val="007F6C57"/>
     <w:rsid w:val="007F7911"/>
     <w:rsid w:val="0080317A"/>
     <w:rsid w:val="008039D0"/>
     <w:rsid w:val="00807666"/>
     <w:rsid w:val="00812079"/>
     <w:rsid w:val="008130A7"/>
     <w:rsid w:val="00813E10"/>
     <w:rsid w:val="0081712B"/>
     <w:rsid w:val="0082299F"/>
     <w:rsid w:val="00824C5F"/>
     <w:rsid w:val="00825205"/>
     <w:rsid w:val="008259D4"/>
+    <w:rsid w:val="0083122B"/>
     <w:rsid w:val="00840682"/>
     <w:rsid w:val="00843DBC"/>
     <w:rsid w:val="00844F3D"/>
     <w:rsid w:val="00845160"/>
     <w:rsid w:val="00845C69"/>
     <w:rsid w:val="00846CA6"/>
     <w:rsid w:val="00850954"/>
     <w:rsid w:val="00851984"/>
     <w:rsid w:val="0085258D"/>
     <w:rsid w:val="00852961"/>
     <w:rsid w:val="00854754"/>
     <w:rsid w:val="008548F2"/>
     <w:rsid w:val="00856CD1"/>
     <w:rsid w:val="008601D8"/>
     <w:rsid w:val="00864C31"/>
     <w:rsid w:val="00866E00"/>
     <w:rsid w:val="00870C39"/>
     <w:rsid w:val="00874B66"/>
     <w:rsid w:val="00876234"/>
     <w:rsid w:val="00886397"/>
     <w:rsid w:val="0089019F"/>
     <w:rsid w:val="008924FE"/>
     <w:rsid w:val="00894980"/>
     <w:rsid w:val="00895800"/>
     <w:rsid w:val="00896321"/>
@@ -28267,132 +28429,136 @@
     <w:rsid w:val="008C4814"/>
     <w:rsid w:val="008C66F0"/>
     <w:rsid w:val="008C6DAA"/>
     <w:rsid w:val="008C71B7"/>
     <w:rsid w:val="008D5069"/>
     <w:rsid w:val="008E1388"/>
     <w:rsid w:val="008E379D"/>
     <w:rsid w:val="008E72F6"/>
     <w:rsid w:val="008E7670"/>
     <w:rsid w:val="008F5920"/>
     <w:rsid w:val="008F758E"/>
     <w:rsid w:val="008F7D88"/>
     <w:rsid w:val="00901927"/>
     <w:rsid w:val="0090350F"/>
     <w:rsid w:val="00904747"/>
     <w:rsid w:val="00904A41"/>
     <w:rsid w:val="0090590B"/>
     <w:rsid w:val="00910434"/>
     <w:rsid w:val="0091078D"/>
     <w:rsid w:val="0091369E"/>
     <w:rsid w:val="00916EFF"/>
     <w:rsid w:val="00917F8C"/>
     <w:rsid w:val="0092028A"/>
     <w:rsid w:val="00926A49"/>
     <w:rsid w:val="00930A6F"/>
+    <w:rsid w:val="00933A8A"/>
     <w:rsid w:val="00937BB4"/>
     <w:rsid w:val="009407C4"/>
     <w:rsid w:val="009409C1"/>
     <w:rsid w:val="009417BE"/>
     <w:rsid w:val="009426E2"/>
     <w:rsid w:val="00942847"/>
     <w:rsid w:val="00942D2C"/>
     <w:rsid w:val="00943C47"/>
     <w:rsid w:val="00944AD2"/>
     <w:rsid w:val="009461EC"/>
     <w:rsid w:val="00947A1B"/>
     <w:rsid w:val="0095489C"/>
     <w:rsid w:val="00954F52"/>
     <w:rsid w:val="009557BC"/>
     <w:rsid w:val="00955AEC"/>
     <w:rsid w:val="009560EE"/>
     <w:rsid w:val="009574D4"/>
     <w:rsid w:val="00961600"/>
     <w:rsid w:val="009741E5"/>
     <w:rsid w:val="00975440"/>
     <w:rsid w:val="00977FD7"/>
     <w:rsid w:val="009816F6"/>
     <w:rsid w:val="0098247C"/>
     <w:rsid w:val="00985F81"/>
     <w:rsid w:val="00986158"/>
     <w:rsid w:val="00986641"/>
     <w:rsid w:val="00986F05"/>
     <w:rsid w:val="009870B8"/>
     <w:rsid w:val="00987218"/>
     <w:rsid w:val="0098783E"/>
+    <w:rsid w:val="0099070D"/>
     <w:rsid w:val="009918D2"/>
     <w:rsid w:val="00994D53"/>
     <w:rsid w:val="00996112"/>
     <w:rsid w:val="009A110C"/>
     <w:rsid w:val="009A26C9"/>
     <w:rsid w:val="009A37BD"/>
     <w:rsid w:val="009A4273"/>
     <w:rsid w:val="009A44B4"/>
     <w:rsid w:val="009A781A"/>
     <w:rsid w:val="009A7AEF"/>
     <w:rsid w:val="009B1F05"/>
+    <w:rsid w:val="009B5565"/>
     <w:rsid w:val="009C1A6E"/>
     <w:rsid w:val="009C2F61"/>
     <w:rsid w:val="009C5A7E"/>
     <w:rsid w:val="009D20B4"/>
     <w:rsid w:val="009D37FE"/>
     <w:rsid w:val="009D7A5B"/>
     <w:rsid w:val="009D7BE6"/>
     <w:rsid w:val="009D7D46"/>
     <w:rsid w:val="009E0AF7"/>
     <w:rsid w:val="009E107B"/>
     <w:rsid w:val="009E1AED"/>
     <w:rsid w:val="009E39B9"/>
     <w:rsid w:val="009E3BF0"/>
     <w:rsid w:val="009E68B7"/>
     <w:rsid w:val="009F19BF"/>
     <w:rsid w:val="009F4A5D"/>
     <w:rsid w:val="009F5557"/>
     <w:rsid w:val="009F5ED7"/>
     <w:rsid w:val="009F7CBA"/>
     <w:rsid w:val="00A014DA"/>
     <w:rsid w:val="00A0301C"/>
     <w:rsid w:val="00A04D79"/>
     <w:rsid w:val="00A14B8D"/>
     <w:rsid w:val="00A1747E"/>
     <w:rsid w:val="00A200A7"/>
     <w:rsid w:val="00A2059D"/>
     <w:rsid w:val="00A240E4"/>
     <w:rsid w:val="00A24E89"/>
     <w:rsid w:val="00A2571F"/>
     <w:rsid w:val="00A312E0"/>
     <w:rsid w:val="00A33924"/>
     <w:rsid w:val="00A44408"/>
     <w:rsid w:val="00A46200"/>
     <w:rsid w:val="00A465DF"/>
     <w:rsid w:val="00A46A50"/>
     <w:rsid w:val="00A50568"/>
     <w:rsid w:val="00A529C7"/>
     <w:rsid w:val="00A608ED"/>
     <w:rsid w:val="00A6488C"/>
     <w:rsid w:val="00A64C33"/>
     <w:rsid w:val="00A65DB3"/>
+    <w:rsid w:val="00A67073"/>
     <w:rsid w:val="00A67CE9"/>
     <w:rsid w:val="00A70149"/>
     <w:rsid w:val="00A714EF"/>
     <w:rsid w:val="00A71D8C"/>
     <w:rsid w:val="00A72C02"/>
     <w:rsid w:val="00A761CD"/>
     <w:rsid w:val="00A830C2"/>
     <w:rsid w:val="00A84325"/>
     <w:rsid w:val="00A85E57"/>
     <w:rsid w:val="00A90E62"/>
     <w:rsid w:val="00A913D7"/>
     <w:rsid w:val="00A91B9D"/>
     <w:rsid w:val="00AA094F"/>
     <w:rsid w:val="00AA47DC"/>
     <w:rsid w:val="00AB0B1E"/>
     <w:rsid w:val="00AB179F"/>
     <w:rsid w:val="00AB7F13"/>
     <w:rsid w:val="00AC061E"/>
     <w:rsid w:val="00AC0AD9"/>
     <w:rsid w:val="00AC273B"/>
     <w:rsid w:val="00AC5D39"/>
     <w:rsid w:val="00AC6A9B"/>
     <w:rsid w:val="00AC6CC4"/>
     <w:rsid w:val="00AC7C13"/>
     <w:rsid w:val="00AD20B5"/>
@@ -28442,50 +28608,51 @@
     <w:rsid w:val="00B8225D"/>
     <w:rsid w:val="00B85016"/>
     <w:rsid w:val="00B86EF6"/>
     <w:rsid w:val="00B9229A"/>
     <w:rsid w:val="00B92F9F"/>
     <w:rsid w:val="00B94EA8"/>
     <w:rsid w:val="00B96453"/>
     <w:rsid w:val="00B97AB0"/>
     <w:rsid w:val="00BA590D"/>
     <w:rsid w:val="00BA67CD"/>
     <w:rsid w:val="00BA732A"/>
     <w:rsid w:val="00BB0E46"/>
     <w:rsid w:val="00BB575B"/>
     <w:rsid w:val="00BC015B"/>
     <w:rsid w:val="00BC0F15"/>
     <w:rsid w:val="00BC15ED"/>
     <w:rsid w:val="00BC396A"/>
     <w:rsid w:val="00BC5C1C"/>
     <w:rsid w:val="00BC72CC"/>
     <w:rsid w:val="00BC7CBE"/>
     <w:rsid w:val="00BD12F2"/>
     <w:rsid w:val="00BD190C"/>
     <w:rsid w:val="00BD3685"/>
     <w:rsid w:val="00BD4ED8"/>
     <w:rsid w:val="00BD5227"/>
+    <w:rsid w:val="00BD5458"/>
     <w:rsid w:val="00BE61C5"/>
     <w:rsid w:val="00BE7C76"/>
     <w:rsid w:val="00BF480D"/>
     <w:rsid w:val="00BF52F5"/>
     <w:rsid w:val="00BF5B3C"/>
     <w:rsid w:val="00BF5DB3"/>
     <w:rsid w:val="00BF703F"/>
     <w:rsid w:val="00C003FC"/>
     <w:rsid w:val="00C00CC6"/>
     <w:rsid w:val="00C015AF"/>
     <w:rsid w:val="00C038B3"/>
     <w:rsid w:val="00C03C6C"/>
     <w:rsid w:val="00C07931"/>
     <w:rsid w:val="00C14AD7"/>
     <w:rsid w:val="00C151E8"/>
     <w:rsid w:val="00C20828"/>
     <w:rsid w:val="00C23BFC"/>
     <w:rsid w:val="00C25EC5"/>
     <w:rsid w:val="00C27CF2"/>
     <w:rsid w:val="00C307BD"/>
     <w:rsid w:val="00C3105B"/>
     <w:rsid w:val="00C31832"/>
     <w:rsid w:val="00C31AE2"/>
     <w:rsid w:val="00C31CBF"/>
     <w:rsid w:val="00C3250D"/>
@@ -28511,138 +28678,142 @@
     <w:rsid w:val="00C74C21"/>
     <w:rsid w:val="00C76640"/>
     <w:rsid w:val="00C83E28"/>
     <w:rsid w:val="00C852AD"/>
     <w:rsid w:val="00C857AE"/>
     <w:rsid w:val="00C8692F"/>
     <w:rsid w:val="00C87553"/>
     <w:rsid w:val="00C87D51"/>
     <w:rsid w:val="00C901BD"/>
     <w:rsid w:val="00C91312"/>
     <w:rsid w:val="00C91860"/>
     <w:rsid w:val="00C94520"/>
     <w:rsid w:val="00C957DB"/>
     <w:rsid w:val="00C964C5"/>
     <w:rsid w:val="00C96DC0"/>
     <w:rsid w:val="00CA0451"/>
     <w:rsid w:val="00CA2C8A"/>
     <w:rsid w:val="00CA3D0A"/>
     <w:rsid w:val="00CA5CC5"/>
     <w:rsid w:val="00CA77CF"/>
     <w:rsid w:val="00CB2912"/>
     <w:rsid w:val="00CB3322"/>
     <w:rsid w:val="00CB52E0"/>
     <w:rsid w:val="00CB6F5B"/>
     <w:rsid w:val="00CC5854"/>
+    <w:rsid w:val="00CD090D"/>
     <w:rsid w:val="00CD2EB6"/>
     <w:rsid w:val="00CD6CAD"/>
     <w:rsid w:val="00CE10ED"/>
     <w:rsid w:val="00CE3E20"/>
     <w:rsid w:val="00CE4920"/>
     <w:rsid w:val="00CE4E60"/>
     <w:rsid w:val="00CE648B"/>
     <w:rsid w:val="00CE6C7A"/>
     <w:rsid w:val="00CE7A30"/>
     <w:rsid w:val="00CE7C57"/>
     <w:rsid w:val="00CF0005"/>
     <w:rsid w:val="00CF5C96"/>
     <w:rsid w:val="00CF6025"/>
     <w:rsid w:val="00D0314F"/>
     <w:rsid w:val="00D053ED"/>
     <w:rsid w:val="00D0770E"/>
     <w:rsid w:val="00D13A51"/>
     <w:rsid w:val="00D15ADD"/>
     <w:rsid w:val="00D16986"/>
     <w:rsid w:val="00D2057A"/>
     <w:rsid w:val="00D20733"/>
     <w:rsid w:val="00D22239"/>
     <w:rsid w:val="00D250B7"/>
     <w:rsid w:val="00D25C15"/>
     <w:rsid w:val="00D26357"/>
     <w:rsid w:val="00D3445B"/>
     <w:rsid w:val="00D40559"/>
+    <w:rsid w:val="00D4081E"/>
     <w:rsid w:val="00D45CC3"/>
     <w:rsid w:val="00D506BF"/>
     <w:rsid w:val="00D53454"/>
     <w:rsid w:val="00D542CF"/>
     <w:rsid w:val="00D5648C"/>
     <w:rsid w:val="00D625E4"/>
     <w:rsid w:val="00D64BBA"/>
     <w:rsid w:val="00D6670D"/>
     <w:rsid w:val="00D668FF"/>
     <w:rsid w:val="00D716A2"/>
     <w:rsid w:val="00D72D8E"/>
     <w:rsid w:val="00D74FFB"/>
     <w:rsid w:val="00D76FD5"/>
     <w:rsid w:val="00D77050"/>
     <w:rsid w:val="00D80630"/>
     <w:rsid w:val="00D82293"/>
     <w:rsid w:val="00D82E3B"/>
     <w:rsid w:val="00D84C7C"/>
     <w:rsid w:val="00D9349F"/>
+    <w:rsid w:val="00DA2A9C"/>
     <w:rsid w:val="00DA3513"/>
     <w:rsid w:val="00DA3CF3"/>
     <w:rsid w:val="00DA4F58"/>
     <w:rsid w:val="00DA5500"/>
     <w:rsid w:val="00DA7626"/>
     <w:rsid w:val="00DB536A"/>
     <w:rsid w:val="00DB714E"/>
     <w:rsid w:val="00DB7A3A"/>
     <w:rsid w:val="00DC0A16"/>
     <w:rsid w:val="00DC0CB5"/>
     <w:rsid w:val="00DC0CF8"/>
     <w:rsid w:val="00DC40C5"/>
     <w:rsid w:val="00DC41A5"/>
     <w:rsid w:val="00DE3AA2"/>
     <w:rsid w:val="00DE4BE3"/>
     <w:rsid w:val="00DE545B"/>
     <w:rsid w:val="00DE6772"/>
     <w:rsid w:val="00DE7134"/>
     <w:rsid w:val="00DF2903"/>
     <w:rsid w:val="00DF42E0"/>
     <w:rsid w:val="00DF5617"/>
     <w:rsid w:val="00DF5C0F"/>
     <w:rsid w:val="00E00872"/>
     <w:rsid w:val="00E0094A"/>
     <w:rsid w:val="00E03F60"/>
     <w:rsid w:val="00E055D9"/>
     <w:rsid w:val="00E05EDD"/>
     <w:rsid w:val="00E06820"/>
     <w:rsid w:val="00E137CE"/>
     <w:rsid w:val="00E13C3F"/>
     <w:rsid w:val="00E13D08"/>
     <w:rsid w:val="00E13FDD"/>
     <w:rsid w:val="00E144E5"/>
     <w:rsid w:val="00E15214"/>
     <w:rsid w:val="00E1529B"/>
     <w:rsid w:val="00E21149"/>
     <w:rsid w:val="00E254C1"/>
     <w:rsid w:val="00E276BF"/>
     <w:rsid w:val="00E27B2C"/>
     <w:rsid w:val="00E31CE9"/>
     <w:rsid w:val="00E34C36"/>
     <w:rsid w:val="00E34EFE"/>
+    <w:rsid w:val="00E36619"/>
     <w:rsid w:val="00E370C3"/>
     <w:rsid w:val="00E37526"/>
     <w:rsid w:val="00E405DA"/>
     <w:rsid w:val="00E41465"/>
     <w:rsid w:val="00E438FC"/>
     <w:rsid w:val="00E45AA6"/>
     <w:rsid w:val="00E508E5"/>
     <w:rsid w:val="00E51985"/>
     <w:rsid w:val="00E519BC"/>
     <w:rsid w:val="00E54AF9"/>
     <w:rsid w:val="00E60CED"/>
     <w:rsid w:val="00E61720"/>
     <w:rsid w:val="00E61CD6"/>
     <w:rsid w:val="00E6501D"/>
     <w:rsid w:val="00E65500"/>
     <w:rsid w:val="00E661C7"/>
     <w:rsid w:val="00E66427"/>
     <w:rsid w:val="00E73987"/>
     <w:rsid w:val="00E73FA7"/>
     <w:rsid w:val="00E74D83"/>
     <w:rsid w:val="00E75F4B"/>
     <w:rsid w:val="00E81BC7"/>
     <w:rsid w:val="00E8297A"/>
     <w:rsid w:val="00E8373B"/>
     <w:rsid w:val="00E869EC"/>
@@ -28654,60 +28825,62 @@
     <w:rsid w:val="00EB35EA"/>
     <w:rsid w:val="00EB5E82"/>
     <w:rsid w:val="00EB778A"/>
     <w:rsid w:val="00EC04C2"/>
     <w:rsid w:val="00EC1661"/>
     <w:rsid w:val="00EC18A8"/>
     <w:rsid w:val="00EC242A"/>
     <w:rsid w:val="00EC2FF2"/>
     <w:rsid w:val="00EC4859"/>
     <w:rsid w:val="00ED5ABE"/>
     <w:rsid w:val="00ED5AD3"/>
     <w:rsid w:val="00ED5F3F"/>
     <w:rsid w:val="00EE0937"/>
     <w:rsid w:val="00EE255E"/>
     <w:rsid w:val="00F035D8"/>
     <w:rsid w:val="00F0373C"/>
     <w:rsid w:val="00F03CBB"/>
     <w:rsid w:val="00F051D1"/>
     <w:rsid w:val="00F11D62"/>
     <w:rsid w:val="00F1393F"/>
     <w:rsid w:val="00F16612"/>
     <w:rsid w:val="00F20BD6"/>
     <w:rsid w:val="00F243CF"/>
     <w:rsid w:val="00F255AA"/>
     <w:rsid w:val="00F27E49"/>
+    <w:rsid w:val="00F305B6"/>
     <w:rsid w:val="00F306FA"/>
     <w:rsid w:val="00F33E9E"/>
     <w:rsid w:val="00F36DB0"/>
     <w:rsid w:val="00F4198E"/>
     <w:rsid w:val="00F4420F"/>
     <w:rsid w:val="00F46029"/>
     <w:rsid w:val="00F535FB"/>
     <w:rsid w:val="00F54A7F"/>
     <w:rsid w:val="00F54D53"/>
     <w:rsid w:val="00F56E3F"/>
+    <w:rsid w:val="00F5759B"/>
     <w:rsid w:val="00F61762"/>
     <w:rsid w:val="00F63FFF"/>
     <w:rsid w:val="00F65F02"/>
     <w:rsid w:val="00F70DA0"/>
     <w:rsid w:val="00F712FD"/>
     <w:rsid w:val="00F85817"/>
     <w:rsid w:val="00F85F1C"/>
     <w:rsid w:val="00F86CF0"/>
     <w:rsid w:val="00F9026A"/>
     <w:rsid w:val="00F9490E"/>
     <w:rsid w:val="00F952C8"/>
     <w:rsid w:val="00F96714"/>
     <w:rsid w:val="00F96742"/>
     <w:rsid w:val="00F97ACB"/>
     <w:rsid w:val="00F97B05"/>
     <w:rsid w:val="00FA2192"/>
     <w:rsid w:val="00FA390E"/>
     <w:rsid w:val="00FA52BD"/>
     <w:rsid w:val="00FA5D25"/>
     <w:rsid w:val="00FA6AD9"/>
     <w:rsid w:val="00FB0AD8"/>
     <w:rsid w:val="00FB0BC7"/>
     <w:rsid w:val="00FB3712"/>
     <w:rsid w:val="00FB70C2"/>
     <w:rsid w:val="00FB71A6"/>
@@ -29055,494 +29228,494 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00765ABB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Ttol1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006324E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:line="520" w:lineRule="exact"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Ttol2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo2Car"/>
+    <w:link w:val="Ttol2Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006324E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="480" w:beforeAutospacing="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Ttol3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo3Car"/>
+    <w:link w:val="Ttol3Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00807666"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Ttol4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo4Car"/>
+    <w:link w:val="Ttol4Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009409C1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="Lletraperdefectedelpargraf">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="Taulanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sensellista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="Textindependent">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextoindependienteCar"/>
+    <w:link w:val="TextindependentCar"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Capalera">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Peu">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="PiedepginaCar"/>
+    <w:link w:val="PeuCar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodepgina">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+  <w:style w:type="paragraph" w:styleId="Textdeglobus">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextodegloboCar"/>
+    <w:link w:val="TextdeglobusCar"/>
     <w:rsid w:val="006C0834"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
-[...1 lines deleted...]
-    <w:link w:val="Textodeglobo"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextdeglobusCar">
+    <w:name w:val="Text de globus Car"/>
+    <w:link w:val="Textdeglobus"/>
     <w:rsid w:val="006C0834"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
-[...1 lines deleted...]
-    <w:link w:val="Textoindependiente"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextindependentCar">
+    <w:name w:val="Text independent Car"/>
+    <w:link w:val="Textindependent"/>
     <w:rsid w:val="00987218"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="22"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="Taulaambquadrcula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="Taulanormal"/>
     <w:rsid w:val="00CD2EB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdecomentario">
+  <w:style w:type="character" w:styleId="Refernciadecomentari">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textocomentario">
+  <w:style w:type="paragraph" w:styleId="Textdecomentari">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextocomentarioCar"/>
+    <w:link w:val="TextdecomentariCar"/>
     <w:rsid w:val="00A90E62"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
-[...2 lines deleted...]
-    <w:link w:val="Textocomentario"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextdecomentariCar">
+    <w:name w:val="Text de comentari Car"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:link w:val="Textdecomentari"/>
     <w:rsid w:val="00A90E62"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+  <w:style w:type="paragraph" w:styleId="Temadelcomentari">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Textocomentario"/>
-[...1 lines deleted...]
-    <w:link w:val="AsuntodelcomentarioCar"/>
+    <w:basedOn w:val="Textdecomentari"/>
+    <w:next w:val="Textdecomentari"/>
+    <w:link w:val="TemadelcomentariCar"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
-[...1 lines deleted...]
-    <w:link w:val="Asuntodelcomentario"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TemadelcomentariCar">
+    <w:name w:val="Tema del comentari Car"/>
+    <w:link w:val="Temadelcomentari"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textonotapie">
+  <w:style w:type="paragraph" w:styleId="Textdenotaapeudepgina">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextonotapieCar"/>
+    <w:link w:val="TextdenotaapeudepginaCar"/>
     <w:rsid w:val="0038054D"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
-[...1 lines deleted...]
-    <w:link w:val="Textonotapie"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextdenotaapeudepginaCar">
+    <w:name w:val="Text de nota a peu de pàgina Car"/>
+    <w:link w:val="Textdenotaapeudepgina"/>
     <w:rsid w:val="0038054D"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdenotaalpie">
+  <w:style w:type="character" w:styleId="Refernciadenotaapeudepgina">
     <w:name w:val="footnote reference"/>
     <w:rsid w:val="0038054D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttol3-nou">
     <w:name w:val="Títol 3 - nou"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="Textindependent"/>
     <w:link w:val="Ttol3-nouCar"/>
     <w:qFormat/>
     <w:rsid w:val="009A7AEF"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Estil1">
     <w:name w:val="Estil1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="Taulanormal"/>
     <w:rsid w:val="009A4273"/>
     <w:tblPr/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttol3-nouCar">
     <w:name w:val="Títol 3 - nou Car"/>
     <w:link w:val="Ttol3-nou"/>
     <w:rsid w:val="009A7AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipervnculo">
+  <w:style w:type="character" w:styleId="Enlla">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="009A4273"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mencinsinresolver">
+  <w:style w:type="character" w:styleId="Mencisenseresoldre">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A4273"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
-[...1 lines deleted...]
-    <w:link w:val="Ttulo2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol2Car">
+    <w:name w:val="Títol 2 Car"/>
+    <w:link w:val="Ttol2"/>
     <w:rsid w:val="006324E9"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="004D73"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
-[...1 lines deleted...]
-    <w:link w:val="Piedepgina"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PeuCar">
+    <w:name w:val="Peu Car"/>
+    <w:link w:val="Peu"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F63FFF"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revisin">
+  <w:style w:type="paragraph" w:styleId="Revisi">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE1526"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C3105B"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00C3105B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00C3105B"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="Pargrafdellista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002C5EAA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="0058363D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mencionar">
+  <w:style w:type="character" w:styleId="Esmenta">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F27E49"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol3Car">
+    <w:name w:val="Títol 3 Car"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:link w:val="Ttol3"/>
     <w:rsid w:val="00807666"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
       <w:color w:val="004D73"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instruccions">
     <w:name w:val="Instruccions"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00535CD7"/>
     <w:pPr>
       <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol4Car">
+    <w:name w:val="Títol 4 Car"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:link w:val="Ttol4"/>
     <w:rsid w:val="009409C1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="004D73"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+  <w:style w:type="character" w:styleId="Enllavisitat">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00B30E0B"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="108162306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -31388,81 +31561,60 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...8 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d325c87d51e08f29e6a1bb726ff53b53" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="e68f0f87fe40eb8f00a6083e5bd0f910">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0179583613ae4501fada8583dd36dd7d" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -31716,138 +31868,175 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
+    <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
+    <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Català [CA]</Idioma>
+    <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
+    <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
-[...16 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40942745-1180-468C-951F-6E187C11E886}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{544FCF65-A1D0-4279-AF41-ED02BF9FC558}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>5418</Words>
-  <Characters>30883</Characters>
+  <Words>5640</Words>
+  <Characters>31023</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>257</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>258</Lines>
+  <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Currículum vitae professorat lector AQU</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Agéncia per a la Qualitat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36229</CharactersWithSpaces>
+  <CharactersWithSpaces>36590</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>2228330</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>633</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.aqu.cat/doc/Professorat/Protocol-d-actuacio-en-casos-de-frau-CA</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2031698</vt:i4>
       </vt:variant>
       <vt:variant>