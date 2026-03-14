--- v3 (2026-02-01)
+++ v4 (2026-03-14)
@@ -568,55 +568,50 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="554C3B7E" w14:textId="77777777" w:rsidR="00F5759B" w:rsidRDefault="00F5759B" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk192153181"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="7365FD38" w14:textId="77777777" w:rsidR="00F5759B" w:rsidRDefault="00F5759B" w:rsidP="003C7F6F">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="499B94FB" w14:textId="68933BB2" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Aquest CV es presenta sense perjudici que en el procés </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">avaluació es pugui demanar a la persona interessada </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ampliació i justificació de la informació que conté. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2761D8" w14:textId="53DB6538" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
@@ -2164,71 +2159,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Contractat/</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Contractat/ada </w:t>
             </w:r>
             <w:r w:rsidR="00335BB9" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00766210" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -2276,71 +2251,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Interí/</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Interí/ina </w:t>
             </w:r>
             <w:r w:rsidR="00335BB9" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -3017,67 +2972,51 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> ID: </w:t>
+              <w:t xml:space="preserve"> Researcher ID: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -8247,95 +8186,51 @@
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> de defensa de la tesi</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...43 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (dd/mm/aaaa)</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
@@ -8479,95 +8374,51 @@
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d’</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>expedició del títol</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...43 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (dd/mm/aaaa)</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
@@ -9525,123 +9376,147 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC8CB6F" w14:textId="398132A3" w:rsidR="00BF480D" w:rsidRPr="00AC7C13" w:rsidRDefault="00AE49F3" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>Interrupcions per maternitat/paternitat</w:t>
       </w:r>
       <w:r w:rsidR="00BF480D" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="4EAFC215" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">excedències per </w:t>
       </w:r>
       <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">cura, </w:t>
       </w:r>
       <w:r w:rsidR="00BF480D" w:rsidRPr="00AC7C13">
         <w:t>etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4538D1F5" w14:textId="49D2F3EC" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00735C44" w:rsidP="003C7F6F">
+    <w:p w14:paraId="4538D1F5" w14:textId="49D2F3EC" w:rsidR="00985F81" w:rsidRDefault="00735C44" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r>
         <w:t>Indi</w:t>
       </w:r>
-      <w:r w:rsidR="000F164A" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="000F164A">
         <w:t>queu i especifiqueu la durada,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r>
         <w:t xml:space="preserve"> si esca</w:t>
       </w:r>
-      <w:r w:rsidR="000F164A" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="000F164A">
         <w:t>u, de</w:t>
       </w:r>
-      <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00917F8C">
         <w:t xml:space="preserve"> les i</w:t>
       </w:r>
-      <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="009870B8">
         <w:t>nterrupcions per permisos de maternitat o paternitat</w:t>
       </w:r>
-      <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00917F8C">
         <w:t>, e</w:t>
       </w:r>
-      <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="009870B8">
         <w:t>xcedències per la cura de fills</w:t>
       </w:r>
-      <w:r w:rsidR="000F164A" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="000F164A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B293E" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="008B293E">
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="009870B8">
         <w:t xml:space="preserve"> per la cura de familiars en </w:t>
       </w:r>
-      <w:r w:rsidR="7F7AB887" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="7F7AB887">
         <w:t>primer</w:t>
       </w:r>
-      <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="009870B8">
         <w:t xml:space="preserve"> grau dependents</w:t>
       </w:r>
-      <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00917F8C">
         <w:t>, p</w:t>
       </w:r>
-      <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="009870B8">
         <w:t>er raó de violència de gènere</w:t>
       </w:r>
-      <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00917F8C">
         <w:t>, p</w:t>
       </w:r>
-      <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="009870B8">
         <w:t>er raó de violència terrorista</w:t>
       </w:r>
-      <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00917F8C">
         <w:t>, b</w:t>
       </w:r>
-      <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="009870B8">
         <w:t>aixes de llarga durada per malaltia</w:t>
       </w:r>
-      <w:r w:rsidR="00684F79" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00684F79">
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
-      <w:r w:rsidR="00917F8C" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00917F8C">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r w:rsidR="009870B8" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="009870B8">
         <w:t>ltres accions de servei a la comunita</w:t>
       </w:r>
-      <w:r w:rsidR="000F164A" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="000F164A">
         <w:t>t.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5571414B" w14:textId="3C09D1D7" w:rsidR="704275F7" w:rsidRDefault="704275F7" w:rsidP="704275F7">
+      <w:pPr>
+        <w:pStyle w:val="Instruccions"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E697680" w14:textId="0E74C0E6" w:rsidR="00374688" w:rsidRPr="00AC7C13" w:rsidRDefault="00374688" w:rsidP="00374688">
+      <w:pPr>
+        <w:pStyle w:val="Instruccions"/>
+      </w:pPr>
+      <w:r>
+        <w:t>En el cas que aquestes interrupcions hagin comportat una trajectòria docent o investigadora irregular</w:t>
+      </w:r>
+      <w:r w:rsidR="00204214">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> aporteu una instància i evidències justificatives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A862A60" w14:textId="4DE6CE5B" w:rsidR="704275F7" w:rsidRDefault="704275F7" w:rsidP="704275F7">
+      <w:pPr>
+        <w:pStyle w:val="Instruccions"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2FC195BA" w14:textId="18EB0220" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
@@ -10449,94 +10324,74 @@
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>utors o autores per ordre de signatura (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>marqueu el vostre nom amb un asterisc al davant quan sigueu autors o autores per correspondència —</w:t>
       </w:r>
       <w:r w:rsidR="00203E00" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>corresponding</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AC7C13">
+        <w:t>corresponding aut</w:t>
+      </w:r>
+      <w:r w:rsidR="006A617A" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>h</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>aut</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00203E00" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -13960,59 +13815,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6B948421" w14:textId="2D8D8BC8" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han d’incloure: </w:t>
       </w:r>
       <w:r w:rsidR="00FB0BC7" w:rsidRPr="00AC7C13">
         <w:t>títol del projecte, entitat finançadora, referència de la concessió, import concedit, durada (des de – fins a), nom de l’investigador o investigadora principal i nombre d’investigadors o investigadores del grup.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A259FA9" w14:textId="315ED2D8" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00C03C6C">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Per a catedràtic o catedràtica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00367B7C" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Per a cada </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">projecte en el qual hàgiu estat investigador o investigadora principal (IP) o </w:t>
-[...7 lines deleted...]
-        <w:t>-IP, cal aportar un certificat emès per la universitat o centre de recerca en què consti: el títol del projecte, l’entitat finançadora, la referència de la concessió, l’import concedit</w:t>
+        <w:t>projecte en el qual hàgiu estat investigador o investigadora principal (IP) o co-IP, cal aportar un certificat emès per la universitat o centre de recerca en què consti: el títol del projecte, l’entitat finançadora, la referència de la concessió, l’import concedit</w:t>
       </w:r>
       <w:r w:rsidR="0052135D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> la durada del projecte</w:t>
       </w:r>
       <w:r w:rsidR="0052135D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00876234">
         <w:t xml:space="preserve"> el</w:t>
       </w:r>
       <w:r w:rsidR="0052135D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0052135D" w:rsidRPr="0052135D">
         <w:t xml:space="preserve">nom de l’investigador o investigadora principal i </w:t>
       </w:r>
       <w:r w:rsidR="00876234">
         <w:t xml:space="preserve">el </w:t>
       </w:r>
       <w:r w:rsidR="0052135D" w:rsidRPr="0052135D">
         <w:t>nombre d’investigadors o investigadores del grup.</w:t>
       </w:r>
@@ -14822,71 +14669,61 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
         <w:t>A.1.3 Estades, mobilitat i internacionalització</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708137BF" w14:textId="6D502D0A" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00340D3C">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Les aportacions han d’incloure: clau (doctoral, postdoctoral, convidat/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001404A1" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t>da</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>da, contractat/</w:t>
+      </w:r>
       <w:r w:rsidR="001404A1" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t>da</w:t>
-[...3 lines deleted...]
-        <w:t>, altres a especificar), centre, nom del supervisor</w:t>
+        <w:t>da, altres a especificar), centre, nom del supervisor</w:t>
       </w:r>
       <w:r w:rsidR="00F712FD" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o supervisor</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>a, localitat</w:t>
       </w:r>
       <w:r w:rsidR="00F712FD" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> país, any, durada </w:t>
       </w:r>
       <w:r w:rsidR="003E1CEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>mesos</w:t>
       </w:r>
       <w:r w:rsidR="003E1CEC" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> (c</w:t>
       </w:r>
       <w:r w:rsidR="009E107B" w:rsidRPr="00AC7C13">
         <w:t>onsigneu</w:t>
       </w:r>
@@ -19719,65 +19556,52 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les aportacions han </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">incloure: </w:t>
       </w:r>
       <w:r w:rsidR="00B62D64" w:rsidRPr="00AC7C13">
         <w:t>nom</w:t>
       </w:r>
       <w:r w:rsidR="00211CFE" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> dels directors</w:t>
       </w:r>
       <w:r w:rsidR="00B62D64" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o directores, títol</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> del treball</w:t>
       </w:r>
       <w:r w:rsidR="00B62D64" w:rsidRPr="00AC7C13">
         <w:t>, data</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve"> de lectura (</w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> de lectura (dd/mm/aaaa</w:t>
+      </w:r>
       <w:r w:rsidR="00B62D64" w:rsidRPr="00AC7C13">
         <w:t>), nom</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> del doctorand</w:t>
       </w:r>
       <w:r w:rsidR="00B62D64" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o doctoranda, qualificació</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> obtinguda</w:t>
       </w:r>
       <w:r w:rsidR="00B62D64" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> i institució.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C20E84" w14:textId="7D752F32" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00DE7134">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Cal aportar un certificat emès pel vicerectorat corresponent en què consti el títol i la data de lectura de la tesi, el nom del doctorand</w:t>
       </w:r>
       <w:r w:rsidR="00B62D64" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o doctorand</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">a, </w:t>
@@ -19951,67 +19775,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E669CFD" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t>Data de lectura (</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+        <w:t xml:space="preserve">Data de lectura (dd/mm/aaaa): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -20367,67 +20175,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4890BD7D" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t>Data de lectura (</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+        <w:t xml:space="preserve">Data de lectura (dd/mm/aaaa): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -21055,91 +20847,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6B1340FC" w14:textId="4526BE01" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00986158">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Les persones que sol·liciten </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>acreditació per a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="001951EE" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> o catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="006C0E3A" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">tenen reconeguda la suficiència en el bloc corresponent als mèrits de recerca i transferència i intercanvi del coneixement si disposen de finançament dels programes de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">ERC </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, o </w:t>
+        <w:t xml:space="preserve">ERC Consolidator Grant, Advanced Grant o Synergy Grant, o </w:t>
       </w:r>
       <w:r w:rsidR="00B706AE" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>altres convocatòries de recerca competitives individuals internacionals de prestigi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCA3B6F" w14:textId="7C52EF4F" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">En el cas de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">acreditació per a professorat agregat, a més </w:t>
       </w:r>
       <w:r w:rsidR="00ED5F3F" w:rsidRPr="00AC7C13">
         <w:t>dels casos</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> anteriors, també tenen la suficiència en aquest bloc les persones que han superat processos </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -21166,67 +20918,51 @@
       <w:r w:rsidR="00277687" w:rsidRPr="00AC7C13">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ncorporació i la </w:t>
       </w:r>
       <w:r w:rsidR="00277687" w:rsidRPr="00AC7C13">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ntensificació de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00277687" w:rsidRPr="00AC7C13">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">ctivitat </w:t>
       </w:r>
       <w:r w:rsidR="00277687" w:rsidRPr="00AC7C13">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">nvestigadora (I3), les que han obtingut el Certificat com a persones investigadores establertes (R3) i aquelles amb finançament del programa </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve">nvestigadora (I3), les que han obtingut el Certificat com a persones investigadores establertes (R3) i aquelles amb finançament del programa Starting Grant de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t>ERC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4763F7" w14:textId="77777777" w:rsidR="00461773" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>En aquests casos no cal que empleneu aquesta secció i només cal adjuntar la documentació que acrediti la distinció de recerca corresponent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43220134" w14:textId="7EADF924" w:rsidR="0055260F" w:rsidRPr="0055260F" w:rsidRDefault="0055260F" w:rsidP="00F051D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055260F">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
@@ -21575,121 +21311,85 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">al </w:t>
       </w:r>
       <w:r w:rsidR="00042F72" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">davant el vostre nom </w:t>
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">quan sigueu autor/a per correspondència </w:t>
       </w:r>
       <w:r w:rsidR="0002790B" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>corresponding</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>corresponding author</w:t>
+      </w:r>
+      <w:r w:rsidR="0002790B" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>—; p</w:t>
+      </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er exemple: </w:t>
+      </w:r>
+      <w:r w:rsidR="0002790B" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
-          <w:i/>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> TK, Mateu A, (*) Llorens FX</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Smith GH, Jonas TK, Mateu A, (*) Llorens FX</w:t>
       </w:r>
       <w:r w:rsidR="0002790B" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), el títol, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -21986,59 +21686,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Per a catedràtic</w:t>
       </w:r>
       <w:r w:rsidR="00471108" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> o catedràtica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00A33924" w:rsidRPr="00AC7C13">
         <w:t>Per a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> aquells projectes en els quals </w:t>
       </w:r>
       <w:r w:rsidR="00471108" w:rsidRPr="00AC7C13">
         <w:t>hàgiu</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve"> estat investigador/a principal (IP) o </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">-IP, cal aportar un certificat emès per la universitat o centre de recerca en què consti: el títol del projecte, </w:t>
+        <w:t xml:space="preserve"> estat investigador/a principal (IP) o co-IP, cal aportar un certificat emès per la universitat o centre de recerca en què consti: el títol del projecte, </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">entitat finançadora, la referència de la concessió, </w:t>
       </w:r>
       <w:r w:rsidR="00C03C6C" w:rsidRPr="00C03C6C">
         <w:t>l’import concedit, la durada del projecte, el nom de l’investigador o investigadora principal i el nombre d’investigadors o investigadores del grup.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185D4857" w14:textId="4A6AA97F" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Per a agregat</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00A33924" w:rsidRPr="00AC7C13">
         <w:t>Per a</w:t>
       </w:r>
@@ -22258,130 +21950,103 @@
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Activitats encaminades a compartir resultats de recerca, bones pràctiques o mètodes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>ensenyament, els tallers de formació amb empreses i organitzacions, el desenvolupament de capacitats —</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
-        <w:t>capacity</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>capacity building</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">— i els programes </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>innovació social i transformativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0147E50B" w14:textId="59955FFE" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Col·laboració amb organitzacions empresarials i sindicals, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
-        <w:t>spin-</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>spin-offs</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> i </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">assessorament científic a administracions públiques i la participació en càtedres institucionals i </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -24373,67 +24038,51 @@
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">han acomplert les activitats, els reptes que </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">han encarat i la implementació de transformacions i canvis. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="685C5241" w14:textId="4F18D837" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">La capacitat </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">atracció de talent —científic i/o tècnic— per part de la persona sol·licitant mitjançant convocatòries competitives es considera un altre element de lideratge —per </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">exemple, convocatòries FPU, FPI, FI, Torres Quevedo, Juan de la </w:t>
-[...15 lines deleted...]
-        <w:t>-Curie.</w:t>
+        <w:t>exemple, convocatòries FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriu de Pinós o Marie Skłodowska-Curie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E516AA" w14:textId="620B5CF3" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">També </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>s’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">inclouen en aquest apartat les activitats de direcció i gestió </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">àmbits acadèmics i científics: coordinació de titulacions oficials, direcció de revistes o editorials científiques, de presidències de comissions </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">agències </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
@@ -24489,89 +24138,73 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="37708A09" w14:textId="786D9616" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t>Podeu incloure fins a 5 aportacions, tenint en compte que podeu agrupar diversos ítems en una única aportació.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CC6B0B" w14:textId="48337254" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Exemples</w:t>
       </w:r>
       <w:r w:rsidR="002476AF" w:rsidRPr="00AC7C13">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> Rols editorials en revistes científiques: Editora associada de la revista X (JCR Q2) des de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
-        <w:t xml:space="preserve">any </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> fins </w:t>
+        <w:t xml:space="preserve">any xxxx fins </w:t>
       </w:r>
       <w:r w:rsidR="004676AC" w:rsidRPr="00AC7C13">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">actualitat, Revisora per a la revista Y (JCR Q1) en X ocasions, i membre de </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">editorial </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>editorial board</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve"> de la revista Z (JCR Q1) durant tants anys.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C71005" w14:textId="6AF719EE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">C.3 </w:t>
       </w:r>
       <w:r w:rsidR="00AD4B43" w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Reconeixements i responsabilitat en organitzacions científiques i comitès científics i tècnics </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9F41AE" w14:textId="7064ECAE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">Es valora la responsabilitat exercida en òrgans de direcció </w:t>
       </w:r>
       <w:r w:rsidR="00B139B0" w:rsidRPr="00AC7C13">
         <w:t>d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t xml:space="preserve">associacions o organitzacions científiques o en comitès nacionals i internacionals. Concretament, es consideren les innovacions i les millores introduïdes en </w:t>
       </w:r>
@@ -24674,94 +24307,92 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bahnschrift">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41A32FB3" w14:textId="7439A97C" w:rsidR="008C2DC4" w:rsidRPr="00FD45FA" w:rsidRDefault="00C31832" w:rsidP="00650917">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:t xml:space="preserve">Nom i </w:t>
     </w:r>
     <w:r w:rsidRPr="00650917">
@@ -27797,52 +27428,51 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="523247180">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="710619422">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="619262543">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1992710637">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="480196340">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="624971086">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="70"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -27865,77 +27495,79 @@
     <w:rsid w:val="00037DBA"/>
     <w:rsid w:val="000412FC"/>
     <w:rsid w:val="0004281A"/>
     <w:rsid w:val="00042C8C"/>
     <w:rsid w:val="00042F72"/>
     <w:rsid w:val="00045A30"/>
     <w:rsid w:val="00050E2A"/>
     <w:rsid w:val="000520F1"/>
     <w:rsid w:val="00052695"/>
     <w:rsid w:val="0005424B"/>
     <w:rsid w:val="000551B2"/>
     <w:rsid w:val="000556DD"/>
     <w:rsid w:val="00063C1E"/>
     <w:rsid w:val="0006432D"/>
     <w:rsid w:val="00064FC9"/>
     <w:rsid w:val="00070EE0"/>
     <w:rsid w:val="0007121D"/>
     <w:rsid w:val="0007247B"/>
     <w:rsid w:val="0007661C"/>
     <w:rsid w:val="0008002C"/>
     <w:rsid w:val="00080D8D"/>
     <w:rsid w:val="00082AF5"/>
     <w:rsid w:val="0008555C"/>
     <w:rsid w:val="0008747E"/>
     <w:rsid w:val="000926A1"/>
+    <w:rsid w:val="00094283"/>
     <w:rsid w:val="000948A4"/>
     <w:rsid w:val="00097DBD"/>
     <w:rsid w:val="000A0383"/>
     <w:rsid w:val="000A244D"/>
     <w:rsid w:val="000A3CA1"/>
     <w:rsid w:val="000A4032"/>
     <w:rsid w:val="000A4E6C"/>
     <w:rsid w:val="000A50DE"/>
     <w:rsid w:val="000A6F36"/>
     <w:rsid w:val="000B03F6"/>
     <w:rsid w:val="000B3CE5"/>
     <w:rsid w:val="000B5E52"/>
     <w:rsid w:val="000B62C1"/>
     <w:rsid w:val="000B7ECA"/>
     <w:rsid w:val="000C1F0F"/>
     <w:rsid w:val="000C241F"/>
     <w:rsid w:val="000C4138"/>
     <w:rsid w:val="000C4AE9"/>
     <w:rsid w:val="000C6114"/>
     <w:rsid w:val="000C766E"/>
     <w:rsid w:val="000D79A9"/>
     <w:rsid w:val="000E06A6"/>
     <w:rsid w:val="000E1427"/>
     <w:rsid w:val="000E202A"/>
     <w:rsid w:val="000E4887"/>
     <w:rsid w:val="000E5BBC"/>
     <w:rsid w:val="000F164A"/>
+    <w:rsid w:val="000F3E56"/>
     <w:rsid w:val="000F4447"/>
     <w:rsid w:val="000F531E"/>
     <w:rsid w:val="00100466"/>
     <w:rsid w:val="0010087B"/>
     <w:rsid w:val="00102FAE"/>
     <w:rsid w:val="001100F8"/>
     <w:rsid w:val="001149FC"/>
     <w:rsid w:val="00115801"/>
     <w:rsid w:val="00115D6E"/>
     <w:rsid w:val="00116D34"/>
     <w:rsid w:val="00117C99"/>
     <w:rsid w:val="00120776"/>
     <w:rsid w:val="0012133F"/>
     <w:rsid w:val="001238D0"/>
     <w:rsid w:val="00125D55"/>
     <w:rsid w:val="001308CF"/>
     <w:rsid w:val="00132989"/>
     <w:rsid w:val="001404A1"/>
     <w:rsid w:val="00143B12"/>
     <w:rsid w:val="001468C8"/>
     <w:rsid w:val="00147059"/>
     <w:rsid w:val="0014772E"/>
     <w:rsid w:val="001478E3"/>
     <w:rsid w:val="00147FBB"/>
     <w:rsid w:val="00147FD8"/>
@@ -27961,74 +27593,77 @@
     <w:rsid w:val="001943C2"/>
     <w:rsid w:val="001951EE"/>
     <w:rsid w:val="00197380"/>
     <w:rsid w:val="001A2344"/>
     <w:rsid w:val="001A4E7A"/>
     <w:rsid w:val="001B2523"/>
     <w:rsid w:val="001B2895"/>
     <w:rsid w:val="001B3759"/>
     <w:rsid w:val="001B39B9"/>
     <w:rsid w:val="001B3E14"/>
     <w:rsid w:val="001B460C"/>
     <w:rsid w:val="001B4AFD"/>
     <w:rsid w:val="001B6DCF"/>
     <w:rsid w:val="001C0B07"/>
     <w:rsid w:val="001C6793"/>
     <w:rsid w:val="001C77E9"/>
     <w:rsid w:val="001D02A5"/>
     <w:rsid w:val="001D3068"/>
     <w:rsid w:val="001D5944"/>
     <w:rsid w:val="001D72E9"/>
     <w:rsid w:val="001E64FA"/>
     <w:rsid w:val="001E7F5A"/>
     <w:rsid w:val="001F0552"/>
     <w:rsid w:val="001F0651"/>
     <w:rsid w:val="001F0B99"/>
+    <w:rsid w:val="001F5369"/>
     <w:rsid w:val="001F6003"/>
     <w:rsid w:val="002026D0"/>
     <w:rsid w:val="00203E00"/>
+    <w:rsid w:val="00204214"/>
     <w:rsid w:val="002057A6"/>
     <w:rsid w:val="002107D0"/>
     <w:rsid w:val="00211CFE"/>
     <w:rsid w:val="00215D9C"/>
     <w:rsid w:val="00217B33"/>
     <w:rsid w:val="002205D9"/>
     <w:rsid w:val="002206CE"/>
     <w:rsid w:val="00223071"/>
     <w:rsid w:val="00223731"/>
     <w:rsid w:val="00223E94"/>
     <w:rsid w:val="00225341"/>
     <w:rsid w:val="0022635B"/>
     <w:rsid w:val="00230950"/>
     <w:rsid w:val="0023346E"/>
     <w:rsid w:val="00234493"/>
     <w:rsid w:val="00244EC9"/>
     <w:rsid w:val="00245961"/>
     <w:rsid w:val="002476AF"/>
     <w:rsid w:val="00250A73"/>
     <w:rsid w:val="00253844"/>
     <w:rsid w:val="00256FA0"/>
+    <w:rsid w:val="00257E67"/>
     <w:rsid w:val="00262336"/>
     <w:rsid w:val="00265CAE"/>
     <w:rsid w:val="00271BB1"/>
     <w:rsid w:val="00274CA9"/>
     <w:rsid w:val="002753D4"/>
     <w:rsid w:val="0027613D"/>
     <w:rsid w:val="00277687"/>
     <w:rsid w:val="00281F88"/>
     <w:rsid w:val="00283DE6"/>
     <w:rsid w:val="0028768F"/>
     <w:rsid w:val="00287B3A"/>
     <w:rsid w:val="00287F85"/>
     <w:rsid w:val="00292BAF"/>
     <w:rsid w:val="00293047"/>
     <w:rsid w:val="002A2F76"/>
     <w:rsid w:val="002A54F3"/>
     <w:rsid w:val="002A63EC"/>
     <w:rsid w:val="002B3F60"/>
     <w:rsid w:val="002B4699"/>
     <w:rsid w:val="002B474C"/>
     <w:rsid w:val="002B713C"/>
     <w:rsid w:val="002C14FC"/>
     <w:rsid w:val="002C57C3"/>
     <w:rsid w:val="002C58D9"/>
     <w:rsid w:val="002C5B4A"/>
@@ -28055,50 +27690,51 @@
     <w:rsid w:val="00331BBD"/>
     <w:rsid w:val="00332194"/>
     <w:rsid w:val="00333A49"/>
     <w:rsid w:val="00335416"/>
     <w:rsid w:val="00335BB9"/>
     <w:rsid w:val="00335E55"/>
     <w:rsid w:val="00336ADF"/>
     <w:rsid w:val="00340D3C"/>
     <w:rsid w:val="00343A14"/>
     <w:rsid w:val="003447A3"/>
     <w:rsid w:val="00346B69"/>
     <w:rsid w:val="00350762"/>
     <w:rsid w:val="003508B7"/>
     <w:rsid w:val="0035159E"/>
     <w:rsid w:val="00351B46"/>
     <w:rsid w:val="003526AC"/>
     <w:rsid w:val="00355DF7"/>
     <w:rsid w:val="003601E2"/>
     <w:rsid w:val="00363F18"/>
     <w:rsid w:val="003645EC"/>
     <w:rsid w:val="003673BB"/>
     <w:rsid w:val="00367B7C"/>
     <w:rsid w:val="00370CBC"/>
     <w:rsid w:val="00371708"/>
     <w:rsid w:val="003737DD"/>
+    <w:rsid w:val="00374688"/>
     <w:rsid w:val="00376F6A"/>
     <w:rsid w:val="0038054D"/>
     <w:rsid w:val="00381739"/>
     <w:rsid w:val="00382661"/>
     <w:rsid w:val="0038322B"/>
     <w:rsid w:val="00383468"/>
     <w:rsid w:val="00384BA8"/>
     <w:rsid w:val="00390372"/>
     <w:rsid w:val="00394BC9"/>
     <w:rsid w:val="003A5DCE"/>
     <w:rsid w:val="003B04C8"/>
     <w:rsid w:val="003B1176"/>
     <w:rsid w:val="003B1D50"/>
     <w:rsid w:val="003B47F6"/>
     <w:rsid w:val="003B7FFE"/>
     <w:rsid w:val="003C0417"/>
     <w:rsid w:val="003C1ED7"/>
     <w:rsid w:val="003C3EFB"/>
     <w:rsid w:val="003C414A"/>
     <w:rsid w:val="003C7F6F"/>
     <w:rsid w:val="003D04DA"/>
     <w:rsid w:val="003D08FF"/>
     <w:rsid w:val="003D213B"/>
     <w:rsid w:val="003D2D78"/>
     <w:rsid w:val="003D2EC3"/>
@@ -28384,87 +28020,89 @@
     <w:rsid w:val="008039D0"/>
     <w:rsid w:val="00807666"/>
     <w:rsid w:val="00812079"/>
     <w:rsid w:val="008130A7"/>
     <w:rsid w:val="00813E10"/>
     <w:rsid w:val="0081712B"/>
     <w:rsid w:val="0082299F"/>
     <w:rsid w:val="00824C5F"/>
     <w:rsid w:val="00825205"/>
     <w:rsid w:val="008259D4"/>
     <w:rsid w:val="0083122B"/>
     <w:rsid w:val="00840682"/>
     <w:rsid w:val="00843DBC"/>
     <w:rsid w:val="00844F3D"/>
     <w:rsid w:val="00845160"/>
     <w:rsid w:val="00845C69"/>
     <w:rsid w:val="00846CA6"/>
     <w:rsid w:val="00850954"/>
     <w:rsid w:val="00851984"/>
     <w:rsid w:val="0085258D"/>
     <w:rsid w:val="00852961"/>
     <w:rsid w:val="00854754"/>
     <w:rsid w:val="008548F2"/>
     <w:rsid w:val="00856CD1"/>
     <w:rsid w:val="008601D8"/>
+    <w:rsid w:val="0086135E"/>
     <w:rsid w:val="00864C31"/>
     <w:rsid w:val="00866E00"/>
     <w:rsid w:val="00870C39"/>
     <w:rsid w:val="00874B66"/>
     <w:rsid w:val="00876234"/>
     <w:rsid w:val="00886397"/>
     <w:rsid w:val="0089019F"/>
     <w:rsid w:val="008924FE"/>
     <w:rsid w:val="00894980"/>
     <w:rsid w:val="00895800"/>
     <w:rsid w:val="00896321"/>
     <w:rsid w:val="008A11CC"/>
     <w:rsid w:val="008A45D4"/>
     <w:rsid w:val="008B293E"/>
     <w:rsid w:val="008B42B5"/>
     <w:rsid w:val="008B7C48"/>
     <w:rsid w:val="008C0334"/>
     <w:rsid w:val="008C2DC4"/>
     <w:rsid w:val="008C2E29"/>
     <w:rsid w:val="008C461B"/>
     <w:rsid w:val="008C4814"/>
     <w:rsid w:val="008C66F0"/>
     <w:rsid w:val="008C6DAA"/>
     <w:rsid w:val="008C71B7"/>
     <w:rsid w:val="008D5069"/>
     <w:rsid w:val="008E1388"/>
     <w:rsid w:val="008E379D"/>
     <w:rsid w:val="008E72F6"/>
     <w:rsid w:val="008E7670"/>
     <w:rsid w:val="008F5920"/>
     <w:rsid w:val="008F758E"/>
     <w:rsid w:val="008F7D88"/>
     <w:rsid w:val="00901927"/>
     <w:rsid w:val="0090350F"/>
     <w:rsid w:val="00904747"/>
     <w:rsid w:val="00904A41"/>
     <w:rsid w:val="0090590B"/>
+    <w:rsid w:val="00906C50"/>
     <w:rsid w:val="00910434"/>
     <w:rsid w:val="0091078D"/>
     <w:rsid w:val="0091369E"/>
     <w:rsid w:val="00916EFF"/>
     <w:rsid w:val="00917F8C"/>
     <w:rsid w:val="0092028A"/>
     <w:rsid w:val="00926A49"/>
     <w:rsid w:val="00930A6F"/>
     <w:rsid w:val="00933A8A"/>
     <w:rsid w:val="00937BB4"/>
     <w:rsid w:val="009407C4"/>
     <w:rsid w:val="009409C1"/>
     <w:rsid w:val="009417BE"/>
     <w:rsid w:val="009426E2"/>
     <w:rsid w:val="00942847"/>
     <w:rsid w:val="00942D2C"/>
     <w:rsid w:val="00943C47"/>
     <w:rsid w:val="00944AD2"/>
     <w:rsid w:val="009461EC"/>
     <w:rsid w:val="00947A1B"/>
     <w:rsid w:val="0095489C"/>
     <w:rsid w:val="00954F52"/>
     <w:rsid w:val="009557BC"/>
     <w:rsid w:val="00955AEC"/>
     <w:rsid w:val="009560EE"/>
@@ -28740,50 +28378,51 @@
     <w:rsid w:val="00D668FF"/>
     <w:rsid w:val="00D716A2"/>
     <w:rsid w:val="00D72D8E"/>
     <w:rsid w:val="00D74FFB"/>
     <w:rsid w:val="00D76FD5"/>
     <w:rsid w:val="00D77050"/>
     <w:rsid w:val="00D80630"/>
     <w:rsid w:val="00D82293"/>
     <w:rsid w:val="00D82E3B"/>
     <w:rsid w:val="00D84C7C"/>
     <w:rsid w:val="00D9349F"/>
     <w:rsid w:val="00DA2A9C"/>
     <w:rsid w:val="00DA3513"/>
     <w:rsid w:val="00DA3CF3"/>
     <w:rsid w:val="00DA4F58"/>
     <w:rsid w:val="00DA5500"/>
     <w:rsid w:val="00DA7626"/>
     <w:rsid w:val="00DB536A"/>
     <w:rsid w:val="00DB714E"/>
     <w:rsid w:val="00DB7A3A"/>
     <w:rsid w:val="00DC0A16"/>
     <w:rsid w:val="00DC0CB5"/>
     <w:rsid w:val="00DC0CF8"/>
     <w:rsid w:val="00DC40C5"/>
     <w:rsid w:val="00DC41A5"/>
+    <w:rsid w:val="00DD0FF3"/>
     <w:rsid w:val="00DE3AA2"/>
     <w:rsid w:val="00DE4BE3"/>
     <w:rsid w:val="00DE545B"/>
     <w:rsid w:val="00DE6772"/>
     <w:rsid w:val="00DE7134"/>
     <w:rsid w:val="00DF2903"/>
     <w:rsid w:val="00DF42E0"/>
     <w:rsid w:val="00DF5617"/>
     <w:rsid w:val="00DF5C0F"/>
     <w:rsid w:val="00E00872"/>
     <w:rsid w:val="00E0094A"/>
     <w:rsid w:val="00E03F60"/>
     <w:rsid w:val="00E055D9"/>
     <w:rsid w:val="00E05EDD"/>
     <w:rsid w:val="00E06820"/>
     <w:rsid w:val="00E137CE"/>
     <w:rsid w:val="00E13C3F"/>
     <w:rsid w:val="00E13D08"/>
     <w:rsid w:val="00E13FDD"/>
     <w:rsid w:val="00E144E5"/>
     <w:rsid w:val="00E15214"/>
     <w:rsid w:val="00E1529B"/>
     <w:rsid w:val="00E21149"/>
     <w:rsid w:val="00E254C1"/>
     <w:rsid w:val="00E276BF"/>
@@ -28878,62 +28517,64 @@
     <w:rsid w:val="00FA390E"/>
     <w:rsid w:val="00FA52BD"/>
     <w:rsid w:val="00FA5D25"/>
     <w:rsid w:val="00FA6AD9"/>
     <w:rsid w:val="00FB0AD8"/>
     <w:rsid w:val="00FB0BC7"/>
     <w:rsid w:val="00FB3712"/>
     <w:rsid w:val="00FB70C2"/>
     <w:rsid w:val="00FB71A6"/>
     <w:rsid w:val="00FC0798"/>
     <w:rsid w:val="00FC258D"/>
     <w:rsid w:val="00FC4613"/>
     <w:rsid w:val="00FD10E9"/>
     <w:rsid w:val="00FD45FA"/>
     <w:rsid w:val="00FD5667"/>
     <w:rsid w:val="00FD7202"/>
     <w:rsid w:val="00FD7B87"/>
     <w:rsid w:val="00FE0D01"/>
     <w:rsid w:val="00FE113C"/>
     <w:rsid w:val="00FE1526"/>
     <w:rsid w:val="00FE1A98"/>
     <w:rsid w:val="00FE3F09"/>
     <w:rsid w:val="00FE4A82"/>
     <w:rsid w:val="05AAE008"/>
     <w:rsid w:val="0D24C83C"/>
+    <w:rsid w:val="1283E302"/>
     <w:rsid w:val="18439B2C"/>
     <w:rsid w:val="2071A05B"/>
     <w:rsid w:val="24D08FE6"/>
     <w:rsid w:val="286EC18B"/>
     <w:rsid w:val="2BBDD699"/>
     <w:rsid w:val="2E38B2A2"/>
     <w:rsid w:val="3292CA15"/>
     <w:rsid w:val="4EAFC215"/>
     <w:rsid w:val="4FE63318"/>
     <w:rsid w:val="57B8AD5A"/>
     <w:rsid w:val="60CD4CA0"/>
     <w:rsid w:val="64989F6F"/>
+    <w:rsid w:val="704275F7"/>
     <w:rsid w:val="7BBFBEA2"/>
     <w:rsid w:val="7F7AB887"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -30621,50 +30262,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1036927390">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1097479902">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1109543701">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1311253869">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -31231,50 +30885,63 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="2076976070">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="2000226044">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aqu.cat/doc/Professorat/Agregat-Catedratic/Model-de-certificat-dedicacio-docent" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aqu.cat/doc/Professorat/Protocol-d-actuacio-en-casos-de-frau-CA" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aqu.cat/Acreditacio-de-professorat-beta/Acreditacio-professorat-agregat/Presentacio-de-sol-licituds" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -31561,58 +31228,83 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
+    <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
+    <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Català [CA]</Idioma>
+    <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
+    <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="e68f0f87fe40eb8f00a6083e5bd0f910">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0179583613ae4501fada8583dd36dd7d" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
@@ -31868,270 +31560,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40942745-1180-468C-951F-6E187C11E886}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>5640</Words>
-  <Characters>31023</Characters>
+  <Words>5495</Words>
+  <Characters>31323</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>258</Lines>
+  <Lines>261</Lines>
   <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Agéncia per a la Qualitat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36590</CharactersWithSpaces>
+  <CharactersWithSpaces>36745</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...92 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Currículum vitae professorat lector AQU</dc:title>
   <dc:subject/>
   <dc:creator>Josep Manel Torres</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Idioma">
     <vt:lpwstr>Català [CA]</vt:lpwstr>
   </property>
@@ -32158,27 +31716,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="display_urn:schemas-microsoft-com:office:office#Editor">
     <vt:lpwstr>Glòria Zurita Bremon</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ReportStatus">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ReportOwner">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="display_urn:schemas-microsoft-com:office:office#Author">
     <vt:lpwstr>Glòria Zurita Bremon</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ReportCategory">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="SaveToReportHistory">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="ContentTypeId">
     <vt:lpwstr>0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="docLang">
+    <vt:lpwstr>ca</vt:lpwstr>
+  </property>
 </Properties>
 </file>