--- v0 (2025-10-06)
+++ v1 (2025-11-16)
@@ -351,53 +351,53 @@
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Personal details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4395"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1841"/>
+        <w:gridCol w:w="4248"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2130"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w14:paraId="01C19DA3" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3207096A" w14:textId="77777777" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="003C7F6F" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -451,58 +451,58 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="6600D45E" w14:textId="77777777" w:rsidTr="00A2059D">
+      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="6600D45E" w14:textId="77777777" w:rsidTr="00CE623F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BC927BD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nationality</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F068056" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
@@ -549,51 +549,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67764BC4" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40458707" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
@@ -640,51 +640,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:tcW w:w="2130" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4659F5CD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Sex</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0437A6A6" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
@@ -3657,51 +3657,50 @@
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0D139FF0" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3rd cycle: Doctorate</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44EB7C46" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4165,50 +4164,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="41A32CD7" w14:textId="27687E0A" w:rsidR="003B47F6" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00DE545B">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Scientific or professional activities undertaken prior to your current situation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3408"/>
         <w:gridCol w:w="3629"/>
         <w:gridCol w:w="1467"/>
@@ -4974,52 +4974,52 @@
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r>
         <w:t>This can be repeated if you have more than one doctorate.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4395"/>
-        <w:gridCol w:w="4109"/>
+        <w:gridCol w:w="4103"/>
+        <w:gridCol w:w="4401"/>
       </w:tblGrid>
       <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D04" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D03" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -5341,57 +5341,57 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D0D" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D0D" w14:textId="77777777" w:rsidTr="00CE623F">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4103" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0B" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualification: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -5428,51 +5428,51 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4109" w:type="dxa"/>
+            <w:tcW w:w="4401" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0C" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="0053019D" w:rsidP="0053019D">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">European/international doctorate: </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
@@ -5585,98 +5585,78 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA7626" w:rsidRPr="00AC7C13" w14:paraId="41A32D10" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="00DA7626" w:rsidRPr="00AC7C13" w14:paraId="41A32D10" w14:textId="77777777" w:rsidTr="00CE623F">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="4103" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0E" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="005F4028">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of thesis defence (dd/mm/</w:t>
-[...19 lines deleted...]
-              <w:t>):</w:t>
+              <w:t>Date of thesis defence (dd/mm/yyyy):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
@@ -5700,92 +5680,72 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4109" w:type="dxa"/>
+            <w:tcW w:w="4401" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0F" w14:textId="65E9CD4A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="005F4028">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of issue of diploma (dd/mm/</w:t>
-[...19 lines deleted...]
-              <w:t>):</w:t>
+              <w:t>Date of issue of diploma (dd/mm/yyyy):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
@@ -6293,51 +6253,50 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C806777" w14:textId="77777777" w:rsidR="0091078D" w:rsidRDefault="0091078D">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC8CB6F" w14:textId="398132A3" w:rsidR="00BF480D" w:rsidRPr="00AC7C13" w:rsidRDefault="00AE49F3" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Breaks for maternity or paternity leave, leaves of absence for caregiving, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4538D1F5" w14:textId="49D2F3EC" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00735C44" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r>
         <w:t>If applicable, please indicate and specify the duration of any breaks for maternity or paternity leave and periods of leave for childcare, caring for first-degree dependent family members, reasons related to gender violence, terrorist violence, long-term sick leave, or participation in community service initiatives.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC195BA" w14:textId="18EB0220" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6945,358 +6904,352 @@
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E326545" w14:textId="27026940" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Identification:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E63AD9B" w14:textId="5F6D67EC" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="3E63AD9B" w14:textId="604CE8B5" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Authors in order of signature (</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+        <w:t>Authors in order of signature</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE623F">
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1107ED3A" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="1107ED3A" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78247C58" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="78247C58" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Year of publication: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC3379A" w14:textId="095460C6" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="2AC3379A" w14:textId="095460C6" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Key: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E38DDB3" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="1E38DDB3" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Journal or editorial (title, volume, initial and final page): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069DCBD6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="069DCBD6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ISSN or ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA17FDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00777862">
+    <w:p w14:paraId="6EA17FDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7B106F" w14:textId="19421EC9" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00535CD7">
+    <w:p w14:paraId="6A7B106F" w14:textId="19421EC9" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Navigable hyperlink to the publication: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6215CB1E" w14:textId="06BB6E64" w:rsidR="003D213B" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00FB0BC7">
-      <w:pPr>
+    <w:p w14:paraId="6215CB1E" w14:textId="06BB6E64" w:rsidR="003D213B" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00CE623F">
+      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Quality indicators: </w:t>
       </w:r>
       <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
@@ -7310,328 +7263,316 @@
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Hlk191550280"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76CE6686" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Identification:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="674026ED" w14:textId="25E864BD" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="674026ED" w14:textId="25E864BD" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="3A2B820F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
-        <w:contextualSpacing w:val="0"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Authors in order of signature: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23224E68" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="23224E68" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7626AC5E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="7626AC5E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Year of publication: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AF8204" w14:textId="4012EA93" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="44AF8204" w14:textId="4012EA93" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Key: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1BB4A3" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="1C1BB4A3" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Journal or editorial (title, volume, initial and final page): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DED9B3E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="6DED9B3E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ISSN or ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F69850C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="4F69850C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E21EA03" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="1E21EA03" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Navigable hyperlink to the publication: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
@@ -7647,75 +7588,50 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Quality indicators: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
-      </w:r>
-[...23 lines deleted...]
-        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13315413" w14:textId="78ED37ED" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Artistic creation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3322D309" w14:textId="03ABE83B" w:rsidR="00F20BD6" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="009816F6">
       <w:r>
         <w:t xml:space="preserve">Please provide the following details as appropriate for each contribution: title, description, dates, artistic discipline, objective and scale of the contribution, relevance, </w:t>
       </w:r>
       <w:r w:rsidR="00463831">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00463831" w:rsidRPr="00463831">
         <w:t xml:space="preserve">evel </w:t>
       </w:r>
       <w:r>
         <w:t>of innovation, circulation, repercussion and impact.</w:t>
       </w:r>
     </w:p>
@@ -12120,117 +12036,123 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7C355B29" w14:textId="106466FF" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
       <w:r>
         <w:t>[For full professor accreditations only]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2670782F" w14:textId="37968DFB" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="0091078D" w:rsidP="00B97AB0">
       <w:hyperlink w:anchor="Texto4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>Instructions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2DFDD6A0" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="001620C0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r>
         <w:t>Narrative summary of your scientific and managerial leadership experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2CCE0B" w14:textId="63B9F185" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
+    <w:p w14:paraId="1B2CCE0B" w14:textId="63B9F185" w:rsidR="00602B66" w:rsidRPr="00CE623F" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE623F">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>Summarise the most significant elements of your scientific leadership and management experience (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CE623F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
         </w:rPr>
         <w:t>maximum 3,600 characters</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CE623F">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C8BC80" w14:textId="734918F0" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00A1747E" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="345245FF" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F45218" w14:textId="225B368A" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>C.1 Supervision of completed doctoral theses</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F687258" w14:textId="6F29BF96" w:rsidR="008A11CC" w:rsidRPr="00AC7C13" w:rsidRDefault="008A11CC" w:rsidP="00B62D64">
       <w:r>
-        <w:t>For each contribution, please provide the following: name of the supervisor (or supervisors), title of the work, date of reading (dd/mm/</w:t>
-[...7 lines deleted...]
-        <w:t>), name of the doctoral student, grade obtained and institution.</w:t>
+        <w:t>For each contribution, please provide the following: name of the supervisor (or supervisors), title of the work, date of reading (dd/mm/yyyy), name of the doctoral student, grade obtained and institution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C20E84" w14:textId="7D752F32" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00443A51">
       <w:r>
         <w:t xml:space="preserve">Please provide a certificate issued by the relevant vice-rectorate containing the following information: the title and date of the thesis, the name of the doctoral student, the name of the supervisor (or supervisors) and the grade obtained. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B3861E" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00443A51">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r>
         <w:t>The data provided on this form must coincide exactly with the certificate(s) submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F45881C" w14:textId="29D6B48E" w:rsidR="00947A1B" w:rsidRPr="00AC7C13" w:rsidRDefault="00947A1B" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r>
         <w:t>Repeat as many times as necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6342EDA7" w14:textId="76D00333" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
@@ -12311,59 +12233,51 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E669CFD" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Date of reading (dd/mm/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+        <w:t xml:space="preserve">Date of reading (dd/mm/yyyy): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41A1A480" w14:textId="43F0E8C9" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
@@ -12556,59 +12470,51 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4890BD7D" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Date of reading (dd/mm/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+        <w:t xml:space="preserve">Date of reading (dd/mm/yyyy): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C2497C" w14:textId="09C1CA9F" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
@@ -13050,106 +12956,122 @@
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Narrative summary of your research and transfer experience  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F24348" w14:textId="40CA5B2E" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r>
         <w:t>Preliminary note</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BADFB68" w14:textId="77777777" w:rsidR="00304C2D" w:rsidRDefault="00304C2D" w:rsidP="00304C2D">
       <w:r>
         <w:t xml:space="preserve">Those applying for accreditation as a full professor will be recognised as having sufficient merit in the corresponding block of research and knowledge transfer and exchange if they have funding from the ERC Consolidator Grant, Advanced Grant or Synergy Grant programmes, or in other competitive research calls for prestigious international individuals. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2487576C" w14:textId="3A435954" w:rsidR="00304C2D" w:rsidRDefault="00304C2D" w:rsidP="00304C2D">
       <w:r>
         <w:t>Apart from the above, for accreditation as an associate professor, those who have passed state research assessment procedures with a similarly high level of demand, such as the Incentive Programme for the Incorporation and Intensification of Research Activity (I3), those who have obtained the Certificate as established researchers (R3) and those with funding from the ERC's Starting Grant programme will also be eligible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C4763F7" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+    <w:p w14:paraId="2C4763F7" w14:textId="77777777" w:rsidR="00461773" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r>
         <w:t>If this applies to you, there is no need to fill out this section; simply attach the documentation that verifies the relevant research distinction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372C227B" w14:textId="2B6E9304" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
+    <w:p w14:paraId="2F41E3D2" w14:textId="55379F66" w:rsidR="00CE623F" w:rsidRPr="00CE623F" w:rsidRDefault="00CE623F" w:rsidP="00F051D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE623F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instructions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372C227B" w14:textId="4657BE45" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:r>
         <w:t>We assess an individual's activities by evaluating their contributions and analysing the narrative regarding the quality, relevance, and impact of those contributions.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CE623F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE623F" w:rsidRPr="00CE623F">
+        <w:t xml:space="preserve">It is necessary to provide evidence that supports the narrative </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE623F">
+        <w:t>summary</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE623F" w:rsidRPr="00CE623F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D92F000" w14:textId="3C132DB0" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00CE623F" w:rsidP="00F051D1">
+      <w:r>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r w:rsidR="00461773">
         <w:t xml:space="preserve"> indicate your main contributions in the following areas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DEBD764" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Research activity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74423361" w14:textId="7F491B5E" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r>
-        <w:t xml:space="preserve">Summarise your research, highlighting any publications produced during your postdoctoral studies. You should also defend the scientific and/or social impact of your publications and projects. Specify your contribution to the most important publications. Please outline the </w:t>
-[...3 lines deleted...]
-        <w:t>international or national scope of your activity, contributions and impact in terms of citizen science, contributions of local relevance in Catalan, the open access to the scientific and teaching contributions and their interdisciplinarity. Include your research stays and the resulting publications, prizes received, translations, and any artistic or architectural works or exhibitions, etc. You may also include congresses, scholarships, grants and any other research merits that you consider relevant.</w:t>
+        <w:t>Summarise your research, highlighting any publications produced during your postdoctoral studies. You should also defend the scientific and/or social impact of your publications and projects. Specify your contribution to the most important publications. Please outline the international or national scope of your activity, contributions and impact in terms of citizen science, contributions of local relevance in Catalan, the open access to the scientific and teaching contributions and their interdisciplinarity. Include your research stays and the resulting publications, prizes received, translations, and any artistic or architectural works or exhibitions, etc. You may also include congresses, scholarships, grants and any other research merits that you consider relevant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FB84DC" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r>
         <w:t>Transfer of knowledge and technology, and professional activity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEB20B4" w14:textId="3A24D532" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00080D8D" w:rsidP="00F051D1">
       <w:r>
-        <w:t xml:space="preserve">Outline the results of any processes intended to transfer knowledge, skills and/or innovations to </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> via companies, sectoral organisations, institutions or governmental bodies, and demonstrate that these activities have contributed to innovation, economic growth and development by solving real-world problems and/or improving products, processes or services.</w:t>
+        <w:t>Outline the results of any processes intended to transfer knowledge, skills and/or innovations to society as a whole, whether via companies, sectoral organisations, institutions or governmental bodies, and demonstrate that these activities have contributed to innovation, economic growth and development by solving real-world problems and/or improving products, processes or services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69526D29" w14:textId="7FA3E4F8" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r>
         <w:t xml:space="preserve">In terms of professional experience, highlight the most relevant activities that are directly related to your field of expertise. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B42B5A4" w14:textId="43DF10C8" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A.1 Research activity </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BA4C09" w14:textId="42A36EF1" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r>
         <w:t>A.1.1 Results of your research activity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19BD9E6C" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r>
@@ -13415,59 +13337,51 @@
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Other activities and outcomes of the transfer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A3F0293" w14:textId="066A3DBE" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:r>
         <w:t>The following merits may be included in this section:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2448122F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Activities that support scientific dissemination and culture, reflection on the role of science, technology and innovation </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> —such as publications, conferences, exhibitions, audiovisuals, collaboration with the media, legislative consultancy, law papers and other activities with social, artistic and cultural value— and promote an open and innovative science and innovation sector. </w:t>
+        <w:t xml:space="preserve">Activities that support scientific dissemination and culture, reflection on the role of science, technology and innovation in today's society —such as publications, conferences, exhibitions, audiovisuals, collaboration with the media, legislative consultancy, law papers and other activities with social, artistic and cultural value— and promote an open and innovative science and innovation sector. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BEE5536" w14:textId="7015BD3B" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Activities aimed at sharing research results, good practices or teaching methods, training workshops with companies and organisations, capacity building and social and transformative innovation programmes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0147E50B" w14:textId="59955FFE" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -13530,70 +13444,57 @@
     <w:p w14:paraId="09C4B281" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00AC7C13" w:rsidRDefault="006324E9">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="257CBB1C" w14:textId="320037B4" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Text2"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. University teaching dimension </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CAF65A" w14:textId="54C3C6DA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t>, applicants must provide, as evidence of the quality of their teaching, positive evaluations of their teaching undertaken by their universities using a teaching evaluation manual certified by AQU Catalunya or similar programmes (e.g. DOCENTIA) run by other member agencies in the REACU network.</w:t>
+      <w:r>
+        <w:t>As a general rule, applicants must provide, as evidence of the quality of their teaching, positive evaluations of their teaching undertaken by their universities using a teaching evaluation manual certified by AQU Catalunya or similar programmes (e.g. DOCENTIA) run by other member agencies in the REACU network.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2179369C" w14:textId="3AC9438F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r>
-        <w:t xml:space="preserve">For associate professor accreditation, candidates with one positive evaluation issued by their university in accordance with the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> are deemed to have demonstrated sufficient proficiency in this dimension. Applicants for full professor accreditation will require two positive evaluations.</w:t>
+        <w:t>For associate professor accreditation, candidates with one positive evaluation issued by their university in accordance with the aforementioned criteria are deemed to have demonstrated sufficient proficiency in this dimension. Applicants for full professor accreditation will require two positive evaluations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6193C8F3" w14:textId="48AECB83" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r>
         <w:t>For those who have developed their research and teaching careers abroad or in Spanish universities that do not have a certified teaching assessment manual, or who do not meet the requirements to apply for direct assessment based on the university's manual, the dimensions to be assessed are as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D90F4E1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Evolution and quality of the university teaching experience</w:t>
       </w:r>
@@ -13678,59 +13579,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>This section may include any ongoing supervision of doctoral theses, curricular tutorials, involvement in course design commissions, design of new subjects, coordination of special activities, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2C8449" w14:textId="5E04E4E1" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">It may also include the development of educational resources that are preferably available in unrestricted open access through institutional, thematic or generalist repositories and subject to academic and/or external evaluation. Teaching manuals and textbooks are assessed </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the prestige of the publisher, the people behind the publication, the collection in which the work is published, any awards it may have won and the reviews it has received, among other factors.</w:t>
+        <w:t>It may also include the development of educational resources that are preferably available in unrestricted open access through institutional, thematic or generalist repositories and subject to academic and/or external evaluation. Teaching manuals and textbooks are assessed on the basis of the prestige of the publisher, the people behind the publication, the collection in which the work is published, any awards it may have won and the reviews it has received, among other factors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711D8F64" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="003D5DBB">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Hlk209780037"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Narrative summary of </w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t xml:space="preserve">the evolution and quality of your university teaching experience </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226399B7" w14:textId="1E6D5A64" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r>
         <w:t>It is mandatory to include, in a single file, documentary evidence of your teaching quality, which must contain a description and assessment of the following elements:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620CB7E0" w14:textId="156F9512" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
@@ -13786,59 +13679,51 @@
       <w:r>
         <w:t>Evaluation by an academic superior. Evidence: report from an academic supervisor on the quality of your teaching activity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="505B644B" w14:textId="6683622D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Management of or participation in teaching innovation projects. Evidence: award certificate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331D992C" w14:textId="0B73D197" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r>
-        <w:t xml:space="preserve">In addition, your narrative summary may </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to other relevant aspects, such as:</w:t>
+        <w:t>In addition, your narrative summary may make reference to other relevant aspects, such as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="118A0A33" w14:textId="11F0C882" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Teaching training (placements in institutions, participation in courses, postgraduate courses and programmes, whether in your disciplinary field or specific to university teacher training). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B5F880" w14:textId="50A34F11" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
@@ -13886,65 +13771,52 @@
     </w:p>
     <w:p w14:paraId="3BFB16AC" w14:textId="4E1E2EDF" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00A67CE9">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r>
         <w:t>Preliminary note</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="306F643A" w14:textId="50CF3A61" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00BB0E46" w:rsidP="00644A7D">
       <w:r>
         <w:t>Exemption from the minimum teaching requirement: individuals who can demonstrate exceptional research achievements and have primarily built their careers in non-university research institutions or in foreign universities, where the criteria and assessment methods for teaching are challenging to translate into the Catalan Higher Education System, may obtain accreditation without fulfilling the usual requirements for teaching experience. This exemption is granted once the relevant specific commission of the CAR has verified these qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04134A78" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r>
         <w:t>If this applies to you, simply attach the documentation that verifies the relevant research distinction.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="288EE161" w14:textId="46B3E4B2" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> plurality, interdisciplinarity, teaching complexity and mode of teaching, which will be determined by, among other things, the following:</w:t>
+      <w:r>
+        <w:t>With regard to teaching activity, only official university teaching (undergraduate, postgraduate or doctorate) or the equivalent in a foreign university system will be considered. Teaching posts will be evaluated on the basis of plurality, interdisciplinarity, teaching complexity and mode of teaching, which will be determined by, among other things, the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6909C1" w14:textId="6E908B2F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>The number and diversity of subjects taught.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A7D77A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
@@ -14015,59 +13887,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Teaching in centres or on campuses other than the one to which they are attached.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28CB7567" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The supervision of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> degree final projects (TFG) and Master's degree final projects (TFM).</w:t>
+        <w:t>The supervision of Bachelor's degree final projects (TFG) and Master's degree final projects (TFM).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D36AFF7" w14:textId="41DAAAC3" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006B1B76" w:rsidP="00644A7D">
       <w:r>
         <w:t>Please provide the following details:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01106E5E" w14:textId="6D3D1812" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Number of full-time years (or equivalent part-time): </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -14367,122 +14231,90 @@
     <w:p w14:paraId="5D92E6E5" w14:textId="5D053FF0" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00644A7D">
       <w:r>
         <w:t xml:space="preserve">You must provide a certificate issued by the relevant vice-rectorate containing the following information: the title and date of the reading of the thesis, the name of the doctoral student, the name of the supervisor (or supervisors) and the grade obtained. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E60E877" w14:textId="4660CB83" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00644A7D">
       <w:r>
         <w:t>The data provided on this form must coincide exactly with the certificate(s) submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F53985D" w14:textId="16455A38" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">C.2 Leadership in the field of university and scientific management and administration </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FFCCB0" w14:textId="2EB145F7" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r>
         <w:t xml:space="preserve">Activities that demonstrate effective leadership within stable teaching and research teams or groups are highly valued. Among other factors, we consider the size and reputation of the teams, the activities carried out and the results achieved in the relevant field or for the institution itself, the vision with which the activities were implemented, the challenges confronted, and the implementation of transformations and changes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="685C5241" w14:textId="4F18D837" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r>
-        <w:t xml:space="preserve">The applicant's ability to attract talent —scientific and/or technical— through competitive calls is considered another aspect of leadership — e.g. FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriz de </w:t>
-[...15 lines deleted...]
-        <w:t>-Curie grants.</w:t>
+        <w:t>The applicant's ability to attract talent —scientific and/or technical— through competitive calls is considered another aspect of leadership — e.g. FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriz de Pinoso or Marie Skłodowska-Curie grants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E516AA" w14:textId="620B5CF3" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r>
         <w:t xml:space="preserve">Also included in this section are activities related to management and administration in academic and scientific settings: coordination of official degrees, editorial roles for scientific </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">journals or magazines, presidencies of assessment agency commissions, unipersonal positions in the university environment, as well as other functions that demonstrate leadership at institutional level and in transforming the university and scientific system. These activities are assessed in terms of the vision with which they have been carried out, the challenges faced, the innovations and improvements introduced in the exercise of the office, as well as the results obtained and the impact they have had on the body in question, on the institution as a whole or, where appropriate, in the local or social sphere. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37708A09" w14:textId="786D9616" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
       <w:r>
         <w:t>You can include up to 5 contributions, bearing in mind that you can group several items into a single contribution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CC6B0B" w14:textId="48337254" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Examples.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Editorial roles for scientific journals: Associate editor of journal X (JCR Q2) from </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to the present, Reviewer for journal Y (JCR Q1) on X occasions, and member of the editorial board of journal Z (JCR Q1) for so many years.</w:t>
+        <w:t xml:space="preserve"> Editorial roles for scientific journals: Associate editor of journal X (JCR Q2) from xxxx to the present, Reviewer for journal Y (JCR Q1) on X occasions, and member of the editorial board of journal Z (JCR Q1) for so many years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C71005" w14:textId="6AF719EE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">C.3 Recognition and responsibility in scientific organisations and scientific and technical committees </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9F41AE" w14:textId="7064ECAE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r>
-        <w:t xml:space="preserve">Positions of responsibility within the governing bodies of scientific associations or organisations or on national and international committees are highly valued. Specifically, the innovations and improvements introduced in the execution of these activities will be considered, in addition to the results obtained and their impact on the organisation itself, on the relevant discipline or field of knowledge, or, where appropriate, on </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Positions of responsibility within the governing bodies of scientific associations or organisations or on national and international committees are highly valued. Specifically, the innovations and improvements introduced in the execution of these activities will be considered, in addition to the results obtained and their impact on the organisation itself, on the relevant discipline or field of knowledge, or, where appropriate, on society as a whole.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA786FA" w14:textId="17276EE3" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r>
         <w:t>Recognition or awards received for excellence in academic activities, research, knowledge transfer and exchange with society will also be considered based on the prestige of the awarding institution, its national or international status and its relevance and impact.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidSect="009E0AF7">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0705A0CD" w14:textId="77777777" w:rsidR="00EC1661" w:rsidRDefault="00EC1661">
       <w:r>
         <w:separator/>
       </w:r>
@@ -17634,54 +17466,53 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="523247180">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="710619422">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="619262543">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1992710637">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="480196340">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="624971086">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="140"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -17816,50 +17647,51 @@
     <w:rsid w:val="001F0B99"/>
     <w:rsid w:val="001F6003"/>
     <w:rsid w:val="002026D0"/>
     <w:rsid w:val="00203E00"/>
     <w:rsid w:val="002107D0"/>
     <w:rsid w:val="00211CFE"/>
     <w:rsid w:val="00215D9C"/>
     <w:rsid w:val="00217B33"/>
     <w:rsid w:val="002205D9"/>
     <w:rsid w:val="00223071"/>
     <w:rsid w:val="00223731"/>
     <w:rsid w:val="00225341"/>
     <w:rsid w:val="0022635B"/>
     <w:rsid w:val="00230950"/>
     <w:rsid w:val="0023346E"/>
     <w:rsid w:val="00234493"/>
     <w:rsid w:val="00244EC9"/>
     <w:rsid w:val="002476AF"/>
     <w:rsid w:val="00250A73"/>
     <w:rsid w:val="00253844"/>
     <w:rsid w:val="00256FA0"/>
     <w:rsid w:val="00262336"/>
     <w:rsid w:val="00265CAE"/>
     <w:rsid w:val="00271BB1"/>
     <w:rsid w:val="002729B9"/>
+    <w:rsid w:val="00274119"/>
     <w:rsid w:val="00274CA9"/>
     <w:rsid w:val="002753D4"/>
     <w:rsid w:val="0027613D"/>
     <w:rsid w:val="00277687"/>
     <w:rsid w:val="00281F88"/>
     <w:rsid w:val="00283DE6"/>
     <w:rsid w:val="0028768F"/>
     <w:rsid w:val="00287B3A"/>
     <w:rsid w:val="00287F85"/>
     <w:rsid w:val="00292BAF"/>
     <w:rsid w:val="002A54F3"/>
     <w:rsid w:val="002A63EC"/>
     <w:rsid w:val="002B3F60"/>
     <w:rsid w:val="002B474C"/>
     <w:rsid w:val="002B713C"/>
     <w:rsid w:val="002C14FC"/>
     <w:rsid w:val="002C57C3"/>
     <w:rsid w:val="002C58D9"/>
     <w:rsid w:val="002C5B4A"/>
     <w:rsid w:val="002C5EAA"/>
     <w:rsid w:val="002C65AB"/>
     <w:rsid w:val="002D134B"/>
     <w:rsid w:val="002D6D58"/>
     <w:rsid w:val="002D7E50"/>
     <w:rsid w:val="002E4F88"/>
@@ -17922,50 +17754,51 @@
     <w:rsid w:val="003B47F6"/>
     <w:rsid w:val="003B7FFE"/>
     <w:rsid w:val="003C0417"/>
     <w:rsid w:val="003C1ED7"/>
     <w:rsid w:val="003C3EFB"/>
     <w:rsid w:val="003C414A"/>
     <w:rsid w:val="003C7F6F"/>
     <w:rsid w:val="003D04DA"/>
     <w:rsid w:val="003D08FF"/>
     <w:rsid w:val="003D213B"/>
     <w:rsid w:val="003D2D78"/>
     <w:rsid w:val="003D2EC3"/>
     <w:rsid w:val="003D46ED"/>
     <w:rsid w:val="003D5DBB"/>
     <w:rsid w:val="003D7185"/>
     <w:rsid w:val="003E1CEC"/>
     <w:rsid w:val="003E5E8F"/>
     <w:rsid w:val="003E64EE"/>
     <w:rsid w:val="003E72DC"/>
     <w:rsid w:val="003F0F08"/>
     <w:rsid w:val="003F3037"/>
     <w:rsid w:val="003F3FD7"/>
     <w:rsid w:val="003F4AE7"/>
     <w:rsid w:val="003F6841"/>
     <w:rsid w:val="003F7050"/>
+    <w:rsid w:val="00401CFB"/>
     <w:rsid w:val="00404C84"/>
     <w:rsid w:val="004052FC"/>
     <w:rsid w:val="00407D37"/>
     <w:rsid w:val="0041166E"/>
     <w:rsid w:val="004123D9"/>
     <w:rsid w:val="00414541"/>
     <w:rsid w:val="00416C2B"/>
     <w:rsid w:val="004173A8"/>
     <w:rsid w:val="00417D92"/>
     <w:rsid w:val="004212AB"/>
     <w:rsid w:val="004229A7"/>
     <w:rsid w:val="00422B32"/>
     <w:rsid w:val="004241DA"/>
     <w:rsid w:val="00425A4B"/>
     <w:rsid w:val="00431EF8"/>
     <w:rsid w:val="00431F09"/>
     <w:rsid w:val="00433844"/>
     <w:rsid w:val="00434F24"/>
     <w:rsid w:val="00443A51"/>
     <w:rsid w:val="00443F19"/>
     <w:rsid w:val="00445D09"/>
     <w:rsid w:val="004524D5"/>
     <w:rsid w:val="004526E5"/>
     <w:rsid w:val="0045424C"/>
     <w:rsid w:val="00455535"/>
@@ -18123,50 +17956,51 @@
     <w:rsid w:val="006B09EE"/>
     <w:rsid w:val="006B1B76"/>
     <w:rsid w:val="006B2873"/>
     <w:rsid w:val="006B2BF6"/>
     <w:rsid w:val="006B42FA"/>
     <w:rsid w:val="006C0834"/>
     <w:rsid w:val="006C0E3A"/>
     <w:rsid w:val="006C0E3C"/>
     <w:rsid w:val="006C1FD0"/>
     <w:rsid w:val="006C3E8D"/>
     <w:rsid w:val="006C49F6"/>
     <w:rsid w:val="006C6125"/>
     <w:rsid w:val="006C6CCB"/>
     <w:rsid w:val="006D0BB3"/>
     <w:rsid w:val="006D1013"/>
     <w:rsid w:val="006D5609"/>
     <w:rsid w:val="006D5B9D"/>
     <w:rsid w:val="006D5D2F"/>
     <w:rsid w:val="006D799F"/>
     <w:rsid w:val="006D7B49"/>
     <w:rsid w:val="006E1087"/>
     <w:rsid w:val="006E221A"/>
     <w:rsid w:val="006E6881"/>
     <w:rsid w:val="006E75A1"/>
     <w:rsid w:val="006F057B"/>
+    <w:rsid w:val="006F1F06"/>
     <w:rsid w:val="006F5BB6"/>
     <w:rsid w:val="006F6456"/>
     <w:rsid w:val="006F730F"/>
     <w:rsid w:val="007033D6"/>
     <w:rsid w:val="007050D1"/>
     <w:rsid w:val="007076B2"/>
     <w:rsid w:val="00710A61"/>
     <w:rsid w:val="00717265"/>
     <w:rsid w:val="00720230"/>
     <w:rsid w:val="007202FA"/>
     <w:rsid w:val="00722F79"/>
     <w:rsid w:val="0072422B"/>
     <w:rsid w:val="00724372"/>
     <w:rsid w:val="00724C59"/>
     <w:rsid w:val="00725006"/>
     <w:rsid w:val="00735C44"/>
     <w:rsid w:val="0074171B"/>
     <w:rsid w:val="00742330"/>
     <w:rsid w:val="007438BB"/>
     <w:rsid w:val="00743D15"/>
     <w:rsid w:val="00745565"/>
     <w:rsid w:val="00751E64"/>
     <w:rsid w:val="0075787E"/>
     <w:rsid w:val="007602AD"/>
     <w:rsid w:val="00762EA8"/>
@@ -18198,50 +18032,51 @@
     <w:rsid w:val="007C78DE"/>
     <w:rsid w:val="007D1316"/>
     <w:rsid w:val="007D3F89"/>
     <w:rsid w:val="007D6BF5"/>
     <w:rsid w:val="007D70EE"/>
     <w:rsid w:val="007D7239"/>
     <w:rsid w:val="007E2775"/>
     <w:rsid w:val="007E5506"/>
     <w:rsid w:val="007E56D7"/>
     <w:rsid w:val="007F6C57"/>
     <w:rsid w:val="007F7911"/>
     <w:rsid w:val="0080317A"/>
     <w:rsid w:val="008039D0"/>
     <w:rsid w:val="00807666"/>
     <w:rsid w:val="00812079"/>
     <w:rsid w:val="008130A7"/>
     <w:rsid w:val="00813E10"/>
     <w:rsid w:val="0081409B"/>
     <w:rsid w:val="0081712B"/>
     <w:rsid w:val="0082299F"/>
     <w:rsid w:val="00824C5F"/>
     <w:rsid w:val="00825205"/>
     <w:rsid w:val="008259D4"/>
     <w:rsid w:val="00840682"/>
     <w:rsid w:val="00843DBC"/>
+    <w:rsid w:val="00844540"/>
     <w:rsid w:val="00844F3D"/>
     <w:rsid w:val="00845160"/>
     <w:rsid w:val="00845C69"/>
     <w:rsid w:val="00846CA6"/>
     <w:rsid w:val="00850954"/>
     <w:rsid w:val="00851984"/>
     <w:rsid w:val="008524C3"/>
     <w:rsid w:val="0085258D"/>
     <w:rsid w:val="00852961"/>
     <w:rsid w:val="00854754"/>
     <w:rsid w:val="008548F2"/>
     <w:rsid w:val="00856CD1"/>
     <w:rsid w:val="008601D8"/>
     <w:rsid w:val="00864C31"/>
     <w:rsid w:val="00866E00"/>
     <w:rsid w:val="00870C39"/>
     <w:rsid w:val="00874B66"/>
     <w:rsid w:val="00886397"/>
     <w:rsid w:val="0089019F"/>
     <w:rsid w:val="008924FE"/>
     <w:rsid w:val="00894980"/>
     <w:rsid w:val="00895800"/>
     <w:rsid w:val="00896321"/>
     <w:rsid w:val="008A11CC"/>
     <w:rsid w:val="008A45D4"/>
@@ -18344,50 +18179,51 @@
     <w:rsid w:val="00A16E51"/>
     <w:rsid w:val="00A1747E"/>
     <w:rsid w:val="00A200A7"/>
     <w:rsid w:val="00A2059D"/>
     <w:rsid w:val="00A240E4"/>
     <w:rsid w:val="00A24E89"/>
     <w:rsid w:val="00A2571F"/>
     <w:rsid w:val="00A312E0"/>
     <w:rsid w:val="00A33924"/>
     <w:rsid w:val="00A44408"/>
     <w:rsid w:val="00A46200"/>
     <w:rsid w:val="00A465DF"/>
     <w:rsid w:val="00A46A50"/>
     <w:rsid w:val="00A50568"/>
     <w:rsid w:val="00A529C7"/>
     <w:rsid w:val="00A608ED"/>
     <w:rsid w:val="00A6488C"/>
     <w:rsid w:val="00A64C33"/>
     <w:rsid w:val="00A65DB3"/>
     <w:rsid w:val="00A67CE9"/>
     <w:rsid w:val="00A70149"/>
     <w:rsid w:val="00A714EF"/>
     <w:rsid w:val="00A71D8C"/>
     <w:rsid w:val="00A72C02"/>
     <w:rsid w:val="00A761CD"/>
+    <w:rsid w:val="00A806C5"/>
     <w:rsid w:val="00A830C2"/>
     <w:rsid w:val="00A84325"/>
     <w:rsid w:val="00A85E57"/>
     <w:rsid w:val="00A90E62"/>
     <w:rsid w:val="00A913D7"/>
     <w:rsid w:val="00A91B9D"/>
     <w:rsid w:val="00A96F98"/>
     <w:rsid w:val="00AA094F"/>
     <w:rsid w:val="00AA47DC"/>
     <w:rsid w:val="00AB0B1E"/>
     <w:rsid w:val="00AB179F"/>
     <w:rsid w:val="00AB204B"/>
     <w:rsid w:val="00AB7F13"/>
     <w:rsid w:val="00AC061E"/>
     <w:rsid w:val="00AC273B"/>
     <w:rsid w:val="00AC5D39"/>
     <w:rsid w:val="00AC6A9B"/>
     <w:rsid w:val="00AC6CC4"/>
     <w:rsid w:val="00AC7C13"/>
     <w:rsid w:val="00AD20B5"/>
     <w:rsid w:val="00AD4A32"/>
     <w:rsid w:val="00AD4B43"/>
     <w:rsid w:val="00AD52C2"/>
     <w:rsid w:val="00AD6863"/>
     <w:rsid w:val="00AD7473"/>
@@ -18507,50 +18343,51 @@
     <w:rsid w:val="00C87D51"/>
     <w:rsid w:val="00C901BD"/>
     <w:rsid w:val="00C91312"/>
     <w:rsid w:val="00C91860"/>
     <w:rsid w:val="00C94520"/>
     <w:rsid w:val="00C957DB"/>
     <w:rsid w:val="00C964C5"/>
     <w:rsid w:val="00C96DC0"/>
     <w:rsid w:val="00CA0451"/>
     <w:rsid w:val="00CA2C8A"/>
     <w:rsid w:val="00CA3D0A"/>
     <w:rsid w:val="00CA5CC5"/>
     <w:rsid w:val="00CA77CF"/>
     <w:rsid w:val="00CB2912"/>
     <w:rsid w:val="00CB3322"/>
     <w:rsid w:val="00CB52E0"/>
     <w:rsid w:val="00CB6E3D"/>
     <w:rsid w:val="00CB6F5B"/>
     <w:rsid w:val="00CC5854"/>
     <w:rsid w:val="00CD2EB6"/>
     <w:rsid w:val="00CD6CAD"/>
     <w:rsid w:val="00CE10ED"/>
     <w:rsid w:val="00CE3E20"/>
     <w:rsid w:val="00CE4920"/>
     <w:rsid w:val="00CE4E60"/>
+    <w:rsid w:val="00CE623F"/>
     <w:rsid w:val="00CE648B"/>
     <w:rsid w:val="00CE6C7A"/>
     <w:rsid w:val="00CE7A30"/>
     <w:rsid w:val="00CE7C57"/>
     <w:rsid w:val="00CF0005"/>
     <w:rsid w:val="00CF5C96"/>
     <w:rsid w:val="00CF6025"/>
     <w:rsid w:val="00D0314F"/>
     <w:rsid w:val="00D053ED"/>
     <w:rsid w:val="00D0770E"/>
     <w:rsid w:val="00D13A51"/>
     <w:rsid w:val="00D15ADD"/>
     <w:rsid w:val="00D16986"/>
     <w:rsid w:val="00D2057A"/>
     <w:rsid w:val="00D20733"/>
     <w:rsid w:val="00D22239"/>
     <w:rsid w:val="00D250B7"/>
     <w:rsid w:val="00D25C15"/>
     <w:rsid w:val="00D26357"/>
     <w:rsid w:val="00D26D23"/>
     <w:rsid w:val="00D40559"/>
     <w:rsid w:val="00D45CC3"/>
     <w:rsid w:val="00D45F95"/>
     <w:rsid w:val="00D506BF"/>
     <w:rsid w:val="00D53454"/>
@@ -18702,50 +18539,51 @@
     <w:rsid w:val="00FB71A6"/>
     <w:rsid w:val="00FC0798"/>
     <w:rsid w:val="00FC258D"/>
     <w:rsid w:val="00FC4613"/>
     <w:rsid w:val="00FD10E9"/>
     <w:rsid w:val="00FD1E68"/>
     <w:rsid w:val="00FD2BF4"/>
     <w:rsid w:val="00FD45FA"/>
     <w:rsid w:val="00FD5667"/>
     <w:rsid w:val="00FD7202"/>
     <w:rsid w:val="00FD7B87"/>
     <w:rsid w:val="00FE0D01"/>
     <w:rsid w:val="00FE1526"/>
     <w:rsid w:val="00FE1A98"/>
     <w:rsid w:val="00FE3F09"/>
     <w:rsid w:val="00FE4A82"/>
     <w:rsid w:val="05AAE008"/>
     <w:rsid w:val="0D24C83C"/>
     <w:rsid w:val="18439B2C"/>
     <w:rsid w:val="2071A05B"/>
     <w:rsid w:val="24D08FE6"/>
     <w:rsid w:val="286EC18B"/>
     <w:rsid w:val="2BBDD699"/>
     <w:rsid w:val="2E38B2A2"/>
     <w:rsid w:val="3292CA15"/>
+    <w:rsid w:val="3A2B820F"/>
     <w:rsid w:val="4573D915"/>
     <w:rsid w:val="4EAFC215"/>
     <w:rsid w:val="4FE63318"/>
     <w:rsid w:val="57B8AD5A"/>
     <w:rsid w:val="60CD4CA0"/>
     <w:rsid w:val="63EA8DAC"/>
     <w:rsid w:val="64989F6F"/>
     <w:rsid w:val="7BBFBEA2"/>
     <w:rsid w:val="7F7AB887"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -21379,64 +21217,81 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
     <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
     <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Anglès [EN]</Idioma>
     <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
     <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c42266edc5b81c2839faf1d90549fc0d" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="c13dec638fa44120265abac08cbaad3a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ef07d602f0d784f906f2f274620b634e" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -21690,284 +21545,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{417274F6-5EA0-43E9-9A8E-17549A4B9B60}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2882FF5E-7449-4B83-BDB5-BCE16FD5B659}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9537642-AEB4-4658-88BE-50173AF86913}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7028EC9B-AEF4-4F6A-972B-DC92D6436959}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-  </ds:schemaRefs>
-[...22 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>29</Pages>
-[...1 lines deleted...]
-  <Characters>30327</Characters>
+  <Pages>27</Pages>
+  <Words>5306</Words>
+  <Characters>30250</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>252</Lines>
-  <Paragraphs>71</Paragraphs>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35576</CharactersWithSpaces>
+  <CharactersWithSpaces>35486</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...110 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">