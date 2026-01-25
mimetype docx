--- v1 (2025-11-16)
+++ v2 (2026-01-25)
@@ -11,57 +11,57 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="41A32C5E" w14:textId="3E5E105A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="00641A63" w:rsidP="006324E9">
+    <w:p w14:paraId="41A32C5E" w14:textId="3E5E105A" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="00641A63" w:rsidP="006324E9">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
         <w:spacing w:before="1440"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk115255606"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41A32FA7" wp14:editId="58B55778">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-95637</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>106878</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1676400" cy="1143000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name="Imagen 3" descr="Logo AQU Catalunya"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagen 3" descr="Logo AQU Catalunya"/>
                     <pic:cNvPicPr>
@@ -79,14278 +79,14732 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1676400" cy="1143000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>CURRICULUM VITAE AQU CATALUNYA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73723F2D" w14:textId="4AAD967D" w:rsidR="00CB52E0" w:rsidRPr="00AC7C13" w:rsidRDefault="006324E9" w:rsidP="00B97AB0">
+    <w:p w14:paraId="73723F2D" w14:textId="4AAD967D" w:rsidR="00CB52E0" w:rsidRPr="00D81323" w:rsidRDefault="006324E9" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>Accreditation of associate professors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4B8BE7" w14:textId="36C6625A" w:rsidR="00CB52E0" w:rsidRPr="00AC7C13" w:rsidRDefault="006324E9" w:rsidP="00B97AB0">
+    <w:p w14:paraId="5B4B8BE7" w14:textId="36C6625A" w:rsidR="00CB52E0" w:rsidRPr="00D81323" w:rsidRDefault="006324E9" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>Accreditation of full professors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A32C65" w14:textId="77777777" w:rsidR="009A4273" w:rsidRPr="00AC7C13" w:rsidRDefault="009A4273" w:rsidP="007C78DE">
-[...1 lines deleted...]
-        <w:spacing w:before="1560" w:beforeAutospacing="0"/>
+    <w:p w14:paraId="6121548A" w14:textId="3D1E08CC" w:rsidR="00DF7F4B" w:rsidRPr="00D81323" w:rsidRDefault="00D81323" w:rsidP="00DF7F4B">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk114743512"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research </w:t>
+      </w:r>
+      <w:r w:rsidR="00127696">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81323">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctivity </w:t>
+      </w:r>
+      <w:r w:rsidR="00127696">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81323">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ssessment </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1C1C" w:rsidRPr="00DF68E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DF68E9" w:rsidRPr="00DF68E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sexennis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DF1C1C" w:rsidRPr="00DF68E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Taulaambquadrcula"/>
+        <w:tblW w:w="7764" w:type="dxa"/>
+        <w:tblInd w:w="1308" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7764"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DF7F4B" w:rsidRPr="00D81323" w14:paraId="52F84CED" w14:textId="77777777" w:rsidTr="00127696">
+        <w:trPr>
+          <w:trHeight w:val="1440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="520FE6E2" w14:textId="27D772E4" w:rsidR="00D81323" w:rsidRPr="00D81323" w:rsidRDefault="00D81323" w:rsidP="00D81323">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For the </w:t>
+            </w:r>
+            <w:r w:rsidR="00127696">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">esearch </w:t>
+            </w:r>
+            <w:r w:rsidR="00127696">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ctivity </w:t>
+            </w:r>
+            <w:r w:rsidR="00127696">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ssessment</w:t>
+            </w:r>
+            <w:r w:rsidR="00626985">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00626985">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sexennis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00626985">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please list all research merits, without applying the maximum limits established in accreditation calls.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F78A8FF" w14:textId="4719500E" w:rsidR="00DF7F4B" w:rsidRPr="00D81323" w:rsidRDefault="00D81323" w:rsidP="00D81323">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Do not complete the teaching dimension and do not attach any supporting documentation referred to in the CV.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="41A32C65" w14:textId="77777777" w:rsidR="009A4273" w:rsidRPr="00D81323" w:rsidRDefault="009A4273" w:rsidP="00D81323">
+      <w:pPr>
+        <w:spacing w:before="1200" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk114743512"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Name and surnames: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A32C66" w14:textId="77777777" w:rsidR="009A4273" w:rsidRPr="00AC7C13" w:rsidRDefault="009A4273" w:rsidP="007C78DE">
-[...1 lines deleted...]
-        <w:spacing w:after="1320" w:afterAutospacing="0"/>
+    <w:p w14:paraId="41A32C66" w14:textId="77777777" w:rsidR="009A4273" w:rsidRPr="00D81323" w:rsidRDefault="009A4273" w:rsidP="00D81323">
+      <w:pPr>
+        <w:spacing w:after="1080" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk114663619"/>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499B94FB" w14:textId="4650CA4B" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
+    <w:p w14:paraId="499B94FB" w14:textId="4650CA4B" w:rsidR="00566635" w:rsidRPr="00D81323" w:rsidRDefault="00566635" w:rsidP="00D81323">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
+        <w:spacing w:before="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk192153181"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">This CV is made available without prejudice to the fact that the applicant may be asked to expand on and justify the information contained within it during the assessment process. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2761D8" w14:textId="53DB6538" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
+    <w:p w14:paraId="0F2761D8" w14:textId="53DB6538" w:rsidR="00566635" w:rsidRPr="00D81323" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>AQU Catalunya will conduct an ex officio verification of the merits included in this CV.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012E7C25" w14:textId="151BE611" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
+    <w:p w14:paraId="012E7C25" w14:textId="151BE611" w:rsidR="00566635" w:rsidRPr="00D81323" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Instructions for completing the CV are provided at the end of this document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE92B0E" w14:textId="77777777" w:rsidR="00283DE6" w:rsidRPr="00AC7C13" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
+    <w:p w14:paraId="0FE92B0E" w14:textId="77777777" w:rsidR="00283DE6" w:rsidRPr="00D81323" w:rsidRDefault="00566635" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Please order your contributions chronologically, starting with the most recent and ending with the earliest.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105EA23E" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE">
+    <w:p w14:paraId="105EA23E" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF64B16" w14:textId="782CF924" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00807666">
+    <w:p w14:paraId="0BF64B16" w14:textId="782CF924" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Personal details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4248"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2130"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w14:paraId="01C19DA3" w14:textId="77777777">
+      <w:tr w:rsidR="003C7F6F" w:rsidRPr="00D81323" w14:paraId="01C19DA3" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3207096A" w14:textId="77777777" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="003C7F6F" w:rsidP="00A72C02">
+          <w:p w14:paraId="3207096A" w14:textId="77777777" w:rsidR="003C7F6F" w:rsidRPr="00D81323" w:rsidRDefault="003C7F6F" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Surnames and name</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FB299C2" w14:textId="4B5A0406" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="003C7F6F" w:rsidP="00A72C02">
+          <w:p w14:paraId="7FB299C2" w14:textId="4B5A0406" w:rsidR="003C7F6F" w:rsidRPr="00D81323" w:rsidRDefault="003C7F6F" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="6600D45E" w14:textId="77777777" w:rsidTr="00CE623F">
+      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00D81323" w14:paraId="6600D45E" w14:textId="77777777" w:rsidTr="00CE623F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC927BD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="7BC927BD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nationality</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F068056" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="6F068056" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Texto6"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67764BC4" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="67764BC4" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40458707" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="40458707" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Texto7"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4659F5CD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="4659F5CD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Sex</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0437A6A6" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="0437A6A6" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Casilla1"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male      </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Casilla2"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69EE3467" w14:textId="5D0FD38A" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00807666">
+    <w:p w14:paraId="69EE3467" w14:textId="5D0FD38A" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Current professional situation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="312B2856" w14:textId="77777777" w:rsidTr="00A72C02">
+      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00D81323" w14:paraId="312B2856" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="025D3F4C" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="025D3F4C" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Institution/agency/company</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E51F4EA" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="4E51F4EA" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Texto8"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="392D9897" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="392D9897" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2543B2B2" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="2543B2B2" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Texto9"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="3B3F1BCB" w14:textId="77777777" w:rsidTr="00A72C02">
+      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00D81323" w14:paraId="3B3F1BCB" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB744A1" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="5FB744A1" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Department, section, unit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14D0C914" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="14D0C914" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Texto10"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="28BED005" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="28BED005" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="3FB68BD8" w14:textId="77777777" w:rsidTr="00A72C02">
+      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00D81323" w14:paraId="3FB68BD8" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1A1BA0" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="7F1A1BA0" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Current professional category</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27A2C402" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="27A2C402" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Texto15"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A46565F" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="2A46565F" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Start date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="676C4596" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="676C4596" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Texto16"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="342FA67C" w14:textId="77777777" w:rsidTr="00A72C02">
+      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00D81323" w14:paraId="342FA67C" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="591FBD13" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="591FBD13" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Administrative status</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31A5796A" w14:textId="3B16F12E" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="31A5796A" w14:textId="3B16F12E" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Casilla3"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Civil servant    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Casilla4"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Contracted    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Casilla5"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Temporary    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Casilla7"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other status (please specify): </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Texto17"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w14:paraId="17CACCF1" w14:textId="77777777" w:rsidTr="00A72C02">
+      <w:tr w:rsidR="003B7FFE" w:rsidRPr="00D81323" w14:paraId="17CACCF1" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="0192277F" w14:textId="77777777" w:rsidR="00335BB9" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="0192277F" w14:textId="77777777" w:rsidR="00335BB9" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DBA869C" w14:textId="27C4E995" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
+          <w:p w14:paraId="1DBA869C" w14:textId="27C4E995" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Casilla8"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Full-time    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Casilla9"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Part-time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D07E15C" w14:textId="39D36BE8" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="006C0E3C">
+    <w:p w14:paraId="0D07E15C" w14:textId="39D36BE8" w:rsidR="003B7FFE" w:rsidRPr="00D81323" w:rsidRDefault="003B7FFE" w:rsidP="006C0E3C">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Scientific Identification  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="16A644CB" w14:textId="77777777" w:rsidTr="00335BB9">
+      <w:tr w:rsidR="008130A7" w:rsidRPr="00D81323" w14:paraId="16A644CB" w14:textId="77777777" w:rsidTr="00335BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75A3518F" w14:textId="2B27A535" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
-            <w:r w:rsidRPr="00AC7C13">
+          <w:p w14:paraId="75A3518F" w14:textId="2B27A535" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> ORCID ID: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="157CC2E1" w14:textId="0FFD53E9" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
-            <w:r w:rsidRPr="00AC7C13">
+          <w:p w14:paraId="157CC2E1" w14:textId="0FFD53E9" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Scopus ID: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E4CE2D0" w14:textId="139362A9" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
-            <w:r w:rsidRPr="00AC7C13">
+          <w:p w14:paraId="6E4CE2D0" w14:textId="139362A9" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Researcher ID: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="59D1E603" w14:textId="4BB86FAB" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="006C0E3C">
+    <w:p w14:paraId="59D1E603" w14:textId="4BB86FAB" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="006C0E3C">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Academic training</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2686"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1708"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="3380A5F8" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="008130A7" w:rsidRPr="00D81323" w14:paraId="3380A5F8" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08249BEA" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="08249BEA" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:left="-142" w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">University degree </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F7E22B1" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="7F7E22B1" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Texto19"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
-          <w:p w14:paraId="2505D378" w14:textId="456B9B47" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="2505D378" w14:textId="456B9B47" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8E5D1C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="6B8E5D1C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Average mark</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F96F60E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="4F96F60E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D6A4CBA" w14:textId="10C512B3" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="6D6A4CBA" w14:textId="10C512B3" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Texto20"/>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="220E6D04" w14:textId="03FAB584" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="220E6D04" w14:textId="03FAB584" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E78E63B" w14:textId="78EA33A5" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="1E78E63B" w14:textId="78EA33A5" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F252C9E" w14:textId="4BF547BE" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="1F252C9E" w14:textId="4BF547BE" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="702D724D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="702D724D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date of award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A86EA10" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="1A86EA10" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44CE257B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="44CE257B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="1E6468C2" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="008130A7" w:rsidRPr="00D81323" w14:paraId="1E6468C2" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0E2F9F" w14:textId="29A63EC1" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00CE648B">
+          <w:p w14:paraId="6A0E2F9F" w14:textId="29A63EC1" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="00CE648B">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd cycle: Master's, Postgraduate </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D45C64C" w14:textId="2EE088BC" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="3D45C64C" w14:textId="2EE088BC" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38D51BCA" w14:textId="76EA52C9" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="38D51BCA" w14:textId="76EA52C9" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6297E77A" w14:textId="1682F02D" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="6297E77A" w14:textId="1682F02D" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Final mark</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D5AEE4B" w14:textId="77777777" w:rsidR="009A781A" w:rsidRPr="00AC7C13" w:rsidRDefault="009A781A" w:rsidP="0012133F">
+          <w:p w14:paraId="0D5AEE4B" w14:textId="77777777" w:rsidR="009A781A" w:rsidRPr="00D81323" w:rsidRDefault="009A781A" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="008130A7" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="008130A7" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="008130A7" w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="008130A7" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="008130A7" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EC47277" w14:textId="3D54F449" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="7EC47277" w14:textId="3D54F449" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5168388A" w14:textId="3FC10221" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="5168388A" w14:textId="3FC10221" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15091FF5" w14:textId="335E4CC7" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="15091FF5" w14:textId="335E4CC7" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A1BC802" w14:textId="34FD681A" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="1A1BC802" w14:textId="34FD681A" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36D4AB93" w14:textId="206AE073" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="36D4AB93" w14:textId="206AE073" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date of award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48279EC8" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="48279EC8" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33033DBE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="33033DBE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="3617D752" w14:textId="77777777" w:rsidTr="00034781">
+      <w:tr w:rsidR="008130A7" w:rsidRPr="00D81323" w14:paraId="3617D752" w14:textId="77777777" w:rsidTr="00034781">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0D139FF0" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="0D139FF0" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3rd cycle: Doctorate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44EB7C46" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="44EB7C46" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="190B6B37" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="190B6B37" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661CD207" w14:textId="7D4EE191" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="661CD207" w14:textId="7D4EE191" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AB24775" w14:textId="3F71740C" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="7AB24775" w14:textId="3F71740C" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="246C4971" w14:textId="64D34392" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="246C4971" w14:textId="64D34392" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="694A4A4B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="694A4A4B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date of award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6210FBB5" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="6210FBB5" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40952E23" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="0012133F">
+          <w:p w14:paraId="40952E23" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="0012133F">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="41A32CD7" w14:textId="27687E0A" w:rsidR="003B47F6" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00DE545B">
+    <w:p w14:paraId="41A32CD7" w14:textId="27687E0A" w:rsidR="003B47F6" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="00DE545B">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
         <w:spacing w:before="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Scientific or professional activities undertaken prior to your current situation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3408"/>
         <w:gridCol w:w="3629"/>
         <w:gridCol w:w="1467"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008130A7" w:rsidRPr="00AC7C13" w14:paraId="724911D5" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="008130A7" w:rsidRPr="00D81323" w14:paraId="724911D5" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3408" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2DE21D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="1F2DE21D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Situation/position</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E482962" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="3E482962" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71686CF0" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="71686CF0" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E28394F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="4E28394F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="782B6AEE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="782B6AEE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34B2277F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="34B2277F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31A1F081" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="31A1F081" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C9455A3" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="2C9455A3" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51A620B6" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="51A620B6" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Period</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D41BF6E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="6D41BF6E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E59CC96" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="0E59CC96" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="260A4014" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7">
+          <w:p w14:paraId="260A4014" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00D81323" w:rsidRDefault="008130A7">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41A32D00" w14:textId="23A96968" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="008130A7" w:rsidP="00807666">
+    <w:p w14:paraId="41A32D00" w14:textId="23A96968" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="008130A7" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Doctoral thesis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17BD76A0" w14:textId="77777777" w:rsidR="00A240E4" w:rsidRPr="00AC7C13" w:rsidRDefault="00A240E4" w:rsidP="00A240E4">
+    <w:p w14:paraId="17BD76A0" w14:textId="77777777" w:rsidR="00A240E4" w:rsidRPr="00D81323" w:rsidRDefault="00A240E4" w:rsidP="00A240E4">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>This can be repeated if you have more than one doctorate.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4103"/>
         <w:gridCol w:w="4401"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D04" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00D81323" w14:paraId="41A32D04" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="41A32D03" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
+          <w:p w14:paraId="41A32D03" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="007932B1">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Title: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D06" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00D81323" w14:paraId="41A32D06" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="41A32D05" w14:textId="2563AC72" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
+          <w:p w14:paraId="41A32D05" w14:textId="2563AC72" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="007932B1">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Supervisors:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D08" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00D81323" w14:paraId="41A32D08" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="41A32D07" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
+          <w:p w14:paraId="41A32D07" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="007932B1">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>University:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D0A" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00D81323" w14:paraId="41A32D0A" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="41A32D09" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
+          <w:p w14:paraId="41A32D09" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="007932B1">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Department: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00AC7C13" w14:paraId="41A32D0D" w14:textId="77777777" w:rsidTr="00CE623F">
+      <w:tr w:rsidR="009A7AEF" w:rsidRPr="00D81323" w14:paraId="41A32D0D" w14:textId="77777777" w:rsidTr="00CE623F">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A32D0B" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="007932B1">
+          <w:p w14:paraId="41A32D0B" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="007932B1">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Qualification: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC7C13">
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A32D0C" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="0053019D" w:rsidP="0053019D">
+          <w:p w14:paraId="41A32D0C" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="0053019D" w:rsidP="0053019D">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">European/international doctorate: </w:t>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Casilla10"/>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes   </w:t>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="23" w:name="Casilla11"/>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA7626" w:rsidRPr="00AC7C13" w14:paraId="41A32D10" w14:textId="77777777" w:rsidTr="00CE623F">
+      <w:tr w:rsidR="00DA7626" w:rsidRPr="00D81323" w14:paraId="41A32D10" w14:textId="77777777" w:rsidTr="00CE623F">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A32D0E" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="005F4028">
+          <w:p w14:paraId="41A32D0E" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="005F4028">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of thesis defence (dd/mm/yyyy):</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Date of thesis defence (dd/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41A32D0F" w14:textId="65E9CD4A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="005F4028">
+          <w:p w14:paraId="41A32D0F" w14:textId="65E9CD4A" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="005F4028">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of issue of diploma (dd/mm/yyyy):</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Date of issue of diploma (dd/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidR="007932B1" w:rsidRPr="00AC7C13">
+            <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2797CC2E" w14:textId="799E94C4" w:rsidR="0089019F" w:rsidRPr="00AC7C13" w:rsidRDefault="0085258D" w:rsidP="00807666">
+    <w:p w14:paraId="2797CC2E" w14:textId="799E94C4" w:rsidR="0089019F" w:rsidRPr="00D81323" w:rsidRDefault="0085258D" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Accreditations and periods of research, transfer, teaching and management </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0482ACA4" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="00994D53">
+    <w:p w14:paraId="0482ACA4" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00D81323" w:rsidRDefault="005A2FBD" w:rsidP="00994D53">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Indicate, if applicable, whether you hold any teaching accreditation from AQU, ANECA or similar and the number of research (six-year periods), transfer, teaching (five-year periods) and management periods positively evaluated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5825FCD8" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
+    <w:p w14:paraId="5825FCD8" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00D81323" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Accreditations obtained (specify the agency): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4461C0B6" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
+    <w:p w14:paraId="4461C0B6" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00D81323" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Number of successful research periods at regional level (evaluated by AQU): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752AE293" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
+    <w:p w14:paraId="752AE293" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00D81323" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Number of successful research periods at state level (evaluated by CNEAI): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09432727" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
+    <w:p w14:paraId="09432727" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00D81323" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Number of successful transfer periods: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7041BF7C" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
+    <w:p w14:paraId="7041BF7C" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00D81323" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Number of successful teaching periods: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41200827" w14:textId="255BDA5B" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
+    <w:p w14:paraId="41200827" w14:textId="255BDA5B" w:rsidR="005A2FBD" w:rsidRPr="00D81323" w:rsidRDefault="005A2FBD" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of successful management periods: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C806777" w14:textId="77777777" w:rsidR="0091078D" w:rsidRDefault="0091078D">
+    <w:p w14:paraId="2C806777" w14:textId="77777777" w:rsidR="0091078D" w:rsidRPr="00D81323" w:rsidRDefault="0091078D">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC8CB6F" w14:textId="398132A3" w:rsidR="00BF480D" w:rsidRPr="00AC7C13" w:rsidRDefault="00AE49F3" w:rsidP="00807666">
+    <w:p w14:paraId="7EC8CB6F" w14:textId="398132A3" w:rsidR="00BF480D" w:rsidRPr="00D81323" w:rsidRDefault="00AE49F3" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Breaks for maternity or paternity leave, leaves of absence for caregiving, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4538D1F5" w14:textId="49D2F3EC" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00735C44" w:rsidP="003C7F6F">
+    <w:p w14:paraId="4538D1F5" w14:textId="49D2F3EC" w:rsidR="00985F81" w:rsidRPr="00D81323" w:rsidRDefault="00735C44" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>If applicable, please indicate and specify the duration of any breaks for maternity or paternity leave and periods of leave for childcare, caring for first-degree dependent family members, reasons related to gender violence, terrorist violence, long-term sick leave, or participation in community service initiatives.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC195BA" w14:textId="18EB0220" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
+    <w:p w14:paraId="2FC195BA" w14:textId="18EB0220" w:rsidR="001B460C" w:rsidRPr="00D81323" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Periods of maternity or paternity leave: </w:t>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1269C631" w14:textId="1AE50DDC" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
+    <w:p w14:paraId="1269C631" w14:textId="1AE50DDC" w:rsidR="001B460C" w:rsidRPr="00D81323" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Periods of leave for childcare: </w:t>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17CB7307" w14:textId="2CAAF88F" w:rsidR="001B460C" w:rsidRPr="00D64BBA" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
+    <w:p w14:paraId="17CB7307" w14:textId="2CAAF88F" w:rsidR="001B460C" w:rsidRPr="00D81323" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Periods of leave for care of other family members: </w:t>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00650917" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37770B0C" w14:textId="71A7D8CE" w:rsidR="00D64BBA" w:rsidRPr="00AC7C13" w:rsidRDefault="00D64BBA" w:rsidP="003C7F6F">
+    <w:p w14:paraId="37770B0C" w14:textId="71A7D8CE" w:rsidR="00D64BBA" w:rsidRPr="00D81323" w:rsidRDefault="00D64BBA" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Periods of long-term sick leave: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC2674C" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
+    <w:p w14:paraId="1DC2674C" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00D81323" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30315087" w14:textId="77777777" w:rsidR="007C78DE" w:rsidRPr="00AC7C13" w:rsidRDefault="007C78DE" w:rsidP="00A2059D">
+    <w:p w14:paraId="30315087" w14:textId="77777777" w:rsidR="007C78DE" w:rsidRPr="00D81323" w:rsidRDefault="007C78DE" w:rsidP="00A2059D">
       <w:bookmarkStart w:id="24" w:name="_Hlk191553244"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58BEC1B7" w14:textId="677FE2EB" w:rsidR="00E27B2C" w:rsidRPr="00AC7C13" w:rsidRDefault="00625845" w:rsidP="00223731">
+    <w:p w14:paraId="58BEC1B7" w14:textId="677FE2EB" w:rsidR="00E27B2C" w:rsidRPr="00D81323" w:rsidRDefault="00625845" w:rsidP="00223731">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>A. Research and transfer dimension</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACCDAAC" w14:textId="61834E68" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="0091078D" w:rsidP="007C78DE">
+    <w:p w14:paraId="1ACCDAAC" w14:textId="61834E68" w:rsidR="00566635" w:rsidRPr="00D81323" w:rsidRDefault="0091078D" w:rsidP="007C78DE">
       <w:hyperlink w:anchor="Text1" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00D81323">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>Instructions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51E600D4" w14:textId="3FCBFF9E" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="003D5DBB">
+    <w:p w14:paraId="51E600D4" w14:textId="3FCBFF9E" w:rsidR="00985F81" w:rsidRPr="00D81323" w:rsidRDefault="00985F81" w:rsidP="003D5DBB">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Narrative summary of your research and transfer experience  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A567499" w14:textId="0FD4170F" w:rsidR="00037DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001B4AFD" w:rsidP="00782E63">
-      <w:r>
+    <w:p w14:paraId="3A567499" w14:textId="0FD4170F" w:rsidR="00037DB3" w:rsidRPr="00D81323" w:rsidRDefault="001B4AFD" w:rsidP="00782E63">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Summarise the most significant elements of your research and transfer experience </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(maximum 3,600 characters).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACC9C1A" w14:textId="6F682637" w:rsidR="00223731" w:rsidRPr="00AC7C13" w:rsidRDefault="00223731" w:rsidP="00C038B3">
+    <w:p w14:paraId="5ACC9C1A" w14:textId="6F682637" w:rsidR="00223731" w:rsidRPr="00D81323" w:rsidRDefault="00223731" w:rsidP="00C038B3">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:p w14:paraId="17079146" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00985F81">
+    <w:p w14:paraId="17079146" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00D81323" w:rsidRDefault="00985F81" w:rsidP="00985F81">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="593D7150" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00EB0AED">
+    <w:p w14:paraId="593D7150" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00D81323" w:rsidRDefault="00985F81" w:rsidP="00EB0AED">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FB20343" w14:textId="672E3434" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7">
+    <w:p w14:paraId="6FB20343" w14:textId="672E3434" w:rsidR="00535CD7" w:rsidRPr="00D81323" w:rsidRDefault="00535CD7">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FC83F6" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
+    <w:p w14:paraId="11FC83F6" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00D81323" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A.1 Research activity </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5F2A65" w14:textId="33D74934" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
+    <w:p w14:paraId="1F5F2A65" w14:textId="33D74934" w:rsidR="00535CD7" w:rsidRPr="00D81323" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>A.1.1 Results of your research activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528E7CA3" w14:textId="10942258" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00FB0BC7">
+    <w:p w14:paraId="528E7CA3" w14:textId="10942258" w:rsidR="00535CD7" w:rsidRPr="00D81323" w:rsidRDefault="00535CD7" w:rsidP="00FB0BC7">
       <w:bookmarkStart w:id="25" w:name="_Hlk189671177"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Identification. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Please provide the following details as appropriate for each contribution: authors in order of signature (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>put an asterisk in front of your name if you were the corresponding author</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>), title, year of publication, key (A article</w:t>
       </w:r>
-      <w:r w:rsidR="00002D34">
+      <w:r w:rsidR="00002D34" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> R review</w:t>
       </w:r>
-      <w:r w:rsidR="00002D34">
+      <w:r w:rsidR="00002D34" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, B book, C </w:t>
       </w:r>
-      <w:r w:rsidR="00D45F95">
+      <w:r w:rsidR="00D45F95" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidR="00002D34">
+      <w:r w:rsidR="00002D34" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">ook </w:t>
       </w:r>
-      <w:r w:rsidR="00D45F95">
+      <w:r w:rsidR="00D45F95" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00002D34">
+      <w:r w:rsidR="00002D34" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>hapter, etc.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>), journal or editorial (title, volume, initial and final page), ISSN or ISBN, DOI and navigable hyperlink to the publication.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0FE969" w14:textId="2E7EA585" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="000C4AE9">
+    <w:p w14:paraId="0B0FE969" w14:textId="659135C8" w:rsidR="00535CD7" w:rsidRPr="00D81323" w:rsidRDefault="00535CD7" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Quality indicators. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide evidence of the relevance and impact of each of the contributions. </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D36907">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>If the scientific contribution is indexed, include the bibliometric indicators of its quality</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36907" w:rsidRPr="00D36907">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. You can also indicate </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36907">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the number of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36907" w:rsidRPr="00D36907">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">citations received, downloads, presence in institutional repositories, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36907">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36907" w:rsidRPr="00D36907">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pen </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36907">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36907" w:rsidRPr="00D36907">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>ccess, etc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>maximum 300 characters</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p w14:paraId="752D8A22" w14:textId="035542B8" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00225341">
+    <w:p w14:paraId="752D8A22" w14:textId="035542B8" w:rsidR="00535CD7" w:rsidRPr="00D81323" w:rsidRDefault="00535CD7" w:rsidP="00225341">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Repeat as many times as necessary, up to </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a maximum of 20 contributions</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> (associate professors) and </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>50 contributions</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> (full professors). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E40D8D" w14:textId="3877A42C" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="000C4AE9">
+    <w:p w14:paraId="57E40D8D" w14:textId="3877A42C" w:rsidR="00535CD7" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E326545" w14:textId="27026940" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
+    <w:p w14:paraId="0E326545" w14:textId="27026940" w:rsidR="00535CD7" w:rsidRPr="00D81323" w:rsidRDefault="00535CD7" w:rsidP="00535CD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Identification:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E63AD9B" w14:textId="604CE8B5" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
+    <w:p w14:paraId="3E63AD9B" w14:textId="604CE8B5" w:rsidR="00777862" w:rsidRPr="00D81323" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Authors in order of signature</w:t>
       </w:r>
-      <w:r w:rsidR="00CE623F">
+      <w:r w:rsidR="00CE623F" w:rsidRPr="00D81323">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1107ED3A" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
+    <w:p w14:paraId="1107ED3A" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00D81323" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78247C58" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
+    <w:p w14:paraId="78247C58" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00D81323" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Year of publication: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC3379A" w14:textId="095460C6" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
+    <w:p w14:paraId="2AC3379A" w14:textId="095460C6" w:rsidR="00777862" w:rsidRPr="00D81323" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Key: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E38DDB3" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
+    <w:p w14:paraId="1E38DDB3" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00D81323" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Journal or editorial (title, volume, initial and final page): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069DCBD6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
+    <w:p w14:paraId="069DCBD6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00D81323" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">ISSN or ISBN: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA17FDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
+    <w:p w14:paraId="6EA17FDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00D81323" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7B106F" w14:textId="19421EC9" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="00777862" w:rsidP="00CE623F">
+    <w:p w14:paraId="6A7B106F" w14:textId="19421EC9" w:rsidR="00777862" w:rsidRPr="00D81323" w:rsidRDefault="00777862" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Navigable hyperlink to the publication: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6215CB1E" w14:textId="06BB6E64" w:rsidR="003D213B" w:rsidRPr="00AC7C13" w:rsidRDefault="00535CD7" w:rsidP="00CE623F">
+    <w:p w14:paraId="6215CB1E" w14:textId="06BB6E64" w:rsidR="003D213B" w:rsidRPr="00D81323" w:rsidRDefault="00535CD7" w:rsidP="00CE623F">
       <w:pPr>
         <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Quality indicators: </w:t>
       </w:r>
-      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00777862" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00777862" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00777862" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00777862" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711CEEF0" w14:textId="0A25AACA" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="000C4AE9">
+    <w:p w14:paraId="711CEEF0" w14:textId="0A25AACA" w:rsidR="000C4AE9" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Hlk191550280"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CE6686" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
+    <w:p w14:paraId="76CE6686" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00D81323" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Identification:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="674026ED" w14:textId="25E864BD" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="3A2B820F">
+    <w:p w14:paraId="674026ED" w14:textId="25E864BD" w:rsidR="00E03F60" w:rsidRPr="00D81323" w:rsidRDefault="00E03F60" w:rsidP="3A2B820F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Authors in order of signature: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23224E68" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
+    <w:p w14:paraId="23224E68" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00D81323" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7626AC5E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
+    <w:p w14:paraId="7626AC5E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00D81323" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Year of publication: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AF8204" w14:textId="4012EA93" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
+    <w:p w14:paraId="44AF8204" w14:textId="4012EA93" w:rsidR="00E03F60" w:rsidRPr="00D81323" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Key: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1BB4A3" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
+    <w:p w14:paraId="1C1BB4A3" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00D81323" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Journal or editorial (title, volume, initial and final page): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DED9B3E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
+    <w:p w14:paraId="6DED9B3E" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00D81323" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">ISSN or ISBN: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F69850C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
+    <w:p w14:paraId="4F69850C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00D81323" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E21EA03" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
+    <w:p w14:paraId="1E21EA03" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00D81323" w:rsidRDefault="00E03F60" w:rsidP="00CE623F">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Navigable hyperlink to the publication: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161B47F7" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
+    <w:p w14:paraId="161B47F7" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00D81323" w:rsidRDefault="00E03F60" w:rsidP="00E03F60">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Quality indicators: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13315413" w14:textId="78ED37ED" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
+    <w:p w14:paraId="13315413" w14:textId="78ED37ED" w:rsidR="000C4AE9" w:rsidRPr="00D81323" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Artistic creation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3322D309" w14:textId="03ABE83B" w:rsidR="00F20BD6" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="009816F6">
-      <w:r>
+    <w:p w14:paraId="3322D309" w14:textId="03ABE83B" w:rsidR="00F20BD6" w:rsidRPr="00D81323" w:rsidRDefault="000C4AE9" w:rsidP="009816F6">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Please provide the following details as appropriate for each contribution: title, description, dates, artistic discipline, objective and scale of the contribution, relevance, </w:t>
       </w:r>
-      <w:r w:rsidR="00463831">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00463831" w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>of innovation, circulation, repercussion and impact.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD5DE6F" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
+    <w:p w14:paraId="5CD5DE6F" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00D81323" w:rsidRDefault="000C4AE9" w:rsidP="000C4AE9">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Repeat as many times as necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05909990" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
+    <w:p w14:paraId="05909990" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00D81323" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C656B34" w14:textId="2B809745" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="1C656B34" w14:textId="2B809745" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CE59B1" w14:textId="01B22CF0" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="79CE59B1" w14:textId="01B22CF0" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Description: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C53D727" w14:textId="038F5648" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="7C53D727" w14:textId="038F5648" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Dates: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3771FD1D" w14:textId="281CF7E0" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="3771FD1D" w14:textId="281CF7E0" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Artistic discipline, objective and scale of the contribution: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B080473" w14:textId="04DFF621" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="2B080473" w14:textId="04DFF621" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Relevance: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9F6B1E" w14:textId="3FA6CE54" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00D26D23" w:rsidP="00C91860">
+    <w:p w14:paraId="6D9F6B1E" w14:textId="3FA6CE54" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00D26D23" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00C91860">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">Level </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:t xml:space="preserve">of innovation: </w:t>
       </w:r>
-      <w:r w:rsidR="00C91860" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C91860" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C91860" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C91860">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00C91860" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DD58B5" w14:textId="2C253F2D" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="17DD58B5" w14:textId="2C253F2D" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Circulation: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A0E681" w14:textId="6CF83F82" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="21A0E681" w14:textId="6CF83F82" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Repercussion: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F00110" w14:textId="6B747A53" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="12F00110" w14:textId="6B747A53" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Impact: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="175FCD22" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
+    <w:p w14:paraId="175FCD22" w14:textId="77777777" w:rsidR="00E45AA6" w:rsidRPr="00D81323" w:rsidRDefault="00E45AA6" w:rsidP="00E45AA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218FA016" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="218FA016" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DFD3679" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="1DFD3679" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Description: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161F8891" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="161F8891" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Dates: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C6D686" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="52C6D686" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Artistic discipline, objective and scale of the contribution: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3120C732" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="3120C732" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Relevance: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51868DF3" w14:textId="50C0CCB1" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00D26D23" w:rsidP="00C91860">
+    <w:p w14:paraId="51868DF3" w14:textId="50C0CCB1" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00D26D23" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00C91860">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">Level </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:t xml:space="preserve">of innovation: </w:t>
       </w:r>
-      <w:r w:rsidR="00C91860" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C91860" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C91860" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C91860">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00C91860" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C91860" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32007360" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="32007360" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Circulation: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56570A62" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="56570A62" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Repercussion: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643629A4" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00C91860">
+    <w:p w14:paraId="643629A4" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00C91860">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Impact: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF0C3AE" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="00C91860" w:rsidP="00E45AA6">
+    <w:p w14:paraId="1AF0C3AE" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00D81323" w:rsidRDefault="00C91860" w:rsidP="00E45AA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D89B785" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747">
+    <w:p w14:paraId="4D89B785" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37523512" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
+    <w:p w14:paraId="37523512" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>A.1.2 Competitive projects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B948421" w14:textId="2D8D8BC8" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="005C3213">
-      <w:r>
+    <w:p w14:paraId="6B948421" w14:textId="2D8D8BC8" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="005C3213">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Please provide the following: title of the project, funding body, grant reference, amount awarded, duration (from - to), name of the principal investigator and number of researchers in the group.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A259FA9" w14:textId="2558DD97" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="005C3213">
-      <w:r>
+    <w:p w14:paraId="0A259FA9" w14:textId="2558DD97" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="005C3213">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>For full professor:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005C3213">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="005C3213" w:rsidRPr="00D81323">
+        <w:t>For each project in which you were the principal investigator (PI) or co-PI, please provide a certificate issued by the university or research centre stating the following: the title of the project, the funding entity, the grant reference, the amount awarded, the duration of the project, the name of the PI and the number of researchers in the group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606AC872" w14:textId="0DFD58FE" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="005C3213">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>For associate professor:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> For each project you have participated in, please provide a certificate issued by the university or research centre stating the following: the title of the project, the funding entity, the grant reference, </w:t>
       </w:r>
-      <w:r w:rsidR="005C3213" w:rsidRPr="005C3213">
+      <w:r w:rsidR="005C3213" w:rsidRPr="00D81323">
         <w:t>the amount awarded, the duration of the project, the name of the PI and the number of researchers in the group.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DDD40B" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="005C3213">
+    <w:p w14:paraId="29DDD40B" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="005C3213">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:spacing w:before="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">You can include the most relevant projects (up to a </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>maximum of 5 projects</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64319A7C" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00225341">
+    <w:p w14:paraId="64319A7C" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A56E71" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="10A56E71" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title of the project: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358AABDC" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="358AABDC" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Funding entity: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EFE35A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="23EFE35A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Grant reference: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F1B1A9" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="44F1B1A9" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Amount awarded: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0739828E" w14:textId="256ED3D7" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="0739828E" w14:textId="256ED3D7" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Duration (from - to): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4452331D" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="4452331D" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Name of the principal investigator: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E7B206" w14:textId="3D8F0805" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="61E7B206" w14:textId="3D8F0805" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of researchers in the group: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532F4C7E" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
+    <w:p w14:paraId="532F4C7E" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648F08AA" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="648F08AA" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title of the project: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E4C4DBB" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="5E4C4DBB" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Funding entity: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="304EE5F6" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="304EE5F6" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Grant reference: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD8DED7" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="5DD8DED7" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Amount awarded: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E9BB17" w14:textId="066E7607" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="63E9BB17" w14:textId="066E7607" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Duration (from - to): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BB4B28" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="18BB4B28" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Name of the principal investigator: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643F034A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
+    <w:p w14:paraId="643F034A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00D81323" w:rsidRDefault="00FA390E" w:rsidP="00FA390E">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of researchers in the group: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4155A7E2" w14:textId="318432CF" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00AC7C13">
+    <w:p w14:paraId="4155A7E2" w14:textId="318432CF" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="00AC7C13">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>A.1.3 Stays, mobility and internationalisation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708137BF" w14:textId="6D502D0A" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00340D3C">
-      <w:r>
+    <w:p w14:paraId="708137BF" w14:textId="6D502D0A" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="00340D3C">
+      <w:r w:rsidRPr="00D81323">
         <w:t>For each contribution, please provide the following: key (doctoral, postdoctoral, guest, contracted, other to be specified), centre, supervisor's name, location and country, year, duration in months (only include stays longer than one month) and subject.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67286FD9" w14:textId="5EE9D10A" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00417D92">
+    <w:p w14:paraId="67286FD9" w14:textId="5EE9D10A" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="00417D92">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Please provide a teaching or research stay certificate issued by the host university or research centre, stating the start and end dates of the stay. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2498B054" w14:textId="71A262D3" w:rsidR="00417D92" w:rsidRPr="00AC7C13" w:rsidRDefault="00417D92" w:rsidP="00417D92">
+    <w:p w14:paraId="2498B054" w14:textId="71A262D3" w:rsidR="00417D92" w:rsidRPr="00D81323" w:rsidRDefault="00417D92" w:rsidP="00417D92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Repeat as many times as necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E2449F" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00225341">
+    <w:p w14:paraId="65E2449F" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5E631B" w14:textId="7CC7B1F0" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
+    <w:p w14:paraId="2B5E631B" w14:textId="7CC7B1F0" w:rsidR="003D2EC3" w:rsidRPr="00D81323" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Key (doctoral, postdoctoral, guest, contracted, other to be specified): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0CC62B" w14:textId="61660A75" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
+    <w:p w14:paraId="5F0CC62B" w14:textId="61660A75" w:rsidR="003D2EC3" w:rsidRPr="00D81323" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Centre: </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081B44C7" w14:textId="65E350D5" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
+    <w:p w14:paraId="081B44C7" w14:textId="65E350D5" w:rsidR="003D2EC3" w:rsidRPr="00D81323" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Name of the supervisor: </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192A4203" w14:textId="1384571B" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
+    <w:p w14:paraId="192A4203" w14:textId="1384571B" w:rsidR="003D2EC3" w:rsidRPr="00D81323" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Location and country: </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05333E04" w14:textId="31FCD664" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
+    <w:p w14:paraId="05333E04" w14:textId="31FCD664" w:rsidR="003D2EC3" w:rsidRPr="00D81323" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Year: </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2277031C" w14:textId="193F97A3" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
+    <w:p w14:paraId="2277031C" w14:textId="193F97A3" w:rsidR="003D2EC3" w:rsidRPr="00D81323" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Duration in months: </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76014FC6" w14:textId="32B049ED" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
+    <w:p w14:paraId="76014FC6" w14:textId="32B049ED" w:rsidR="003D2EC3" w:rsidRPr="00D81323" w:rsidRDefault="003D2EC3" w:rsidP="003D2EC3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Subject: </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00C94520" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32366924" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
+    <w:p w14:paraId="32366924" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5421091D" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="5421091D" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Key (doctoral, postdoctoral, guest, contracted, other to be specified): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12678444" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="12678444" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Centre: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2849D94E" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="2849D94E" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Name of the supervisor: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34224C72" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="34224C72" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Location and country: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DB735A" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="22DB735A" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Year: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E5178A" w14:textId="11C162AC" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="57E5178A" w14:textId="11C162AC" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Duration in months: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC4ECCA" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="0AC4ECCA" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Subject: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6C5D3F" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="00904747" w:rsidP="00904747">
+    <w:p w14:paraId="6C6C5D3F" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00D81323" w:rsidRDefault="00904747" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3868AE7A" w14:textId="5735ADB4" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="000C4AE9">
+    <w:p w14:paraId="3868AE7A" w14:textId="5735ADB4" w:rsidR="00B2650B" w:rsidRPr="00D81323" w:rsidRDefault="00B2650B" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p w14:paraId="07AAE4DD" w14:textId="3BB9E251" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00D87F83">
+    <w:p w14:paraId="07AAE4DD" w14:textId="3BB9E251" w:rsidR="009870B8" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00D87F83">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>A.2 Transfer of knowledge and technology, and professional activity </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5553178E" w14:textId="32F1E12A" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00417D92">
+    <w:p w14:paraId="5553178E" w14:textId="32F1E12A" w:rsidR="00B56F5F" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00417D92">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>A.2.1 Transfer of knowledge and technology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E41CCC" w14:textId="01BC6A79" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="00B56F5F" w:rsidP="009409C1">
+    <w:p w14:paraId="12E41CCC" w14:textId="01BC6A79" w:rsidR="00B56F5F" w:rsidRPr="00D81323" w:rsidRDefault="00B56F5F" w:rsidP="009409C1">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Patents </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F7812A" w14:textId="7D225B86" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00BF5DB3" w:rsidP="00340D3C">
-      <w:r>
+    <w:p w14:paraId="42F7812A" w14:textId="7D225B86" w:rsidR="00BF5DB3" w:rsidRPr="00D81323" w:rsidRDefault="00BF5DB3" w:rsidP="00340D3C">
+      <w:r w:rsidRPr="00D81323">
         <w:t>For each contribution, please provide the following: inventors (by order of signature), application number, priority country, priority date, year of award or exploitation, ownership entity, countries to which it has been extended and companies licensed to exploit it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68BB3467" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00AC7C13" w:rsidRDefault="00417D92" w:rsidP="00765ABB">
+    <w:p w14:paraId="68BB3467" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00D81323" w:rsidRDefault="00417D92" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>You can include up to 5 contributions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EA6438" w14:textId="52C7FE33" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00765ABB">
+    <w:p w14:paraId="50EA6438" w14:textId="52C7FE33" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B139016" w14:textId="109A08BB" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="4B139016" w14:textId="109A08BB" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Inventors (by order of signature): </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488B783B" w14:textId="4E1EF351" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="488B783B" w14:textId="4E1EF351" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Application number: </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299039EA" w14:textId="1B013D1B" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="299039EA" w14:textId="1B013D1B" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Priority country: </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0A8E9E" w14:textId="5502944B" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="1D0A8E9E" w14:textId="5502944B" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Priority date: </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="390DF740" w14:textId="2CE7E793" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="390DF740" w14:textId="2CE7E793" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Year of award or exploitation: </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D32066" w14:textId="2071449A" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="67D32066" w14:textId="2071449A" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Ownership entity: </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="298ED434" w14:textId="1BDCF59F" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="00C94520">
+    <w:p w14:paraId="298ED434" w14:textId="1BDCF59F" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="00C94520">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Countries to which it has been extended: </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00016773" w14:textId="7722CC4D" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="00C94520" w:rsidP="003447A3">
+    <w:p w14:paraId="00016773" w14:textId="7722CC4D" w:rsidR="00C94520" w:rsidRPr="00D81323" w:rsidRDefault="00C94520" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Companies licensed to exploit it: </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7D42BB" w14:textId="335D5341" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00A65DB3">
+    <w:p w14:paraId="3B7D42BB" w14:textId="335D5341" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00A65DB3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1114DF8E" w14:textId="758C2ED3" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="1114DF8E" w14:textId="758C2ED3" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Inventors (by order of signature): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D11297" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="68D11297" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Application number: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C31A0D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="37C31A0D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Priority country: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52CB2D7A" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="52CB2D7A" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Priority date: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="579C8978" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="579C8978" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Year of award or exploitation: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B52ACDE" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="2B52ACDE" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Ownership entity: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DBE862F" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="1DBE862F" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Countries to which it has been extended: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05510AB8" w14:textId="18EAB6DA" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="00A65DB3">
+    <w:p w14:paraId="05510AB8" w14:textId="18EAB6DA" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="00A65DB3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Companies licensed to exploit it: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D9EBC18" w14:textId="39F55F71" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="009D20B4" w:rsidP="009409C1">
+    <w:p w14:paraId="5D9EBC18" w14:textId="39F55F71" w:rsidR="00C76640" w:rsidRPr="00D81323" w:rsidRDefault="009D20B4" w:rsidP="009409C1">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Transfer contracts and agreements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58214179" w14:textId="2F215EC3" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00BF5DB3" w:rsidP="00C901BD">
-      <w:r>
+    <w:p w14:paraId="58214179" w14:textId="2F215EC3" w:rsidR="00BF5DB3" w:rsidRPr="00D81323" w:rsidRDefault="00BF5DB3" w:rsidP="00C901BD">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">For each contribution, please provide the following: type of participation, duration, funding, recruitment of staff, </w:t>
       </w:r>
-      <w:r w:rsidR="002D134B">
+      <w:r w:rsidR="002D134B" w:rsidRPr="00D81323">
         <w:t>level</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> of innovation and multi/interdisciplinarity, results, resulting products or services and social impact achieved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76DCF54C" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00AC7C13" w:rsidRDefault="00417D92" w:rsidP="00765ABB">
+    <w:p w14:paraId="76DCF54C" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00D81323" w:rsidRDefault="00417D92" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>You can include up to 5 contributions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648C497F" w14:textId="795C06E4" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00765ABB">
+    <w:p w14:paraId="648C497F" w14:textId="795C06E4" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473A61E1" w14:textId="17A2205D" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="473A61E1" w14:textId="17A2205D" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Type of participation: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C9DCF7" w14:textId="75418586" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="25C9DCF7" w14:textId="75418586" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Duration: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2EBC9B" w14:textId="3184A271" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="4C2EBC9B" w14:textId="3184A271" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Funding: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38066E16" w14:textId="04808A9E" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="38066E16" w14:textId="04808A9E" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Recruitment of staff: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BA0B6B" w14:textId="06ACB499" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="002D134B" w:rsidP="003447A3">
+    <w:p w14:paraId="69BA0B6B" w14:textId="06ACB499" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="002D134B" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Level</w:t>
       </w:r>
-      <w:r w:rsidR="003447A3">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> of innovation and multi/interdisciplinarity: </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003447A3">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21550860" w14:textId="368558B3" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="21550860" w14:textId="368558B3" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Results: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562F120E" w14:textId="62FF7E44" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="562F120E" w14:textId="62FF7E44" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Resulting products or services: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CA3AB0" w14:textId="7650A219" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="76CA3AB0" w14:textId="7650A219" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Social impact achieved: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584FA139" w14:textId="139303D7" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00417D92">
+    <w:p w14:paraId="584FA139" w14:textId="139303D7" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00417D92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFE31BA" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="1CFE31BA" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Type of participation: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EC662E4" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="5EC662E4" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Duration: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BCCB91D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="7BCCB91D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Funding: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E68A23" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="77E68A23" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Recruitment of staff: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624E639D" w14:textId="26D0AB35" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="002D134B" w:rsidP="003447A3">
+    <w:p w14:paraId="624E639D" w14:textId="26D0AB35" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="002D134B" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Level</w:t>
       </w:r>
-      <w:r w:rsidR="003447A3">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> of innovation and multi/interdisciplinarity: </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003447A3">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="003447A3" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74506476" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="74506476" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Results: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2AE852" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="003447A3">
+    <w:p w14:paraId="4B2AE852" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Resulting products or services: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="698E8E83" w14:textId="4E12F422" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="003447A3" w:rsidP="00417D92">
+    <w:p w14:paraId="698E8E83" w14:textId="4E12F422" w:rsidR="003447A3" w:rsidRPr="00D81323" w:rsidRDefault="003447A3" w:rsidP="00417D92">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Social impact achieved: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F13830" w14:textId="77ABDB6E" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="00C76640" w:rsidP="009409C1">
+    <w:p w14:paraId="15F13830" w14:textId="77ABDB6E" w:rsidR="00C76640" w:rsidRPr="00D81323" w:rsidRDefault="00C76640" w:rsidP="009409C1">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Other activities and outcomes of the transfer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A387F49" w14:textId="44630B2E" w:rsidR="00782077" w:rsidRPr="00AC7C13" w:rsidRDefault="00782077" w:rsidP="00B634A6">
-      <w:r>
+    <w:p w14:paraId="1A387F49" w14:textId="44630B2E" w:rsidR="00782077" w:rsidRPr="00D81323" w:rsidRDefault="00782077" w:rsidP="00B634A6">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Please provide evidence to support these merits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A61D75A" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
+    <w:p w14:paraId="0A61D75A" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00D81323" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>You can include up to 5 contributions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E08043" w14:textId="0BC96F18" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
+    <w:p w14:paraId="27E08043" w14:textId="0BC96F18" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2257F77C" w14:textId="263C7A26" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
+    <w:p w14:paraId="2257F77C" w14:textId="263C7A26" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E2661A7" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00AC7C13" w:rsidRDefault="00417D92">
+    <w:p w14:paraId="3E2661A7" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00D81323" w:rsidRDefault="00417D92">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613EC563" w14:textId="21EDE2E6" w:rsidR="00FE1526" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00497B59">
+    <w:p w14:paraId="613EC563" w14:textId="21EDE2E6" w:rsidR="00FE1526" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00497B59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A.2.2 Professional activity </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635929F2" w14:textId="7E8A56A9" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="003B1176" w:rsidP="00B634A6">
-      <w:r>
+    <w:p w14:paraId="635929F2" w14:textId="7E8A56A9" w:rsidR="00B634A6" w:rsidRPr="00D81323" w:rsidRDefault="003B1176" w:rsidP="00B634A6">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">For each contribution, please provide the name of the company or institution, the position, </w:t>
       </w:r>
-      <w:r w:rsidR="009716DD">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="009716DD" w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">employment type </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>(full or part-time) and the period (start and end date).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="026A8233" w14:textId="726C018D" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
+    <w:p w14:paraId="026A8233" w14:textId="726C018D" w:rsidR="00765ABB" w:rsidRPr="00D81323" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Repeat as many times as necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3038FEDD" w14:textId="7D5AB198" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="009870B8" w:rsidP="009870B8">
+    <w:p w14:paraId="3038FEDD" w14:textId="7D5AB198" w:rsidR="009870B8" w:rsidRPr="00D81323" w:rsidRDefault="009870B8" w:rsidP="009870B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78AD342F" w14:textId="7564658C" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
+    <w:p w14:paraId="78AD342F" w14:textId="7564658C" w:rsidR="00B634A6" w:rsidRPr="00D81323" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Company or institution: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B7F8B8" w14:textId="6DFF4465" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
+    <w:p w14:paraId="27B7F8B8" w14:textId="6DFF4465" w:rsidR="00B634A6" w:rsidRPr="00D81323" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Position: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CD783E" w14:textId="731D1B67" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="009716DD" w:rsidP="00B634A6">
+    <w:p w14:paraId="57CD783E" w14:textId="731D1B67" w:rsidR="00B634A6" w:rsidRPr="00D81323" w:rsidRDefault="009716DD" w:rsidP="00B634A6">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="009716DD">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Employment type</w:t>
       </w:r>
-      <w:r w:rsidR="00B634A6">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> (full or part-time): </w:t>
       </w:r>
-      <w:r w:rsidR="00B634A6" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00B634A6" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B634A6" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B634A6">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00B634A6" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132E778E" w14:textId="5B977F00" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="009870B8">
+    <w:p w14:paraId="132E778E" w14:textId="5B977F00" w:rsidR="00B634A6" w:rsidRPr="00D81323" w:rsidRDefault="00B634A6" w:rsidP="009870B8">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Period (start and end date): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6542F18E" w14:textId="799E3546" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="009870B8" w:rsidP="009870B8">
+    <w:p w14:paraId="6542F18E" w14:textId="799E3546" w:rsidR="009870B8" w:rsidRPr="00D81323" w:rsidRDefault="009870B8" w:rsidP="009870B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641FE61E" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
+    <w:p w14:paraId="641FE61E" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00D81323" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Company or institution: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CBEFBB" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
+    <w:p w14:paraId="36CBEFBB" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00D81323" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Position: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B8A2D0" w14:textId="5AEADC13" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="009716DD" w:rsidP="00B634A6">
+    <w:p w14:paraId="48B8A2D0" w14:textId="5AEADC13" w:rsidR="00B634A6" w:rsidRPr="00D81323" w:rsidRDefault="009716DD" w:rsidP="00B634A6">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="009716DD">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Employment type </w:t>
       </w:r>
-      <w:r w:rsidR="00B634A6">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:t xml:space="preserve">(full or part-time): </w:t>
       </w:r>
-      <w:r w:rsidR="00B634A6" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00B634A6" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B634A6" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B634A6">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00B634A6" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B634A6" w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E4AE325" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
+    <w:p w14:paraId="6E4AE325" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00D81323" w:rsidRDefault="00B634A6" w:rsidP="00B634A6">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Period (start and end date): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D83F44E" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00765ABB"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0D83F44E" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00765ABB"/>
+    <w:p w14:paraId="14DC318E" w14:textId="77777777" w:rsidR="00870C39" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00765ABB">
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6435C273" w14:textId="75275708" w:rsidR="008F758E" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00765ABB">
+    <w:p w14:paraId="6435C273" w14:textId="75275708" w:rsidR="008F758E" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. University teaching dimension </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BAFBBAB" w14:textId="133132F5" w:rsidR="00947A1B" w:rsidRPr="00AC7C13" w:rsidRDefault="0091078D" w:rsidP="00765ABB">
+    <w:p w14:paraId="6BAFBBAB" w14:textId="133132F5" w:rsidR="00947A1B" w:rsidRPr="00D81323" w:rsidRDefault="0091078D" w:rsidP="00765ABB">
       <w:hyperlink w:anchor="Text2" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00D81323">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>Instructions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EBDBDBA" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="001620C0">
+    <w:p w14:paraId="5EBDBDBA" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00D81323" w:rsidRDefault="00985F81" w:rsidP="001620C0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Narrative summary of the evolution and quality of your university teaching experience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00FB09D3" w14:textId="60B8D671" w:rsidR="00CD6CAD" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="002B713C">
+    <w:p w14:paraId="00FB09D3" w14:textId="60B8D671" w:rsidR="00CD6CAD" w:rsidRPr="00D81323" w:rsidRDefault="00985F81" w:rsidP="002B713C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Summarise the most significant elements of your university teaching experience </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(maximum 3,600 characters).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0E5DE1" w14:textId="335B8A9E" w:rsidR="008F758E" w:rsidRPr="00AC7C13" w:rsidRDefault="00C038B3" w:rsidP="00A312E0">
+    <w:p w14:paraId="7F0E5DE1" w14:textId="335B8A9E" w:rsidR="008F758E" w:rsidRPr="00D81323" w:rsidRDefault="00C038B3" w:rsidP="00A312E0">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1354FDCE" w14:textId="77777777" w:rsidR="00AD52C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD52C2" w:rsidP="00765ABB">
-      <w:r>
+    <w:p w14:paraId="1354FDCE" w14:textId="77777777" w:rsidR="00AD52C2" w:rsidRPr="00D81323" w:rsidRDefault="00AD52C2" w:rsidP="00765ABB">
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46020D30" w14:textId="74CD52CD" w:rsidR="00434F24" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="001620C0">
+    <w:p w14:paraId="46020D30" w14:textId="74CD52CD" w:rsidR="00434F24" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="001620C0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>B.1 Evolution and quality of your university teaching experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47905CC9" w14:textId="017EE42E" w:rsidR="003F0F08" w:rsidRPr="00AC7C13" w:rsidRDefault="003F0F08" w:rsidP="00B97AB0">
-      <w:r>
+    <w:p w14:paraId="47905CC9" w14:textId="017EE42E" w:rsidR="003F0F08" w:rsidRPr="00D81323" w:rsidRDefault="003F0F08" w:rsidP="00B97AB0">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Please provide the following details:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C28C901" w14:textId="3A6541C9" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00F46029" w:rsidP="00F36DB0">
+    <w:p w14:paraId="6C28C901" w14:textId="3A6541C9" w:rsidR="00765ABB" w:rsidRPr="00D81323" w:rsidRDefault="00F46029" w:rsidP="00F36DB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of full-time years (or equivalent part-time): </w:t>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B40D84" w14:textId="746142BC" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00C52F45" w:rsidP="00F36DB0">
+    <w:p w14:paraId="73B40D84" w14:textId="746142BC" w:rsidR="00765ABB" w:rsidRPr="00D81323" w:rsidRDefault="00C52F45" w:rsidP="00F36DB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of theoretical teaching hours/credits: </w:t>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C5DB062" w14:textId="7A8F7681" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="00C52F45" w:rsidP="00F36DB0">
+    <w:p w14:paraId="4C5DB062" w14:textId="7A8F7681" w:rsidR="00765ABB" w:rsidRPr="00D81323" w:rsidRDefault="00C52F45" w:rsidP="00F36DB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of practical teaching hours/credits: </w:t>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00765ABB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00765ABB" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DD9557" w14:textId="3E8C5081" w:rsidR="00C53EE3" w:rsidRPr="00AC7C13" w:rsidRDefault="008C461B" w:rsidP="00765ABB">
+    <w:p w14:paraId="07DD9557" w14:textId="3E8C5081" w:rsidR="00C53EE3" w:rsidRPr="00D81323" w:rsidRDefault="008C461B" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">If you do not have a teaching quality certificate issued by a university through a teaching assessment manual certified by AQU Catalunya or similar programmes, you will be required to submit a </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>teaching quality evidence document</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>, in accordance with the regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D547D67" w14:textId="6AD0D66B" w:rsidR="00F61762" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="001620C0">
+    <w:p w14:paraId="6D547D67" w14:textId="6AD0D66B" w:rsidR="00F61762" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="001620C0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Hlk182926670"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">B.2 Teaching innovation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58AEE969" w14:textId="6050D8F7" w:rsidR="0090350F" w:rsidRPr="00AC7C13" w:rsidRDefault="0090350F" w:rsidP="003D5DBB">
+    <w:p w14:paraId="58AEE969" w14:textId="6050D8F7" w:rsidR="0090350F" w:rsidRPr="00D81323" w:rsidRDefault="0090350F" w:rsidP="003D5DBB">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Teaching innovation projects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39FA7B6F" w14:textId="0AF6329C" w:rsidR="003B1176" w:rsidRPr="00AC7C13" w:rsidRDefault="003B1176" w:rsidP="00147059">
-      <w:r>
+    <w:p w14:paraId="39FA7B6F" w14:textId="0AF6329C" w:rsidR="003B1176" w:rsidRPr="00D81323" w:rsidRDefault="003B1176" w:rsidP="00147059">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">For each contribution, please provide the title of the project, the funding entity, the grant contribution, the person responsible and the duration. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB3E640" w14:textId="38C590EA" w:rsidR="00B97AB0" w:rsidRPr="00AC7C13" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
+    <w:p w14:paraId="5FB3E640" w14:textId="38C590EA" w:rsidR="00B97AB0" w:rsidRPr="00D81323" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>You can include up to 5 contributions. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65EE7B12" w14:textId="7460FD17" w:rsidR="0005424B" w:rsidRPr="00AC7C13" w:rsidRDefault="0005424B" w:rsidP="00B97AB0">
+    <w:p w14:paraId="65EE7B12" w14:textId="7460FD17" w:rsidR="0005424B" w:rsidRPr="00D81323" w:rsidRDefault="0005424B" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A2A209" w14:textId="19FB651E" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
+    <w:p w14:paraId="28A2A209" w14:textId="19FB651E" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title of the project: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="022F0D56" w14:textId="52567913" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
+    <w:p w14:paraId="022F0D56" w14:textId="52567913" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Funding entity: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621F5C74" w14:textId="0927CF28" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
+    <w:p w14:paraId="621F5C74" w14:textId="0927CF28" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Grant contribution: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="682AC188" w14:textId="477B65E9" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
+    <w:p w14:paraId="682AC188" w14:textId="477B65E9" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Person responsible: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A772A67" w14:textId="7B0B3482" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00B97AB0">
+    <w:p w14:paraId="5A772A67" w14:textId="7B0B3482" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Duration (from - to): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3A01FB" w14:textId="12AFDE23" w:rsidR="0005424B" w:rsidRPr="00AC7C13" w:rsidRDefault="0005424B" w:rsidP="0005424B">
+    <w:p w14:paraId="2F3A01FB" w14:textId="12AFDE23" w:rsidR="0005424B" w:rsidRPr="00D81323" w:rsidRDefault="0005424B" w:rsidP="0005424B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40DABD90" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
+    <w:p w14:paraId="40DABD90" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title of the project: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A71B46" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
+    <w:p w14:paraId="22A71B46" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Funding entity: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FCE1DB9" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
+    <w:p w14:paraId="7FCE1DB9" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Grant contribution: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2157457C" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
+    <w:p w14:paraId="2157457C" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Person responsible: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C116284" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="00A50568" w:rsidP="00A50568">
+    <w:p w14:paraId="2C116284" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00D81323" w:rsidRDefault="00A50568" w:rsidP="00A50568">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Duration (from - to): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17ADEC72" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
-      <w:r>
+    <w:p w14:paraId="17ADEC72" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00D81323" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A47C6C6" w14:textId="574E7FDC" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
+    <w:p w14:paraId="2A47C6C6" w14:textId="574E7FDC" w:rsidR="00602B66" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>C. Scientific and managerial leadership dimension</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C355B29" w14:textId="106466FF" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
-      <w:r>
+    <w:p w14:paraId="7C355B29" w14:textId="106466FF" w:rsidR="00602B66" w:rsidRPr="00D81323" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
+      <w:r w:rsidRPr="00D81323">
         <w:t>[For full professor accreditations only]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2670782F" w14:textId="37968DFB" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="0091078D" w:rsidP="00B97AB0">
+    <w:p w14:paraId="2670782F" w14:textId="37968DFB" w:rsidR="00566635" w:rsidRPr="00D81323" w:rsidRDefault="0091078D" w:rsidP="00B97AB0">
       <w:hyperlink w:anchor="Texto4" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00D81323">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>Instructions</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DFDD6A0" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="00602B66" w:rsidP="001620C0">
+    <w:p w14:paraId="2DFDD6A0" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00D81323" w:rsidRDefault="00602B66" w:rsidP="001620C0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Narrative summary of your scientific and managerial leadership experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2CCE0B" w14:textId="63B9F185" w:rsidR="00602B66" w:rsidRPr="00CE623F" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
+    <w:p w14:paraId="1B2CCE0B" w14:textId="63B9F185" w:rsidR="00602B66" w:rsidRPr="00D81323" w:rsidRDefault="00602B66" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE623F">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Summarise the most significant elements of your scientific leadership and management experience (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE623F">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>maximum 3,600 characters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE623F">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C8BC80" w14:textId="734918F0" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00A1747E" w:rsidP="00B97AB0">
-      <w:r w:rsidRPr="00AC7C13">
+    <w:p w14:paraId="33C8BC80" w14:textId="734918F0" w:rsidR="00C645A9" w:rsidRPr="00D81323" w:rsidRDefault="00A1747E" w:rsidP="00B97AB0">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345245FF" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
-      <w:r>
+    <w:p w14:paraId="345245FF" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00D81323" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F45218" w14:textId="225B368A" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
+    <w:p w14:paraId="36F45218" w14:textId="225B368A" w:rsidR="00C645A9" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>C.1 Supervision of completed doctoral theses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F687258" w14:textId="6F29BF96" w:rsidR="008A11CC" w:rsidRPr="00AC7C13" w:rsidRDefault="008A11CC" w:rsidP="00B62D64">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2F687258" w14:textId="6F29BF96" w:rsidR="008A11CC" w:rsidRPr="00D81323" w:rsidRDefault="008A11CC" w:rsidP="00B62D64">
+      <w:r w:rsidRPr="00D81323">
+        <w:t>For each contribution, please provide the following: name of the supervisor (or supervisors), title of the work, date of reading (dd/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>), name of the doctoral student, grade obtained and institution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C20E84" w14:textId="7D752F32" w:rsidR="00381739" w:rsidRPr="00D81323" w:rsidRDefault="00381739" w:rsidP="00443A51">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Please provide a certificate issued by the relevant vice-rectorate containing the following information: the title and date of the thesis, the name of the doctoral student, the name of the supervisor (or supervisors) and the grade obtained. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B3861E" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00443A51">
+    <w:p w14:paraId="00B3861E" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00D81323" w:rsidRDefault="00381739" w:rsidP="00443A51">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:spacing w:before="360"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>The data provided on this form must coincide exactly with the certificate(s) submitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F45881C" w14:textId="29D6B48E" w:rsidR="00947A1B" w:rsidRPr="00AC7C13" w:rsidRDefault="00947A1B" w:rsidP="00B97AB0">
+    <w:p w14:paraId="1F45881C" w14:textId="29D6B48E" w:rsidR="00947A1B" w:rsidRPr="00D81323" w:rsidRDefault="00947A1B" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Repeat as many times as necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6342EDA7" w14:textId="76D00333" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
+    <w:p w14:paraId="6342EDA7" w14:textId="76D00333" w:rsidR="00C645A9" w:rsidRPr="00D81323" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792A961D" w14:textId="62CBC7F1" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="792A961D" w14:textId="62CBC7F1" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Name of the supervisor or supervisors: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71CDC760" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="71CDC760" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title of the work: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E669CFD" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="7E669CFD" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
+        <w:t>Date of reading (dd/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A1A480" w14:textId="43F0E8C9" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="41A1A480" w14:textId="43F0E8C9" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Name of the doctoral student: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71308F73" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="71308F73" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Grade obtained: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DAB2156" w14:textId="17EBAAFC" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
+    <w:p w14:paraId="0DAB2156" w14:textId="17EBAAFC" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Institution: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A968ABA" w14:textId="3A7C009C" w:rsidR="001F6003" w:rsidRPr="00AC7C13" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
+    <w:p w14:paraId="0A968ABA" w14:textId="3A7C009C" w:rsidR="001F6003" w:rsidRPr="00D81323" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="01EE9B49" w14:textId="21F2E6CC" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="01EE9B49" w14:textId="21F2E6CC" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Name of the supervisor or supervisors: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C7FF0F" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="39C7FF0F" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Title of the work: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4890BD7D" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="4890BD7D" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
+        <w:t>Date of reading (dd/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C2497C" w14:textId="09C1CA9F" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="73C2497C" w14:textId="09C1CA9F" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Name of the doctoral student: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8A1B85" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="7F8A1B85" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Grade obtained: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704EB8B8" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
+    <w:p w14:paraId="704EB8B8" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Institution: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1799CA32" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
+    <w:p w14:paraId="1799CA32" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CA019DE" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="00B97AB0">
-      <w:r>
+    <w:p w14:paraId="4CA019DE" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00D81323" w:rsidRDefault="00B2650B" w:rsidP="00B97AB0">
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA573D8" w14:textId="4730160B" w:rsidR="003F7050" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
+    <w:p w14:paraId="7BA573D8" w14:textId="4730160B" w:rsidR="003F7050" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C.2 Leadership in the field of university and scientific management and administration </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D3FEBB" w14:textId="77777777" w:rsidR="00B97AB0" w:rsidRPr="00AC7C13" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
+    <w:p w14:paraId="40D3FEBB" w14:textId="77777777" w:rsidR="00B97AB0" w:rsidRPr="00D81323" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">You can include </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>up to 5 contributions</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>, bearing in mind that you can group several items into a single contribution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C508021" w14:textId="1404ECA6" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
+    <w:p w14:paraId="2C508021" w14:textId="1404ECA6" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE1591D" w14:textId="3AF9381E" w:rsidR="000B7ECA" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
+    <w:p w14:paraId="7CE1591D" w14:textId="3AF9381E" w:rsidR="000B7ECA" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0164FB" w14:textId="63001B66" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
+    <w:p w14:paraId="2E0164FB" w14:textId="63001B66" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3rd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E319A4" w14:textId="4535EB41" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
+    <w:p w14:paraId="46E319A4" w14:textId="4535EB41" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>4th contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B8A8D1" w14:textId="71D277CA" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
+    <w:p w14:paraId="32B8A8D1" w14:textId="71D277CA" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FB70C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5th contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DFBDD0F" w14:textId="77777777" w:rsidR="00416C2B" w:rsidRPr="00AC7C13" w:rsidRDefault="00416C2B" w:rsidP="00B97AB0"/>
-[...2 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5DFBDD0F" w14:textId="77777777" w:rsidR="00416C2B" w:rsidRPr="00D81323" w:rsidRDefault="00416C2B" w:rsidP="00B97AB0"/>
+    <w:p w14:paraId="55EAC70D" w14:textId="77777777" w:rsidR="00F56E3F" w:rsidRPr="00D81323" w:rsidRDefault="00F56E3F" w:rsidP="00B97AB0"/>
+    <w:p w14:paraId="3AEB6F3D" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00D81323" w:rsidRDefault="00B2650B" w:rsidP="00B97AB0">
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C06940" w14:textId="56775457" w:rsidR="005B7263" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00FE0D01">
+    <w:p w14:paraId="63C06940" w14:textId="56775457" w:rsidR="005B7263" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00FE0D01">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C.3 Recognition and responsibility in scientific organisations and scientific and technical committees </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E83B6AA" w14:textId="77777777" w:rsidR="00FE0D01" w:rsidRPr="00AC7C13" w:rsidRDefault="00FE0D01" w:rsidP="00FE0D01">
+    <w:p w14:paraId="1E83B6AA" w14:textId="77777777" w:rsidR="00FE0D01" w:rsidRPr="00D81323" w:rsidRDefault="00FE0D01" w:rsidP="00FE0D01">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">You can include </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>up to 5 contributions.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="439D3F1B" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FE0D01">
+    <w:p w14:paraId="439D3F1B" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FE0D01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1st contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4848959C" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FE0D01">
+    <w:p w14:paraId="4848959C" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FE0D01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2nd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04EB9D7B" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FE0D01">
+    <w:p w14:paraId="04EB9D7B" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FE0D01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3rd contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53BBB4EB" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00FE0D01">
+    <w:p w14:paraId="53BBB4EB" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00D81323" w:rsidRDefault="00FB70C2" w:rsidP="00FE0D01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>4th contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1CB583" w14:textId="7AF95C2B" w:rsidR="006C0E3A" w:rsidRPr="00AC7C13" w:rsidRDefault="006C0E3A" w:rsidP="00FE0D01">
+    <w:p w14:paraId="1C1CB583" w14:textId="7AF95C2B" w:rsidR="006C0E3A" w:rsidRPr="00D81323" w:rsidRDefault="006C0E3A" w:rsidP="00FE0D01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5th contribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3663B8E7" w14:textId="4657AC32" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00B97AB0"/>
-    <w:p w14:paraId="32862E21" w14:textId="65334D72" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00844F3D">
+    <w:p w14:paraId="3663B8E7" w14:textId="4657AC32" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00B97AB0"/>
+    <w:p w14:paraId="32862E21" w14:textId="65334D72" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00844F3D">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>INSTRUCTIONS FOR COMPLETING THE CV</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382CBD81" w14:textId="0369E28F" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00844F3D">
-      <w:r>
+    <w:p w14:paraId="382CBD81" w14:textId="0369E28F" w:rsidR="003273FF" w:rsidRPr="00D81323" w:rsidRDefault="003273FF" w:rsidP="00844F3D">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">General considerations: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DC9779" w14:textId="7C162AEE" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00414541">
+    <w:p w14:paraId="10DC9779" w14:textId="7C162AEE" w:rsidR="003273FF" w:rsidRPr="00D81323" w:rsidRDefault="003273FF" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Hlk190869568"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">You must provide proof of the merits detailed, in accordance with the regulations and the instructions in the CV. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C385602" w14:textId="2235C048" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="003273FF" w:rsidP="00414541">
+    <w:p w14:paraId="3C385602" w14:textId="2235C048" w:rsidR="003273FF" w:rsidRPr="00D81323" w:rsidRDefault="003273FF" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">You must attach the following </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="a2" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00D81323">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>documentation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53BA5CA3" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00414541">
+    <w:p w14:paraId="53BA5CA3" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00D81323" w:rsidRDefault="00C73B58" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Please order your contributions chronologically, starting with the most recent and ending with the earliest. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766D0840" w14:textId="575ED193" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="00C73B58" w:rsidP="00414541">
+    <w:p w14:paraId="766D0840" w14:textId="575ED193" w:rsidR="00C73B58" w:rsidRPr="00D81323" w:rsidRDefault="00C73B58" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>During the assessment process, AQU Catalunya may ask the applicant to expand on the information provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE55AFF" w14:textId="3BAE2375" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00722F79">
+    <w:p w14:paraId="1DE55AFF" w14:textId="3BAE2375" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00722F79">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="Text1"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>A. Research and transfer dimension</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0207C5B7" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
+    <w:p w14:paraId="0207C5B7" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Narrative summary of your research and transfer experience  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F24348" w14:textId="40CA5B2E" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
+    <w:p w14:paraId="67F24348" w14:textId="40CA5B2E" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Preliminary note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BADFB68" w14:textId="77777777" w:rsidR="00304C2D" w:rsidRDefault="00304C2D" w:rsidP="00304C2D">
-      <w:r>
+    <w:p w14:paraId="4BADFB68" w14:textId="77777777" w:rsidR="00304C2D" w:rsidRPr="00D81323" w:rsidRDefault="00304C2D" w:rsidP="00304C2D">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Those applying for accreditation as a full professor will be recognised as having sufficient merit in the corresponding block of research and knowledge transfer and exchange if they have funding from the ERC Consolidator Grant, Advanced Grant or Synergy Grant programmes, or in other competitive research calls for prestigious international individuals. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2487576C" w14:textId="3A435954" w:rsidR="00304C2D" w:rsidRDefault="00304C2D" w:rsidP="00304C2D">
-      <w:r>
+    <w:p w14:paraId="2487576C" w14:textId="3A435954" w:rsidR="00304C2D" w:rsidRPr="00D81323" w:rsidRDefault="00304C2D" w:rsidP="00304C2D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Apart from the above, for accreditation as an associate professor, those who have passed state research assessment procedures with a similarly high level of demand, such as the Incentive Programme for the Incorporation and Intensification of Research Activity (I3), those who have obtained the Certificate as established researchers (R3) and those with funding from the ERC's Starting Grant programme will also be eligible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C4763F7" w14:textId="77777777" w:rsidR="00461773" w:rsidRDefault="00461773" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="2C4763F7" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t>If this applies to you, there is no need to fill out this section; simply attach the documentation that verifies the relevant research distinction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F41E3D2" w14:textId="55379F66" w:rsidR="00CE623F" w:rsidRPr="00CE623F" w:rsidRDefault="00CE623F" w:rsidP="00F051D1">
+    <w:p w14:paraId="2F41E3D2" w14:textId="55379F66" w:rsidR="00CE623F" w:rsidRPr="00D81323" w:rsidRDefault="00CE623F" w:rsidP="00F051D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE623F">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372C227B" w14:textId="4657BE45" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="372C227B" w14:textId="4657BE45" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t>We assess an individual's activities by evaluating their contributions and analysing the narrative regarding the quality, relevance, and impact of those contributions.</w:t>
       </w:r>
-      <w:r w:rsidR="00CE623F">
-[...13 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CE623F" w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> It is necessary to provide evidence that supports the narrative summary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D92F000" w14:textId="3C132DB0" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00CE623F" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Please</w:t>
       </w:r>
-      <w:r w:rsidR="00461773">
+      <w:r w:rsidR="00461773" w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> indicate your main contributions in the following areas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEBD764" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
+    <w:p w14:paraId="4DEBD764" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Research activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74423361" w14:textId="7F491B5E" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="74423361" w14:textId="7F491B5E" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Summarise your research, highlighting any publications produced during your postdoctoral studies. You should also defend the scientific and/or social impact of your publications and projects. Specify your contribution to the most important publications. Please outline the international or national scope of your activity, contributions and impact in terms of citizen science, contributions of local relevance in Catalan, the open access to the scientific and teaching contributions and their interdisciplinarity. Include your research stays and the resulting publications, prizes received, translations, and any artistic or architectural works or exhibitions, etc. You may also include congresses, scholarships, grants and any other research merits that you consider relevant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46FB84DC" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00AB179F">
+    <w:p w14:paraId="46FB84DC" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Transfer of knowledge and technology, and professional activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AEB20B4" w14:textId="3A24D532" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00080D8D" w:rsidP="00F051D1">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3AEB20B4" w14:textId="3A24D532" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00080D8D" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">Outline the results of any processes intended to transfer knowledge, skills and/or innovations to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>society as a whole, whether</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> via companies, sectoral organisations, institutions or governmental bodies, and demonstrate that these activities have contributed to innovation, economic growth and development by solving real-world problems and/or improving products, processes or services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69526D29" w14:textId="7FA3E4F8" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">In terms of professional experience, highlight the most relevant activities that are directly related to your field of expertise. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B42B5A4" w14:textId="43DF10C8" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00414541">
+    <w:p w14:paraId="1B42B5A4" w14:textId="43DF10C8" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">A.1 Research activity </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BA4C09" w14:textId="42A36EF1" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00414541">
+    <w:p w14:paraId="32BA4C09" w14:textId="42A36EF1" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>A.1.1 Results of your research activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BD9E6C" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="19BD9E6C" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t>General considerations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010339A6" w14:textId="4D16E11B" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+    <w:p w14:paraId="010339A6" w14:textId="4D16E11B" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>You can include up to a maximum of</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 20 contributions (for associate professor)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>50 contributions (for full professor)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">. The CAR (Research Assessment Commission) will only evaluate the contributions selected for inclusion in this section. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72BF1138" w14:textId="09091B29" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
+    <w:p w14:paraId="72BF1138" w14:textId="09091B29" w:rsidR="00BF5DB3" w:rsidRPr="00D81323" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Please provide the following details as appropriate for each contribution: authors in order of signature (put an asterisk in front of your name if you were the corresponding author; for example: “Smith GH, Jonas TK, Mateu A, (*) Llorens FX”), the title, the year of publication, the </w:t>
       </w:r>
-      <w:r w:rsidR="00002D34" w:rsidRPr="00002D34">
+      <w:r w:rsidR="00002D34" w:rsidRPr="00D81323">
         <w:t xml:space="preserve">key (A article, R review, B book, C </w:t>
       </w:r>
-      <w:r w:rsidR="00D45F95">
+      <w:r w:rsidR="00D45F95" w:rsidRPr="00D81323">
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidR="00002D34" w:rsidRPr="00002D34">
+      <w:r w:rsidR="00002D34" w:rsidRPr="00D81323">
         <w:t xml:space="preserve">ook </w:t>
       </w:r>
-      <w:r w:rsidR="00D45F95">
+      <w:r w:rsidR="00D45F95" w:rsidRPr="00D81323">
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00002D34" w:rsidRPr="00002D34">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00002D34" w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">hapter, etc.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">the journal or editorial (title, volume, initial and final page), ISSN or ISBN, DOI or navigable hyperlink to the publication. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CDD0AF" w14:textId="4B914277" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+    <w:p w14:paraId="08CDD0AF" w14:textId="4B914277" w:rsidR="00433844" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Please provide evidence of the relevance and impact of each of the contributions. If the scientific contribution is indexed, include the bibliometric indicators of its quality (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>maximum 300 characters per contribution</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634662A7" w14:textId="05B13834" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+    <w:p w14:paraId="634662A7" w14:textId="05B13834" w:rsidR="00433844" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">AQU Catalunya will conduct an ex officio verification of the contributions submitted for evaluation. If appropriate, the </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00D81323">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>fraud protocol</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> will be applied.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516062E2" w14:textId="5B5A6E7E" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="516062E2" w14:textId="5B5A6E7E" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Artistic creation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B78E50" w14:textId="7EF51CCD" w:rsidR="00497B59" w:rsidRPr="00AC7C13" w:rsidRDefault="00497B59" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="53B78E50" w14:textId="7EF51CCD" w:rsidR="00497B59" w:rsidRPr="00D81323" w:rsidRDefault="00497B59" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Please provide the following details as appropriate for each contribution: title, description, dates, artistic discipline, objective and scale of the contribution, relevance, degree of innovation, circulation, repercussion and impact, or any other data you may deem relevant. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF044F4" w14:textId="11667D52" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="1CF044F4" w14:textId="11667D52" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>A.1.2 Competitive projects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225E6EC8" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="225E6EC8" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Only research and technology transfer projects financed through competitive tenders, whether from public administrations (international, European, national and regional) or the private sector (foundations, companies, etc.), will be considered.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB2CC87" w14:textId="1C7C7A71" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="00B2650B" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="5AB2CC87" w14:textId="1C7C7A71" w:rsidR="00B2650B" w:rsidRPr="00D81323" w:rsidRDefault="00B2650B" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>For full professor:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> For projects in which you were the principal investigator (PI) or co-PI, please provide a certificate issued by the university or research centre stating the following: the title of the project, the funding entity, the grant reference,</w:t>
       </w:r>
-      <w:r w:rsidR="000E05B7" w:rsidRPr="000E05B7">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000E05B7" w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> the amount awarded, the duration of the project, the name of the PI and the number of researchers in the group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185D4857" w14:textId="2559E9BC" w:rsidR="00B2650B" w:rsidRPr="00D81323" w:rsidRDefault="00B2650B" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>For associate professor:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> For each project you participated in, please provide a certificate issued by the university or research centre stating the following: the title of the project, the funding entity, the grant reference, </w:t>
       </w:r>
-      <w:r w:rsidR="000E05B7" w:rsidRPr="005C3213">
+      <w:r w:rsidR="000E05B7" w:rsidRPr="00D81323">
         <w:t>the amount awarded, the duration of the project, the name of the PI and the number of researchers in the group.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4040AF27" w14:textId="57C1F39D" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00DA3CF3" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="4040AF27" w14:textId="57C1F39D" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00DA3CF3" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>A.1.3 Stays, mobility and internationalisation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1890CC1E" w14:textId="073E4C8A" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00EC18A8" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="1890CC1E" w14:textId="073E4C8A" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00EC18A8" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Please provide a teaching or research stay certificate issued by the host university or research centre, stating the start and end dates of the stay. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5738B55A" w14:textId="4DD154B3" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="5738B55A" w14:textId="4DD154B3" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>A.2 Transfer of knowledge and technology, and professional activity </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4318F7DC" w14:textId="32C1FF26" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="4318F7DC" w14:textId="32C1FF26" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>A.2.1 Transfer of knowledge and technology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F36F617" w14:textId="39EF004C" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="2F36F617" w14:textId="39EF004C" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Patents </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0846D68F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="0846D68F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Transfer contracts and agreements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E9A7808" w14:textId="6E7E82BB" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="7E9A7808" w14:textId="6E7E82BB" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Contracts and agreements that formalise the exchange of experiences, skills or research results between institutions, companies or individuals will be considered, as will utility models and other legal agreements that regulate the transfer of technological knowledge, software and hardware, product design, innovations, proprietary manufacturing processes, plant varieties, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B87FCC" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="33B87FCC" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Other activities and outcomes of the transfer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A3F0293" w14:textId="066A3DBE" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
-      <w:r>
+    <w:p w14:paraId="7A3F0293" w14:textId="066A3DBE" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
         <w:t>The following merits may be included in this section:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2448122F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
+    <w:p w14:paraId="2448122F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="7BEE5536" w14:textId="7015BD3B" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">Activities that support scientific dissemination and culture, reflection on the role of science, technology and innovation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>in today's society</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> —such as publications, conferences, exhibitions, audiovisuals, collaboration with the media, legislative consultancy, law papers and other activities with social, artistic and cultural value— and promote an open and innovative science and innovation sector. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEE5536" w14:textId="7015BD3B" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Activities aimed at sharing research results, good practices or teaching methods, training workshops with companies and organisations, capacity building and social and transformative innovation programmes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0147E50B" w14:textId="59955FFE" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
+    <w:p w14:paraId="0147E50B" w14:textId="59955FFE" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Collaboration with business and trade union organisations, spin-offs and the provision of scientific advice to public administrations, involvement in institutional or corporate chairs, or similar, all of which constitute a formula for cooperation with public and private institutions and further this type of activity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E2A842E" w14:textId="1274A9F3" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
+    <w:p w14:paraId="3E2A842E" w14:textId="1274A9F3" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Participation as an expert in research, technology and innovation project assessment bodies or in the assessment of university teaching staff and other research staff, as well as participation in the committees, commissions or panels of official agencies and bodies responsible for assessing degrees and universities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4980C528" w14:textId="65F5B440" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="4980C528" w14:textId="65F5B440" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">A.2.2 Professional activity </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4A61CB" w14:textId="27351312" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="00A65DB3" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="7E4A61CB" w14:textId="27351312" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Only professional activities directly related to the applicant's field of specialisation</w:t>
       </w:r>
-      <w:r w:rsidR="007D7239">
+      <w:r w:rsidR="007D7239" w:rsidRPr="00D81323">
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> and which have not been conducted at the same time as their full-time university activities</w:t>
       </w:r>
-      <w:r w:rsidR="007D7239">
+      <w:r w:rsidR="007D7239" w:rsidRPr="00D81323">
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve"> will be assessed. We will evaluate the extent of the professional activity and its relevance to your research and teaching activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C4B281" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00AC7C13" w:rsidRDefault="006324E9">
+    <w:p w14:paraId="09C4B281" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00D81323" w:rsidRDefault="006324E9">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257CBB1C" w14:textId="320037B4" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="257CBB1C" w14:textId="320037B4" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Text2"/>
       <w:bookmarkEnd w:id="30"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. University teaching dimension </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CAF65A" w14:textId="54C3C6DA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-[...10 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="01CAF65A" w14:textId="54C3C6DA" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>As a general rule</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>, applicants must provide, as evidence of the quality of their teaching, positive evaluations of their teaching undertaken by their universities using a teaching evaluation manual certified by AQU Catalunya or similar programmes (e.g. DOCENTIA) run by other member agencies in the REACU network.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2179369C" w14:textId="3AC9438F" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">For associate professor accreditation, candidates with one positive evaluation issued by their university in accordance with the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>aforementioned criteria</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> are deemed to have demonstrated sufficient proficiency in this dimension. Applicants for full professor accreditation will require two positive evaluations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6193C8F3" w14:textId="48AECB83" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>For those who have developed their research and teaching careers abroad or in Spanish universities that do not have a certified teaching assessment manual, or who do not meet the requirements to apply for direct assessment based on the university's manual, the dimensions to be assessed are as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D90F4E1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="7D90F4E1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Evolution and quality of the university teaching experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D0F5D71" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="3D0F5D71" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Teaching innovation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360A1EB7" w14:textId="24B49D71" w:rsidR="0048352E" w:rsidRPr="00AC7C13" w:rsidRDefault="0048352E" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="360A1EB7" w14:textId="24B49D71" w:rsidR="0048352E" w:rsidRPr="00D81323" w:rsidRDefault="0048352E" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>You do not need to fill in this section if you are submitting this CV for the evaluation of research periods (six-year periods).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0916CFC9" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="0916CFC9" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>General considerations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0985209F" w14:textId="29E811DA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
+    <w:p w14:paraId="0985209F" w14:textId="29E811DA" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Teaching quality is assessed based on the narrative summary and any evidence supporting it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036059CC" w14:textId="243DB5CB" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="036059CC" w14:textId="243DB5CB" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>The evaluation focuses on the degree to which the educational objectives of the subjects and courses taught are met, success and performance rates, student assessments and satisfaction levels, reviews of and improvements to teaching practices and their impact, and peer reviews.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D930A9" w14:textId="3AC003A7" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="13D930A9" w14:textId="3AC003A7" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>This section may include any ongoing supervision of doctoral theses, curricular tutorials, involvement in course design commissions, design of new subjects, coordination of special activities, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2C8449" w14:textId="5E04E4E1" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="0E2C8449" w14:textId="5E04E4E1" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="711D8F64" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="003D5DBB">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">It may also include the development of educational resources that are preferably available in unrestricted open access through institutional, thematic or generalist repositories and subject to academic and/or external evaluation. Teaching manuals and textbooks are assessed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> the prestige of the publisher, the people behind the publication, the collection in which the work is published, any awards it may have won and the reviews it has received, among other factors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711D8F64" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="003D5DBB">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Hlk209780037"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Narrative summary of </w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">the evolution and quality of your university teaching experience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226399B7" w14:textId="1E6D5A64" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="226399B7" w14:textId="1E6D5A64" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>It is mandatory to include, in a single file, documentary evidence of your teaching quality, which must contain a description and assessment of the following elements:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620CB7E0" w14:textId="156F9512" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
+    <w:p w14:paraId="620CB7E0" w14:textId="156F9512" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>The teaching post. Evidence: teaching certificate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF707A2" w14:textId="18BCDDC2" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="1CF707A2" w14:textId="18BCDDC2" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Student satisfaction. Evidence: results of satisfaction surveys.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BECA3F9" w14:textId="1C51EAAA" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="4BECA3F9" w14:textId="1C51EAAA" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Evaluation by an academic superior. Evidence: report from an academic supervisor on the quality of your teaching activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505B644B" w14:textId="6683622D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="505B644B" w14:textId="6683622D" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Management of or participation in teaching innovation projects. Evidence: award certificate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331D992C" w14:textId="0B73D197" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-[...4 lines deleted...]
-    <w:p w14:paraId="118A0A33" w14:textId="11F0C882" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="331D992C" w14:textId="0B73D197" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">In addition, your narrative summary may </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>make reference</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> to other relevant aspects, such as:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="118A0A33" w14:textId="11F0C882" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Teaching training (placements in institutions, participation in courses, postgraduate courses and programmes, whether in your disciplinary field or specific to university teacher training). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B5F880" w14:textId="50A34F11" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
+    <w:p w14:paraId="77B5F880" w14:textId="50A34F11" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>The development of specific teaching materials (teaching publications, MOOCS).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0B4CA0" w14:textId="75560A40" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="1B0B4CA0" w14:textId="75560A40" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Research on teaching itself (publications, contributions to congresses, etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E19163" w14:textId="526C877D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="61E19163" w14:textId="526C877D" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>B.1 Evolution and quality of your university teaching experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BFB16AC" w14:textId="4E1E2EDF" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00A67CE9">
+    <w:p w14:paraId="3BFB16AC" w14:textId="4E1E2EDF" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00A67CE9">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Preliminary note</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306F643A" w14:textId="50CF3A61" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00BB0E46" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="306F643A" w14:textId="50CF3A61" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00BB0E46" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Exemption from the minimum teaching requirement: individuals who can demonstrate exceptional research achievements and have primarily built their careers in non-university research institutions or in foreign universities, where the criteria and assessment methods for teaching are challenging to translate into the Catalan Higher Education System, may obtain accreditation without fulfilling the usual requirements for teaching experience. This exemption is granted once the relevant specific commission of the CAR has verified these qualifications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04134A78" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="04134A78" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>If this applies to you, simply attach the documentation that verifies the relevant research distinction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="288EE161" w14:textId="46B3E4B2" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+    <w:p w14:paraId="288EE161" w14:textId="46B3E4B2" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="0C6909C1" w14:textId="6E908B2F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>With regard to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> teaching activity, only official university teaching (undergraduate, postgraduate or doctorate) or the equivalent in a foreign university system will be considered. Teaching posts will be evaluated </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> plurality, interdisciplinarity, teaching complexity and mode of teaching, which will be determined by, among other things, the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6909C1" w14:textId="6E908B2F" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>The number and diversity of subjects taught.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A7D77A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="34A7D77A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>The type of degree programme.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26023D29" w14:textId="7679961F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="26023D29" w14:textId="7679961F" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Teaching of first-year subjects (for undergraduate degrees) or of large groups (understood as those with a high student/faculty ratio compared to the average ratio for the area or degree).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF11F91" w14:textId="00E1D288" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="3EF11F91" w14:textId="00E1D288" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Teaching in different languages.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4354D711" w14:textId="4631EDC8" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="4354D711" w14:textId="4631EDC8" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Teaching in centres or on campuses other than the one to which they are attached.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28CB7567" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="28CB7567" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">The supervision of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>Bachelor's</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> degree final projects (TFG) and Master's degree final projects (TFM).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D36AFF7" w14:textId="41DAAAC3" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006B1B76" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Please provide the following details:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01106E5E" w14:textId="6D3D1812" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
+    <w:p w14:paraId="01106E5E" w14:textId="6D3D1812" w:rsidR="00644A7D" w:rsidRPr="00D81323" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of full-time years (or equivalent part-time): </w:t>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E66BC53" w14:textId="5E2AB855" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
+    <w:p w14:paraId="6E66BC53" w14:textId="5E2AB855" w:rsidR="00644A7D" w:rsidRPr="00D81323" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of theoretical teaching hours/credits: </w:t>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7653B47C" w14:textId="7B2FF0C7" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
+    <w:p w14:paraId="7653B47C" w14:textId="7B2FF0C7" w:rsidR="00644A7D" w:rsidRPr="00D81323" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of practical teaching hours/credits: </w:t>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidR="00644A7D" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46BAB9B9" w14:textId="4A017196" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="46BAB9B9" w14:textId="4A017196" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">You must supply an official certificate issued by the university at which the regulated teaching took place, following the template provided at </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00D81323">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
           </w:rPr>
           <w:t>this link</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>. The certificate must include all the information outlined in this section of the CV. It must match the provided information exactly. Please note that for assessment purposes, any formal university teaching that is not officially certified will not be considered.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253FA30F" w14:textId="44961A74" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="253FA30F" w14:textId="44961A74" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">B.2 Teaching innovation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59AFAFBE" w14:textId="17FCB46F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="001620C0">
+    <w:p w14:paraId="59AFAFBE" w14:textId="17FCB46F" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="001620C0">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Teaching innovation projects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F5FC91" w14:textId="0C018C1E" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="43F5FC91" w14:textId="0C018C1E" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Teaching innovation projects, sustainability projects, interdisciplinary and inter-university projects related to teaching or educational action research projects in higher education aimed at improving teaching will be considered. In all cases, the type of participation (PI or participant), the funding entity, the amount received (university, regional, central, through Erasmus+, public or private foundations, etc.), and its duration will be evaluated. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE7253C" w14:textId="0E1ECD7D" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="4EE7253C" w14:textId="0E1ECD7D" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>This section assesses institutional efforts focused on enhancing teaching and developing new university degree programs. It also examines the training received and provided to improve teaching quality. These activities will be evaluated based on their diversity, duration, quality, relevance, and the results and impact they achieve.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8E5E91" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00926A49" w:rsidRDefault="006324E9" w:rsidP="00926A49">
-      <w:r>
+    <w:p w14:paraId="6B8E5E91" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00D81323" w:rsidRDefault="006324E9" w:rsidP="00926A49">
+      <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D31E264" w14:textId="3B8E6FB4" w:rsidR="006237CA" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="4D31E264" w14:textId="3B8E6FB4" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="Texto4"/>
       <w:bookmarkEnd w:id="32"/>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>C. Scientific and managerial leadership dimension</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="322CBCFA" w14:textId="77777777" w:rsidR="003D5DBB" w:rsidRDefault="003D5DBB" w:rsidP="003D5DBB">
+    <w:p w14:paraId="322CBCFA" w14:textId="77777777" w:rsidR="003D5DBB" w:rsidRPr="00D81323" w:rsidRDefault="003D5DBB" w:rsidP="003D5DBB">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D5DBB">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Narrative summary of your scientific and managerial leadership experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261A9AB9" w14:textId="08C96B79" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="261A9AB9" w14:textId="08C96B79" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">This dimension is only assessed for the accreditation of full professors. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C60AF7" w14:textId="5CD697F4" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="70C60AF7" w14:textId="5CD697F4" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Applicants must demonstrate the ability to lead teaching and research teams, train, coach, mentor and promote young teachers and researchers, and undertake university and scientific leadership and management. They may also provide evidence of recognition and responsibilities held in scientific organisations, on scientific or technical committees, or other equivalent leadership activities. All contributions will be assessed based on their level of internationalisation, innovation, and openness to society. The following sub-dimensions will be evaluated within this dimension:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="789F86E9" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="789F86E9" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Supervision of doctoral theses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B07891D" w14:textId="2C811152" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="1B07891D" w14:textId="2C811152" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Leadership in the field of university and scientific management and administration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B23E9BE" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
+    <w:p w14:paraId="0B23E9BE" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>Recognition and responsibility within scientific organisations and scientific and technical committees</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55455FE6" w14:textId="72B608FA" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="55455FE6" w14:textId="72B608FA" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t>C.1 Supervision of completed doctoral theses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D92E6E5" w14:textId="5D053FF0" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="5D92E6E5" w14:textId="5D053FF0" w:rsidR="00381739" w:rsidRPr="00D81323" w:rsidRDefault="00381739" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">You must provide a certificate issued by the relevant vice-rectorate containing the following information: the title and date of the reading of the thesis, the name of the doctoral student, the name of the supervisor (or supervisors) and the grade obtained. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E60E877" w14:textId="4660CB83" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00381739" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="4E60E877" w14:textId="4660CB83" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00381739" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>The data provided on this form must coincide exactly with the certificate(s) submitted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F53985D" w14:textId="16455A38" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="4F53985D" w14:textId="16455A38" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">C.2 Leadership in the field of university and scientific management and administration </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58FFCCB0" w14:textId="2EB145F7" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="58FFCCB0" w14:textId="2EB145F7" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Activities that demonstrate effective leadership within stable teaching and research teams or groups are highly valued. Among other factors, we consider the size and reputation of the teams, the activities carried out and the results achieved in the relevant field or for the institution itself, the vision with which the activities were implemented, the challenges confronted, and the implementation of transformations and changes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685C5241" w14:textId="4F18D837" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="685C5241" w14:textId="4F18D837" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">The applicant's ability to attract talent —scientific and/or technical— through competitive calls is considered another aspect of leadership — e.g. FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriz de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>Pinoso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> or Marie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>Skłodowska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>-Curie grants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E516AA" w14:textId="620B5CF3" w:rsidR="00DF2903" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Also included in this section are activities related to management and administration in academic and scientific settings: coordination of official degrees, editorial roles for scientific </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">journals or magazines, presidencies of assessment agency commissions, unipersonal positions in the university environment, as well as other functions that demonstrate leadership at institutional level and in transforming the university and scientific system. These activities are assessed in terms of the vision with which they have been carried out, the challenges faced, the innovations and improvements introduced in the exercise of the office, as well as the results obtained and the impact they have had on the body in question, on the institution as a whole or, where appropriate, in the local or social sphere. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37708A09" w14:textId="786D9616" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="37708A09" w14:textId="786D9616" w:rsidR="00DF2903" w:rsidRPr="00D81323" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>You can include up to 5 contributions, bearing in mind that you can group several items into a single contribution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CC6B0B" w14:textId="48337254" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
-      <w:r>
+    <w:p w14:paraId="38CC6B0B" w14:textId="48337254" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Examples.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="16C71005" w14:textId="6AF719EE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> Editorial roles for scientific journals: Associate editor of journal X (JCR Q2) from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve"> to the present, Reviewer for journal Y (JCR Q1) on X occasions, and member of the editorial board of journal Z (JCR Q1) for so many years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C71005" w14:textId="6AF719EE" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">C.3 Recognition and responsibility in scientific organisations and scientific and technical committees </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9F41AE" w14:textId="7064ECAE" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4A9F41AE" w14:textId="7064ECAE" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
+        <w:t xml:space="preserve">Positions of responsibility within the governing bodies of scientific associations or organisations or on national and international committees are highly valued. Specifically, the innovations and improvements introduced in the execution of these activities will be considered, in addition to the results obtained and their impact on the organisation itself, on the relevant discipline or field of knowledge, or, where appropriate, on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>society as a whole</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA786FA" w14:textId="17276EE3" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00D81323">
         <w:t>Recognition or awards received for excellence in academic activities, research, knowledge transfer and exchange with society will also be considered based on the prestige of the awarding institution, its national or international status and its relevance and impact.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidSect="009E0AF7">
+    <w:sectPr w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidSect="009E0AF7">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0705A0CD" w14:textId="77777777" w:rsidR="00EC1661" w:rsidRDefault="00EC1661">
+    <w:p w14:paraId="3C5F8ED5" w14:textId="77777777" w:rsidR="00A22B1E" w:rsidRDefault="00A22B1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73D7384E" w14:textId="77777777" w:rsidR="00EC1661" w:rsidRDefault="00EC1661">
+    <w:p w14:paraId="02653CB0" w14:textId="77777777" w:rsidR="00A22B1E" w:rsidRDefault="00A22B1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="39F49144" w14:textId="77777777" w:rsidR="00EC1661" w:rsidRDefault="00EC1661"/>
+    <w:p w14:paraId="25E06E98" w14:textId="77777777" w:rsidR="00A22B1E" w:rsidRDefault="00A22B1E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -14471,65 +14925,65 @@
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00C875CC">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00FD45FA">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00C875CC">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03284317" w14:textId="77777777" w:rsidR="00EC1661" w:rsidRDefault="00EC1661">
+    <w:p w14:paraId="63D5975C" w14:textId="77777777" w:rsidR="00A22B1E" w:rsidRDefault="00A22B1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05205A21" w14:textId="77777777" w:rsidR="00EC1661" w:rsidRDefault="00EC1661">
+    <w:p w14:paraId="28D90BD3" w14:textId="77777777" w:rsidR="00A22B1E" w:rsidRDefault="00A22B1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1C88314B" w14:textId="77777777" w:rsidR="00EC1661" w:rsidRDefault="00EC1661"/>
+    <w:p w14:paraId="18804FDF" w14:textId="77777777" w:rsidR="00A22B1E" w:rsidRDefault="00A22B1E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02523B09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D225774"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -17466,85 +17920,88 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="523247180">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="710619422">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="619262543">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1992710637">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="480196340">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="624971086">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C66F0"/>
     <w:rsid w:val="00002D34"/>
     <w:rsid w:val="00005C91"/>
     <w:rsid w:val="00010560"/>
+    <w:rsid w:val="00014E92"/>
     <w:rsid w:val="000166C5"/>
+    <w:rsid w:val="00023011"/>
     <w:rsid w:val="00025121"/>
     <w:rsid w:val="0002790B"/>
     <w:rsid w:val="0003386B"/>
     <w:rsid w:val="00034781"/>
     <w:rsid w:val="00035392"/>
     <w:rsid w:val="0003598F"/>
     <w:rsid w:val="0003714B"/>
     <w:rsid w:val="000374D5"/>
     <w:rsid w:val="0003761D"/>
     <w:rsid w:val="00037DB3"/>
     <w:rsid w:val="00037DBA"/>
     <w:rsid w:val="000412FC"/>
     <w:rsid w:val="0004281A"/>
     <w:rsid w:val="00042C8C"/>
     <w:rsid w:val="00042F72"/>
     <w:rsid w:val="00045A30"/>
     <w:rsid w:val="00050E2A"/>
     <w:rsid w:val="000520F1"/>
     <w:rsid w:val="00052695"/>
     <w:rsid w:val="0005424B"/>
     <w:rsid w:val="000551B2"/>
     <w:rsid w:val="000556DD"/>
     <w:rsid w:val="00063C1E"/>
     <w:rsid w:val="0006432D"/>
     <w:rsid w:val="00064FC9"/>
@@ -17577,68 +18034,71 @@
     <w:rsid w:val="000C766E"/>
     <w:rsid w:val="000D79A9"/>
     <w:rsid w:val="000E05B7"/>
     <w:rsid w:val="000E06A6"/>
     <w:rsid w:val="000E1427"/>
     <w:rsid w:val="000E202A"/>
     <w:rsid w:val="000E4887"/>
     <w:rsid w:val="000E5BBC"/>
     <w:rsid w:val="000F164A"/>
     <w:rsid w:val="000F4447"/>
     <w:rsid w:val="000F531E"/>
     <w:rsid w:val="00100466"/>
     <w:rsid w:val="0010087B"/>
     <w:rsid w:val="00102FAE"/>
     <w:rsid w:val="001100F8"/>
     <w:rsid w:val="001149FC"/>
     <w:rsid w:val="00115801"/>
     <w:rsid w:val="00115D6E"/>
     <w:rsid w:val="00116D34"/>
     <w:rsid w:val="00117C99"/>
     <w:rsid w:val="00120776"/>
     <w:rsid w:val="0012133F"/>
     <w:rsid w:val="001238D0"/>
     <w:rsid w:val="00125606"/>
     <w:rsid w:val="00125D55"/>
+    <w:rsid w:val="00127696"/>
     <w:rsid w:val="001308CF"/>
     <w:rsid w:val="00132989"/>
     <w:rsid w:val="001404A1"/>
     <w:rsid w:val="00143B12"/>
     <w:rsid w:val="001468C8"/>
     <w:rsid w:val="00147059"/>
     <w:rsid w:val="0014772E"/>
     <w:rsid w:val="001478E3"/>
     <w:rsid w:val="00147FBB"/>
     <w:rsid w:val="00147FD8"/>
     <w:rsid w:val="00152995"/>
     <w:rsid w:val="00152C57"/>
+    <w:rsid w:val="00154CF9"/>
     <w:rsid w:val="0015771D"/>
     <w:rsid w:val="00160EDA"/>
     <w:rsid w:val="00161BDE"/>
     <w:rsid w:val="00161E35"/>
     <w:rsid w:val="001620C0"/>
     <w:rsid w:val="00164BE3"/>
+    <w:rsid w:val="001651A9"/>
     <w:rsid w:val="00170F34"/>
     <w:rsid w:val="00173315"/>
     <w:rsid w:val="00173A8C"/>
     <w:rsid w:val="001811AA"/>
     <w:rsid w:val="0018710B"/>
     <w:rsid w:val="001933DE"/>
     <w:rsid w:val="00193BFB"/>
     <w:rsid w:val="001951EE"/>
     <w:rsid w:val="00197380"/>
     <w:rsid w:val="001A2344"/>
     <w:rsid w:val="001A4E7A"/>
     <w:rsid w:val="001B2523"/>
     <w:rsid w:val="001B2895"/>
     <w:rsid w:val="001B3759"/>
     <w:rsid w:val="001B39B9"/>
     <w:rsid w:val="001B460C"/>
     <w:rsid w:val="001B4AFD"/>
     <w:rsid w:val="001B6DCF"/>
     <w:rsid w:val="001C0B07"/>
     <w:rsid w:val="001C6793"/>
     <w:rsid w:val="001C77E9"/>
     <w:rsid w:val="001D02A5"/>
     <w:rsid w:val="001D3068"/>
     <w:rsid w:val="001D5944"/>
     <w:rsid w:val="001D72E9"/>
@@ -17757,73 +18217,76 @@
     <w:rsid w:val="003C1ED7"/>
     <w:rsid w:val="003C3EFB"/>
     <w:rsid w:val="003C414A"/>
     <w:rsid w:val="003C7F6F"/>
     <w:rsid w:val="003D04DA"/>
     <w:rsid w:val="003D08FF"/>
     <w:rsid w:val="003D213B"/>
     <w:rsid w:val="003D2D78"/>
     <w:rsid w:val="003D2EC3"/>
     <w:rsid w:val="003D46ED"/>
     <w:rsid w:val="003D5DBB"/>
     <w:rsid w:val="003D7185"/>
     <w:rsid w:val="003E1CEC"/>
     <w:rsid w:val="003E5E8F"/>
     <w:rsid w:val="003E64EE"/>
     <w:rsid w:val="003E72DC"/>
     <w:rsid w:val="003F0F08"/>
     <w:rsid w:val="003F3037"/>
     <w:rsid w:val="003F3FD7"/>
     <w:rsid w:val="003F4AE7"/>
     <w:rsid w:val="003F6841"/>
     <w:rsid w:val="003F7050"/>
     <w:rsid w:val="00401CFB"/>
     <w:rsid w:val="00404C84"/>
     <w:rsid w:val="004052FC"/>
+    <w:rsid w:val="00407BAE"/>
     <w:rsid w:val="00407D37"/>
     <w:rsid w:val="0041166E"/>
     <w:rsid w:val="004123D9"/>
     <w:rsid w:val="00414541"/>
+    <w:rsid w:val="00415A1B"/>
     <w:rsid w:val="00416C2B"/>
     <w:rsid w:val="004173A8"/>
     <w:rsid w:val="00417D92"/>
     <w:rsid w:val="004212AB"/>
     <w:rsid w:val="004229A7"/>
     <w:rsid w:val="00422B32"/>
     <w:rsid w:val="004241DA"/>
     <w:rsid w:val="00425A4B"/>
     <w:rsid w:val="00431EF8"/>
     <w:rsid w:val="00431F09"/>
     <w:rsid w:val="00433844"/>
     <w:rsid w:val="00434F24"/>
     <w:rsid w:val="00443A51"/>
     <w:rsid w:val="00443F19"/>
     <w:rsid w:val="00445D09"/>
     <w:rsid w:val="004524D5"/>
     <w:rsid w:val="004526E5"/>
     <w:rsid w:val="0045424C"/>
     <w:rsid w:val="00455535"/>
+    <w:rsid w:val="00457564"/>
     <w:rsid w:val="00460571"/>
     <w:rsid w:val="004607A5"/>
     <w:rsid w:val="00461773"/>
     <w:rsid w:val="00461E45"/>
     <w:rsid w:val="004625BB"/>
     <w:rsid w:val="00463831"/>
     <w:rsid w:val="004639DC"/>
     <w:rsid w:val="00466F7B"/>
     <w:rsid w:val="004676AC"/>
     <w:rsid w:val="00471108"/>
     <w:rsid w:val="00473E25"/>
     <w:rsid w:val="004760D1"/>
     <w:rsid w:val="00480168"/>
     <w:rsid w:val="004818BD"/>
     <w:rsid w:val="00481BFF"/>
     <w:rsid w:val="0048352E"/>
     <w:rsid w:val="0048354E"/>
     <w:rsid w:val="00486712"/>
     <w:rsid w:val="00487CAD"/>
     <w:rsid w:val="0049179C"/>
     <w:rsid w:val="004919EC"/>
     <w:rsid w:val="00492C4E"/>
     <w:rsid w:val="00497B59"/>
     <w:rsid w:val="004A2FAD"/>
     <w:rsid w:val="004A7FD2"/>
@@ -17900,93 +18363,95 @@
     <w:rsid w:val="005D132D"/>
     <w:rsid w:val="005D157F"/>
     <w:rsid w:val="005D15E9"/>
     <w:rsid w:val="005D2BDD"/>
     <w:rsid w:val="005D4A6B"/>
     <w:rsid w:val="005E175E"/>
     <w:rsid w:val="005E199C"/>
     <w:rsid w:val="005E2971"/>
     <w:rsid w:val="005E322C"/>
     <w:rsid w:val="005E3B32"/>
     <w:rsid w:val="005F0081"/>
     <w:rsid w:val="005F3101"/>
     <w:rsid w:val="005F3244"/>
     <w:rsid w:val="005F4028"/>
     <w:rsid w:val="005F531C"/>
     <w:rsid w:val="0060252A"/>
     <w:rsid w:val="00602B66"/>
     <w:rsid w:val="00612558"/>
     <w:rsid w:val="00613DC0"/>
     <w:rsid w:val="00617ED5"/>
     <w:rsid w:val="00620AC6"/>
     <w:rsid w:val="00622590"/>
     <w:rsid w:val="006237CA"/>
     <w:rsid w:val="006244F9"/>
     <w:rsid w:val="00625845"/>
+    <w:rsid w:val="00626985"/>
     <w:rsid w:val="0063105D"/>
     <w:rsid w:val="006324E9"/>
     <w:rsid w:val="00634093"/>
     <w:rsid w:val="00634FFC"/>
     <w:rsid w:val="00635BEA"/>
     <w:rsid w:val="00636459"/>
     <w:rsid w:val="00641A63"/>
     <w:rsid w:val="0064314E"/>
     <w:rsid w:val="00644A7D"/>
     <w:rsid w:val="006474B8"/>
     <w:rsid w:val="00650917"/>
     <w:rsid w:val="00652EF9"/>
     <w:rsid w:val="00656C92"/>
     <w:rsid w:val="00657AC7"/>
     <w:rsid w:val="006621E6"/>
     <w:rsid w:val="00664460"/>
     <w:rsid w:val="00665162"/>
     <w:rsid w:val="006674E8"/>
     <w:rsid w:val="006675CE"/>
     <w:rsid w:val="0067240B"/>
     <w:rsid w:val="006822B2"/>
     <w:rsid w:val="006835BF"/>
     <w:rsid w:val="006849A2"/>
     <w:rsid w:val="00684F79"/>
     <w:rsid w:val="006901CF"/>
     <w:rsid w:val="00693849"/>
     <w:rsid w:val="006A195A"/>
     <w:rsid w:val="006A483C"/>
     <w:rsid w:val="006A53CF"/>
     <w:rsid w:val="006A617A"/>
     <w:rsid w:val="006B06DC"/>
     <w:rsid w:val="006B09EE"/>
     <w:rsid w:val="006B1B76"/>
     <w:rsid w:val="006B2873"/>
     <w:rsid w:val="006B2BF6"/>
     <w:rsid w:val="006B42FA"/>
     <w:rsid w:val="006C0834"/>
     <w:rsid w:val="006C0E3A"/>
     <w:rsid w:val="006C0E3C"/>
     <w:rsid w:val="006C1FD0"/>
     <w:rsid w:val="006C3E8D"/>
     <w:rsid w:val="006C49F6"/>
     <w:rsid w:val="006C6125"/>
+    <w:rsid w:val="006C64E2"/>
     <w:rsid w:val="006C6CCB"/>
     <w:rsid w:val="006D0BB3"/>
     <w:rsid w:val="006D1013"/>
     <w:rsid w:val="006D5609"/>
     <w:rsid w:val="006D5B9D"/>
     <w:rsid w:val="006D5D2F"/>
     <w:rsid w:val="006D799F"/>
     <w:rsid w:val="006D7B49"/>
     <w:rsid w:val="006E1087"/>
     <w:rsid w:val="006E221A"/>
     <w:rsid w:val="006E6881"/>
     <w:rsid w:val="006E75A1"/>
     <w:rsid w:val="006F057B"/>
     <w:rsid w:val="006F1F06"/>
     <w:rsid w:val="006F5BB6"/>
     <w:rsid w:val="006F6456"/>
     <w:rsid w:val="006F730F"/>
     <w:rsid w:val="007033D6"/>
     <w:rsid w:val="007050D1"/>
     <w:rsid w:val="007076B2"/>
     <w:rsid w:val="00710A61"/>
     <w:rsid w:val="00717265"/>
     <w:rsid w:val="00720230"/>
     <w:rsid w:val="007202FA"/>
     <w:rsid w:val="00722F79"/>
@@ -18158,50 +18623,51 @@
     <w:rsid w:val="009C1A6E"/>
     <w:rsid w:val="009C2F61"/>
     <w:rsid w:val="009C5A7E"/>
     <w:rsid w:val="009D20B4"/>
     <w:rsid w:val="009D37FE"/>
     <w:rsid w:val="009D7A5B"/>
     <w:rsid w:val="009D7BE6"/>
     <w:rsid w:val="009D7D46"/>
     <w:rsid w:val="009E0AF7"/>
     <w:rsid w:val="009E107B"/>
     <w:rsid w:val="009E1AED"/>
     <w:rsid w:val="009E3BF0"/>
     <w:rsid w:val="009E68B7"/>
     <w:rsid w:val="009F19BF"/>
     <w:rsid w:val="009F4A5D"/>
     <w:rsid w:val="009F5557"/>
     <w:rsid w:val="009F7CBA"/>
     <w:rsid w:val="00A014DA"/>
     <w:rsid w:val="00A0301C"/>
     <w:rsid w:val="00A04D79"/>
     <w:rsid w:val="00A14B8D"/>
     <w:rsid w:val="00A16E51"/>
     <w:rsid w:val="00A1747E"/>
     <w:rsid w:val="00A200A7"/>
     <w:rsid w:val="00A2059D"/>
+    <w:rsid w:val="00A22B1E"/>
     <w:rsid w:val="00A240E4"/>
     <w:rsid w:val="00A24E89"/>
     <w:rsid w:val="00A2571F"/>
     <w:rsid w:val="00A312E0"/>
     <w:rsid w:val="00A33924"/>
     <w:rsid w:val="00A44408"/>
     <w:rsid w:val="00A46200"/>
     <w:rsid w:val="00A465DF"/>
     <w:rsid w:val="00A46A50"/>
     <w:rsid w:val="00A50568"/>
     <w:rsid w:val="00A529C7"/>
     <w:rsid w:val="00A608ED"/>
     <w:rsid w:val="00A6488C"/>
     <w:rsid w:val="00A64C33"/>
     <w:rsid w:val="00A65DB3"/>
     <w:rsid w:val="00A67CE9"/>
     <w:rsid w:val="00A70149"/>
     <w:rsid w:val="00A714EF"/>
     <w:rsid w:val="00A71D8C"/>
     <w:rsid w:val="00A72C02"/>
     <w:rsid w:val="00A761CD"/>
     <w:rsid w:val="00A806C5"/>
     <w:rsid w:val="00A830C2"/>
     <w:rsid w:val="00A84325"/>
     <w:rsid w:val="00A85E57"/>
@@ -18364,163 +18830,170 @@
     <w:rsid w:val="00CE10ED"/>
     <w:rsid w:val="00CE3E20"/>
     <w:rsid w:val="00CE4920"/>
     <w:rsid w:val="00CE4E60"/>
     <w:rsid w:val="00CE623F"/>
     <w:rsid w:val="00CE648B"/>
     <w:rsid w:val="00CE6C7A"/>
     <w:rsid w:val="00CE7A30"/>
     <w:rsid w:val="00CE7C57"/>
     <w:rsid w:val="00CF0005"/>
     <w:rsid w:val="00CF5C96"/>
     <w:rsid w:val="00CF6025"/>
     <w:rsid w:val="00D0314F"/>
     <w:rsid w:val="00D053ED"/>
     <w:rsid w:val="00D0770E"/>
     <w:rsid w:val="00D13A51"/>
     <w:rsid w:val="00D15ADD"/>
     <w:rsid w:val="00D16986"/>
     <w:rsid w:val="00D2057A"/>
     <w:rsid w:val="00D20733"/>
     <w:rsid w:val="00D22239"/>
     <w:rsid w:val="00D250B7"/>
     <w:rsid w:val="00D25C15"/>
     <w:rsid w:val="00D26357"/>
     <w:rsid w:val="00D26D23"/>
+    <w:rsid w:val="00D36907"/>
     <w:rsid w:val="00D40559"/>
     <w:rsid w:val="00D45CC3"/>
     <w:rsid w:val="00D45F95"/>
     <w:rsid w:val="00D506BF"/>
     <w:rsid w:val="00D53454"/>
     <w:rsid w:val="00D542CF"/>
     <w:rsid w:val="00D5648C"/>
     <w:rsid w:val="00D625E4"/>
     <w:rsid w:val="00D64BBA"/>
     <w:rsid w:val="00D6670D"/>
     <w:rsid w:val="00D668FF"/>
     <w:rsid w:val="00D72D8E"/>
     <w:rsid w:val="00D74FFB"/>
     <w:rsid w:val="00D76FD5"/>
     <w:rsid w:val="00D77050"/>
     <w:rsid w:val="00D80630"/>
+    <w:rsid w:val="00D81323"/>
     <w:rsid w:val="00D82293"/>
     <w:rsid w:val="00D82E3B"/>
     <w:rsid w:val="00D84C7C"/>
     <w:rsid w:val="00D87F83"/>
     <w:rsid w:val="00D9349F"/>
     <w:rsid w:val="00DA3CF3"/>
     <w:rsid w:val="00DA4F58"/>
     <w:rsid w:val="00DA7626"/>
     <w:rsid w:val="00DB536A"/>
     <w:rsid w:val="00DB714E"/>
     <w:rsid w:val="00DB7A3A"/>
     <w:rsid w:val="00DC0A16"/>
     <w:rsid w:val="00DC0CB5"/>
     <w:rsid w:val="00DC0CF8"/>
     <w:rsid w:val="00DC40C5"/>
     <w:rsid w:val="00DC41A5"/>
     <w:rsid w:val="00DE4BE3"/>
     <w:rsid w:val="00DE545B"/>
     <w:rsid w:val="00DE6772"/>
+    <w:rsid w:val="00DF1C1C"/>
     <w:rsid w:val="00DF2903"/>
     <w:rsid w:val="00DF42E0"/>
     <w:rsid w:val="00DF5617"/>
     <w:rsid w:val="00DF5C0F"/>
+    <w:rsid w:val="00DF68E9"/>
+    <w:rsid w:val="00DF7F4B"/>
     <w:rsid w:val="00E00872"/>
     <w:rsid w:val="00E0094A"/>
     <w:rsid w:val="00E03F60"/>
     <w:rsid w:val="00E055D9"/>
     <w:rsid w:val="00E05EDD"/>
     <w:rsid w:val="00E06820"/>
     <w:rsid w:val="00E137CE"/>
     <w:rsid w:val="00E13C3F"/>
     <w:rsid w:val="00E13D08"/>
     <w:rsid w:val="00E13FDD"/>
     <w:rsid w:val="00E144E5"/>
     <w:rsid w:val="00E15214"/>
     <w:rsid w:val="00E1529B"/>
     <w:rsid w:val="00E21149"/>
     <w:rsid w:val="00E254C1"/>
     <w:rsid w:val="00E276BF"/>
     <w:rsid w:val="00E27B2C"/>
     <w:rsid w:val="00E31CE9"/>
     <w:rsid w:val="00E34C36"/>
     <w:rsid w:val="00E34EFE"/>
     <w:rsid w:val="00E370C3"/>
     <w:rsid w:val="00E37526"/>
     <w:rsid w:val="00E405DA"/>
     <w:rsid w:val="00E41465"/>
     <w:rsid w:val="00E438FC"/>
     <w:rsid w:val="00E45AA6"/>
     <w:rsid w:val="00E508E5"/>
     <w:rsid w:val="00E51985"/>
     <w:rsid w:val="00E519BC"/>
     <w:rsid w:val="00E54AF9"/>
     <w:rsid w:val="00E60CED"/>
     <w:rsid w:val="00E61720"/>
     <w:rsid w:val="00E61CD6"/>
     <w:rsid w:val="00E6501D"/>
     <w:rsid w:val="00E65500"/>
     <w:rsid w:val="00E661C7"/>
     <w:rsid w:val="00E66427"/>
     <w:rsid w:val="00E73987"/>
     <w:rsid w:val="00E73FA7"/>
     <w:rsid w:val="00E74D83"/>
     <w:rsid w:val="00E75F4B"/>
+    <w:rsid w:val="00E819E6"/>
     <w:rsid w:val="00E81BC7"/>
     <w:rsid w:val="00E8297A"/>
     <w:rsid w:val="00E8373B"/>
     <w:rsid w:val="00E869EC"/>
     <w:rsid w:val="00E86BA7"/>
     <w:rsid w:val="00E9299E"/>
     <w:rsid w:val="00E93B8D"/>
     <w:rsid w:val="00E94219"/>
     <w:rsid w:val="00EA0B7C"/>
     <w:rsid w:val="00EB0AED"/>
     <w:rsid w:val="00EB5E82"/>
     <w:rsid w:val="00EB778A"/>
     <w:rsid w:val="00EC04C2"/>
     <w:rsid w:val="00EC1661"/>
     <w:rsid w:val="00EC18A8"/>
     <w:rsid w:val="00EC242A"/>
     <w:rsid w:val="00EC2FF2"/>
     <w:rsid w:val="00EC4859"/>
     <w:rsid w:val="00ED5ABE"/>
     <w:rsid w:val="00ED5AD3"/>
     <w:rsid w:val="00ED5F3F"/>
     <w:rsid w:val="00EE0937"/>
     <w:rsid w:val="00EE255E"/>
     <w:rsid w:val="00F035D8"/>
     <w:rsid w:val="00F0373C"/>
     <w:rsid w:val="00F03CBB"/>
     <w:rsid w:val="00F051D1"/>
     <w:rsid w:val="00F11D62"/>
     <w:rsid w:val="00F1393F"/>
     <w:rsid w:val="00F20BD6"/>
     <w:rsid w:val="00F243CF"/>
     <w:rsid w:val="00F255AA"/>
     <w:rsid w:val="00F27E49"/>
+    <w:rsid w:val="00F305B6"/>
     <w:rsid w:val="00F306FA"/>
     <w:rsid w:val="00F33E9E"/>
     <w:rsid w:val="00F36DB0"/>
     <w:rsid w:val="00F4198E"/>
     <w:rsid w:val="00F42771"/>
     <w:rsid w:val="00F43DB3"/>
     <w:rsid w:val="00F4420F"/>
     <w:rsid w:val="00F46029"/>
     <w:rsid w:val="00F535FB"/>
     <w:rsid w:val="00F54A7F"/>
     <w:rsid w:val="00F54D53"/>
     <w:rsid w:val="00F56E3F"/>
     <w:rsid w:val="00F61762"/>
     <w:rsid w:val="00F63FFF"/>
     <w:rsid w:val="00F65F02"/>
     <w:rsid w:val="00F70DA0"/>
     <w:rsid w:val="00F712FD"/>
     <w:rsid w:val="00F810B1"/>
     <w:rsid w:val="00F85817"/>
     <w:rsid w:val="00F85F1C"/>
     <w:rsid w:val="00F86CF0"/>
     <w:rsid w:val="00F9026A"/>
     <w:rsid w:val="00F9490E"/>
     <w:rsid w:val="00F952C8"/>
     <w:rsid w:val="00F96714"/>
@@ -21217,81 +21690,52 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...29 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ef07d602f0d784f906f2f274620b634e" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="e68f0f87fe40eb8f00a6083e5bd0f910">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0179583613ae4501fada8583dd36dd7d" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -21545,139 +21989,183 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
+    <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
+    <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Anglès [EN]</Idioma>
+    <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
+    <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7028EC9B-AEF4-4F6A-972B-DC92D6436959}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EE699C8-C106-448E-BA54-6F5B1EA83EB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{417274F6-5EA0-43E9-9A8E-17549A4B9B60}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2882FF5E-7449-4B83-BDB5-BCE16FD5B659}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>5306</Words>
-  <Characters>30250</Characters>
+  <Words>5536</Words>
+  <Characters>30450</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>252</Lines>
-  <Paragraphs>70</Paragraphs>
+  <Lines>253</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Títol</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35486</CharactersWithSpaces>
+  <CharactersWithSpaces>35915</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96</vt:lpwstr>
   </property>