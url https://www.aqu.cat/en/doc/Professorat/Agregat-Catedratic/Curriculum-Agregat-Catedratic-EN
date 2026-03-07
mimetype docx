--- v2 (2026-01-25)
+++ v3 (2026-03-07)
@@ -201,63 +201,61 @@
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ssessment </w:t>
       </w:r>
       <w:r w:rsidR="00DF1C1C" w:rsidRPr="00DF68E9">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF68E9" w:rsidRPr="00DF68E9">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sexennis</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF1C1C" w:rsidRPr="00DF68E9">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="7764" w:type="dxa"/>
         <w:tblInd w:w="1308" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -344,73 +342,51 @@
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ssessment</w:t>
             </w:r>
             <w:r w:rsidR="00626985">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...21 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (sexennis)</w:t>
             </w:r>
             <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, please list all research merits, without applying the maximum limits established in accreditation calls.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F78A8FF" w14:textId="4719500E" w:rsidR="00DF7F4B" w:rsidRPr="00D81323" w:rsidRDefault="00D81323" w:rsidP="00D81323">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5886,71 +5862,51 @@
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0E" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="005F4028">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of thesis defence (dd/mm/</w:t>
-[...19 lines deleted...]
-              <w:t>):</w:t>
+              <w:t>Date of thesis defence (dd/mm/yyyy):</w:t>
             </w:r>
             <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
@@ -5995,71 +5951,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4401" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A32D0F" w14:textId="65E9CD4A" w:rsidR="007932B1" w:rsidRPr="00D81323" w:rsidRDefault="005F4028">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date of issue of diploma (dd/mm/</w:t>
-[...19 lines deleted...]
-              <w:t>):</w:t>
+              <w:t>Date of issue of diploma (dd/mm/yyyy):</w:t>
             </w:r>
             <w:r w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin" w:fldLock="1">
                 <w:ffData>
                   <w:name w:val="Texto34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="007932B1" w:rsidRPr="00D81323">
@@ -6579,56 +6515,70 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C806777" w14:textId="77777777" w:rsidR="0091078D" w:rsidRPr="00D81323" w:rsidRDefault="0091078D">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC8CB6F" w14:textId="398132A3" w:rsidR="00BF480D" w:rsidRPr="00D81323" w:rsidRDefault="00AE49F3" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Breaks for maternity or paternity leave, leaves of absence for caregiving, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4538D1F5" w14:textId="49D2F3EC" w:rsidR="00985F81" w:rsidRPr="00D81323" w:rsidRDefault="00735C44" w:rsidP="003C7F6F">
+    <w:p w14:paraId="4538D1F5" w14:textId="49D2F3EC" w:rsidR="00985F81" w:rsidRDefault="00735C44" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>If applicable, please indicate and specify the duration of any breaks for maternity or paternity leave and periods of leave for childcare, caring for first-degree dependent family members, reasons related to gender violence, terrorist violence, long-term sick leave, or participation in community service initiatives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70299152" w14:textId="6D0D6BB0" w:rsidR="00BA4F9D" w:rsidRPr="00D81323" w:rsidRDefault="00BA4F9D" w:rsidP="003C7F6F">
+      <w:pPr>
+        <w:pStyle w:val="Instruccions"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA4F9D">
+        <w:t>If these interruptions have resulted in an irregular teaching or research trajectory, submit a formal request</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (instancia)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA4F9D">
+        <w:t xml:space="preserve"> along with supporting evidence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC195BA" w14:textId="18EB0220" w:rsidR="001B460C" w:rsidRPr="00D81323" w:rsidRDefault="001B460C" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -12455,59 +12405,51 @@
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="345245FF" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00D81323" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F45218" w14:textId="225B368A" w:rsidR="00C645A9" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>C.1 Supervision of completed doctoral theses</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F687258" w14:textId="6F29BF96" w:rsidR="008A11CC" w:rsidRPr="00D81323" w:rsidRDefault="008A11CC" w:rsidP="00B62D64">
       <w:r w:rsidRPr="00D81323">
-        <w:t>For each contribution, please provide the following: name of the supervisor (or supervisors), title of the work, date of reading (dd/mm/</w:t>
-[...7 lines deleted...]
-        <w:t>), name of the doctoral student, grade obtained and institution.</w:t>
+        <w:t>For each contribution, please provide the following: name of the supervisor (or supervisors), title of the work, date of reading (dd/mm/yyyy), name of the doctoral student, grade obtained and institution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C20E84" w14:textId="7D752F32" w:rsidR="00381739" w:rsidRPr="00D81323" w:rsidRDefault="00381739" w:rsidP="00443A51">
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Please provide a certificate issued by the relevant vice-rectorate containing the following information: the title and date of the thesis, the name of the doctoral student, the name of the supervisor (or supervisors) and the grade obtained. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B3861E" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00D81323" w:rsidRDefault="00381739" w:rsidP="00443A51">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>The data provided on this form must coincide exactly with the certificate(s) submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F45881C" w14:textId="29D6B48E" w:rsidR="00947A1B" w:rsidRPr="00D81323" w:rsidRDefault="00947A1B" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>Repeat as many times as necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6342EDA7" w14:textId="76D00333" w:rsidR="00C645A9" w:rsidRPr="00D81323" w:rsidRDefault="00C645A9" w:rsidP="00B97AB0">
@@ -12588,59 +12530,51 @@
       <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E669CFD" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
-        <w:t>Date of reading (dd/mm/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+        <w:t xml:space="preserve">Date of reading (dd/mm/yyyy): </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41A1A480" w14:textId="43F0E8C9" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
@@ -12833,59 +12767,51 @@
       <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4890BD7D" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
-        <w:t>Date of reading (dd/mm/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+        <w:t xml:space="preserve">Date of reading (dd/mm/yyyy): </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="begin" w:fldLock="1">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C2497C" w14:textId="09C1CA9F" w:rsidR="00B62D64" w:rsidRPr="00D81323" w:rsidRDefault="00B62D64" w:rsidP="00B62D64">
@@ -13389,59 +13315,51 @@
     </w:p>
     <w:p w14:paraId="4DEBD764" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Research activity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74423361" w14:textId="7F491B5E" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00D81323">
         <w:t>Summarise your research, highlighting any publications produced during your postdoctoral studies. You should also defend the scientific and/or social impact of your publications and projects. Specify your contribution to the most important publications. Please outline the international or national scope of your activity, contributions and impact in terms of citizen science, contributions of local relevance in Catalan, the open access to the scientific and teaching contributions and their interdisciplinarity. Include your research stays and the resulting publications, prizes received, translations, and any artistic or architectural works or exhibitions, etc. You may also include congresses, scholarships, grants and any other research merits that you consider relevant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FB84DC" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>Transfer of knowledge and technology, and professional activity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEB20B4" w14:textId="3A24D532" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00080D8D" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00D81323">
-        <w:t xml:space="preserve">Outline the results of any processes intended to transfer knowledge, skills and/or innovations to </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> via companies, sectoral organisations, institutions or governmental bodies, and demonstrate that these activities have contributed to innovation, economic growth and development by solving real-world problems and/or improving products, processes or services.</w:t>
+        <w:t>Outline the results of any processes intended to transfer knowledge, skills and/or innovations to society as a whole, whether via companies, sectoral organisations, institutions or governmental bodies, and demonstrate that these activities have contributed to innovation, economic growth and development by solving real-world problems and/or improving products, processes or services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69526D29" w14:textId="7FA3E4F8" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">In terms of professional experience, highlight the most relevant activities that are directly related to your field of expertise. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B42B5A4" w14:textId="43DF10C8" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">A.1 Research activity </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BA4C09" w14:textId="42A36EF1" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00414541">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>A.1.1 Results of your research activity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19BD9E6C" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00D81323" w:rsidRDefault="00461773" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00D81323">
@@ -13701,59 +13619,51 @@
       <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t>Other activities and outcomes of the transfer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A3F0293" w14:textId="066A3DBE" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00D81323">
         <w:t>The following merits may be included in this section:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2448122F" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
-        <w:t xml:space="preserve">Activities that support scientific dissemination and culture, reflection on the role of science, technology and innovation </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> —such as publications, conferences, exhibitions, audiovisuals, collaboration with the media, legislative consultancy, law papers and other activities with social, artistic and cultural value— and promote an open and innovative science and innovation sector. </w:t>
+        <w:t xml:space="preserve">Activities that support scientific dissemination and culture, reflection on the role of science, technology and innovation in today's society —such as publications, conferences, exhibitions, audiovisuals, collaboration with the media, legislative consultancy, law papers and other activities with social, artistic and cultural value— and promote an open and innovative science and innovation sector. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BEE5536" w14:textId="7015BD3B" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>Activities aimed at sharing research results, good practices or teaching methods, training workshops with companies and organisations, capacity building and social and transformative innovation programmes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0147E50B" w14:textId="59955FFE" w:rsidR="00A65DB3" w:rsidRPr="00D81323" w:rsidRDefault="00A65DB3" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -13816,70 +13726,57 @@
     <w:p w14:paraId="09C4B281" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00D81323" w:rsidRDefault="006324E9">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="257CBB1C" w14:textId="320037B4" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Text2"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. University teaching dimension </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CAF65A" w14:textId="54C3C6DA" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t>, applicants must provide, as evidence of the quality of their teaching, positive evaluations of their teaching undertaken by their universities using a teaching evaluation manual certified by AQU Catalunya or similar programmes (e.g. DOCENTIA) run by other member agencies in the REACU network.</w:t>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>As a general rule, applicants must provide, as evidence of the quality of their teaching, positive evaluations of their teaching undertaken by their universities using a teaching evaluation manual certified by AQU Catalunya or similar programmes (e.g. DOCENTIA) run by other member agencies in the REACU network.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2179369C" w14:textId="3AC9438F" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
-        <w:t xml:space="preserve">For associate professor accreditation, candidates with one positive evaluation issued by their university in accordance with the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> are deemed to have demonstrated sufficient proficiency in this dimension. Applicants for full professor accreditation will require two positive evaluations.</w:t>
+        <w:t>For associate professor accreditation, candidates with one positive evaluation issued by their university in accordance with the aforementioned criteria are deemed to have demonstrated sufficient proficiency in this dimension. Applicants for full professor accreditation will require two positive evaluations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6193C8F3" w14:textId="48AECB83" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t>For those who have developed their research and teaching careers abroad or in Spanish universities that do not have a certified teaching assessment manual, or who do not meet the requirements to apply for direct assessment based on the university's manual, the dimensions to be assessed are as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D90F4E1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>Evolution and quality of the university teaching experience</w:t>
       </w:r>
@@ -13964,59 +13861,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>This section may include any ongoing supervision of doctoral theses, curricular tutorials, involvement in course design commissions, design of new subjects, coordination of special activities, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2C8449" w14:textId="5E04E4E1" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
-        <w:t xml:space="preserve">It may also include the development of educational resources that are preferably available in unrestricted open access through institutional, thematic or generalist repositories and subject to academic and/or external evaluation. Teaching manuals and textbooks are assessed </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the prestige of the publisher, the people behind the publication, the collection in which the work is published, any awards it may have won and the reviews it has received, among other factors.</w:t>
+        <w:t>It may also include the development of educational resources that are preferably available in unrestricted open access through institutional, thematic or generalist repositories and subject to academic and/or external evaluation. Teaching manuals and textbooks are assessed on the basis of the prestige of the publisher, the people behind the publication, the collection in which the work is published, any awards it may have won and the reviews it has received, among other factors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711D8F64" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="003D5DBB">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Hlk209780037"/>
       <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Narrative summary of </w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">the evolution and quality of your university teaching experience </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226399B7" w14:textId="1E6D5A64" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t>It is mandatory to include, in a single file, documentary evidence of your teaching quality, which must contain a description and assessment of the following elements:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620CB7E0" w14:textId="156F9512" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
@@ -14072,59 +13961,51 @@
       <w:r w:rsidRPr="00D81323">
         <w:t>Evaluation by an academic superior. Evidence: report from an academic supervisor on the quality of your teaching activity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="505B644B" w14:textId="6683622D" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>Management of or participation in teaching innovation projects. Evidence: award certificate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331D992C" w14:textId="0B73D197" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
-        <w:t xml:space="preserve">In addition, your narrative summary may </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to other relevant aspects, such as:</w:t>
+        <w:t>In addition, your narrative summary may make reference to other relevant aspects, such as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="118A0A33" w14:textId="11F0C882" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Teaching training (placements in institutions, participation in courses, postgraduate courses and programmes, whether in your disciplinary field or specific to university teacher training). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B5F880" w14:textId="50A34F11" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00B139B0" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
@@ -14172,65 +14053,52 @@
     </w:p>
     <w:p w14:paraId="3BFB16AC" w14:textId="4E1E2EDF" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00A67CE9">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>Preliminary note</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="306F643A" w14:textId="50CF3A61" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="00BB0E46" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t>Exemption from the minimum teaching requirement: individuals who can demonstrate exceptional research achievements and have primarily built their careers in non-university research institutions or in foreign universities, where the criteria and assessment methods for teaching are challenging to translate into the Catalan Higher Education System, may obtain accreditation without fulfilling the usual requirements for teaching experience. This exemption is granted once the relevant specific commission of the CAR has verified these qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04134A78" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t>If this applies to you, simply attach the documentation that verifies the relevant research distinction.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="288EE161" w14:textId="46B3E4B2" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00644A7D">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> plurality, interdisciplinarity, teaching complexity and mode of teaching, which will be determined by, among other things, the following:</w:t>
+      <w:r w:rsidRPr="00D81323">
+        <w:t>With regard to teaching activity, only official university teaching (undergraduate, postgraduate or doctorate) or the equivalent in a foreign university system will be considered. Teaching posts will be evaluated on the basis of plurality, interdisciplinarity, teaching complexity and mode of teaching, which will be determined by, among other things, the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6909C1" w14:textId="6E908B2F" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>The number and diversity of subjects taught.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A7D77A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
@@ -14301,59 +14169,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t>Teaching in centres or on campuses other than the one to which they are attached.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28CB7567" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006237CA" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
-        <w:t xml:space="preserve">The supervision of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> degree final projects (TFG) and Master's degree final projects (TFM).</w:t>
+        <w:t>The supervision of Bachelor's degree final projects (TFG) and Master's degree final projects (TFM).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D36AFF7" w14:textId="41DAAAC3" w:rsidR="006237CA" w:rsidRPr="00D81323" w:rsidRDefault="006B1B76" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t>Please provide the following details:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01106E5E" w14:textId="6D3D1812" w:rsidR="00644A7D" w:rsidRPr="00D81323" w:rsidRDefault="00930A6F" w:rsidP="006B1B76">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Number of full-time years (or equivalent part-time): </w:t>
       </w:r>
       <w:r w:rsidR="00644A7D" w:rsidRPr="00D81323">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -14653,122 +14513,90 @@
     <w:p w14:paraId="5D92E6E5" w14:textId="5D053FF0" w:rsidR="00381739" w:rsidRPr="00D81323" w:rsidRDefault="00381739" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">You must provide a certificate issued by the relevant vice-rectorate containing the following information: the title and date of the reading of the thesis, the name of the doctoral student, the name of the supervisor (or supervisors) and the grade obtained. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E60E877" w14:textId="4660CB83" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00381739" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t>The data provided on this form must coincide exactly with the certificate(s) submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F53985D" w14:textId="16455A38" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">C.2 Leadership in the field of university and scientific management and administration </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FFCCB0" w14:textId="2EB145F7" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Activities that demonstrate effective leadership within stable teaching and research teams or groups are highly valued. Among other factors, we consider the size and reputation of the teams, the activities carried out and the results achieved in the relevant field or for the institution itself, the vision with which the activities were implemented, the challenges confronted, and the implementation of transformations and changes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="685C5241" w14:textId="4F18D837" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
-        <w:t xml:space="preserve">The applicant's ability to attract talent —scientific and/or technical— through competitive calls is considered another aspect of leadership — e.g. FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriz de </w:t>
-[...15 lines deleted...]
-        <w:t>-Curie grants.</w:t>
+        <w:t>The applicant's ability to attract talent —scientific and/or technical— through competitive calls is considered another aspect of leadership — e.g. FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriz de Pinoso or Marie Skłodowska-Curie grants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E516AA" w14:textId="620B5CF3" w:rsidR="00DF2903" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">Also included in this section are activities related to management and administration in academic and scientific settings: coordination of official degrees, editorial roles for scientific </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">journals or magazines, presidencies of assessment agency commissions, unipersonal positions in the university environment, as well as other functions that demonstrate leadership at institutional level and in transforming the university and scientific system. These activities are assessed in terms of the vision with which they have been carried out, the challenges faced, the innovations and improvements introduced in the exercise of the office, as well as the results obtained and the impact they have had on the body in question, on the institution as a whole or, where appropriate, in the local or social sphere. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37708A09" w14:textId="786D9616" w:rsidR="00DF2903" w:rsidRPr="00D81323" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t>You can include up to 5 contributions, bearing in mind that you can group several items into a single contribution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CC6B0B" w14:textId="48337254" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00DF2903" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Examples.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D81323">
-        <w:t xml:space="preserve"> Editorial roles for scientific journals: Associate editor of journal X (JCR Q2) from </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to the present, Reviewer for journal Y (JCR Q1) on X occasions, and member of the editorial board of journal Z (JCR Q1) for so many years.</w:t>
+        <w:t xml:space="preserve"> Editorial roles for scientific journals: Associate editor of journal X (JCR Q2) from xxxx to the present, Reviewer for journal Y (JCR Q1) on X occasions, and member of the editorial board of journal Z (JCR Q1) for so many years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C71005" w14:textId="6AF719EE" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00870C39" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00D81323">
         <w:t xml:space="preserve">C.3 Recognition and responsibility in scientific organisations and scientific and technical committees </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9F41AE" w14:textId="7064ECAE" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
-        <w:t xml:space="preserve">Positions of responsibility within the governing bodies of scientific associations or organisations or on national and international committees are highly valued. Specifically, the innovations and improvements introduced in the execution of these activities will be considered, in addition to the results obtained and their impact on the organisation itself, on the relevant discipline or field of knowledge, or, where appropriate, on </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Positions of responsibility within the governing bodies of scientific associations or organisations or on national and international committees are highly valued. Specifically, the innovations and improvements introduced in the execution of these activities will be considered, in addition to the results obtained and their impact on the organisation itself, on the relevant discipline or field of knowledge, or, where appropriate, on society as a whole.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA786FA" w14:textId="17276EE3" w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidRDefault="00AD4B43" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00D81323">
         <w:t>Recognition or awards received for excellence in academic activities, research, knowledge transfer and exchange with society will also be considered based on the prestige of the awarding institution, its national or international status and its relevance and impact.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD4B43" w:rsidRPr="00D81323" w:rsidSect="009E0AF7">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3C5F8ED5" w14:textId="77777777" w:rsidR="00A22B1E" w:rsidRDefault="00A22B1E">
       <w:r>
         <w:separator/>
       </w:r>
@@ -14817,94 +14645,92 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bahnschrift">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002C7" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41A32FB3" w14:textId="7439A97C" w:rsidR="008C2DC4" w:rsidRPr="00FD45FA" w:rsidRDefault="00C31832" w:rsidP="00650917">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name and surnames    </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
       <w:t>·</w:t>
     </w:r>
     <w:r>
@@ -17920,54 +17746,51 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="523247180">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="710619422">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="619262543">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1992710637">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="480196340">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="624971086">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-[...2 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="70"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -17992,50 +17815,51 @@
     <w:rsid w:val="00037DB3"/>
     <w:rsid w:val="00037DBA"/>
     <w:rsid w:val="000412FC"/>
     <w:rsid w:val="0004281A"/>
     <w:rsid w:val="00042C8C"/>
     <w:rsid w:val="00042F72"/>
     <w:rsid w:val="00045A30"/>
     <w:rsid w:val="00050E2A"/>
     <w:rsid w:val="000520F1"/>
     <w:rsid w:val="00052695"/>
     <w:rsid w:val="0005424B"/>
     <w:rsid w:val="000551B2"/>
     <w:rsid w:val="000556DD"/>
     <w:rsid w:val="00063C1E"/>
     <w:rsid w:val="0006432D"/>
     <w:rsid w:val="00064FC9"/>
     <w:rsid w:val="00070EE0"/>
     <w:rsid w:val="0007121D"/>
     <w:rsid w:val="0007247B"/>
     <w:rsid w:val="0007661C"/>
     <w:rsid w:val="0008002C"/>
     <w:rsid w:val="00080D8D"/>
     <w:rsid w:val="0008555C"/>
     <w:rsid w:val="0008747E"/>
     <w:rsid w:val="000926A1"/>
+    <w:rsid w:val="00094283"/>
     <w:rsid w:val="000948A4"/>
     <w:rsid w:val="00097DBD"/>
     <w:rsid w:val="000A0383"/>
     <w:rsid w:val="000A244D"/>
     <w:rsid w:val="000A3CA1"/>
     <w:rsid w:val="000A4032"/>
     <w:rsid w:val="000A50DE"/>
     <w:rsid w:val="000B03F6"/>
     <w:rsid w:val="000B3CE5"/>
     <w:rsid w:val="000B5E52"/>
     <w:rsid w:val="000B62C1"/>
     <w:rsid w:val="000B7ECA"/>
     <w:rsid w:val="000C1F0F"/>
     <w:rsid w:val="000C241F"/>
     <w:rsid w:val="000C4138"/>
     <w:rsid w:val="000C4AE9"/>
     <w:rsid w:val="000C6114"/>
     <w:rsid w:val="000C766E"/>
     <w:rsid w:val="000D79A9"/>
     <w:rsid w:val="000E05B7"/>
     <w:rsid w:val="000E06A6"/>
     <w:rsid w:val="000E1427"/>
     <w:rsid w:val="000E202A"/>
     <w:rsid w:val="000E4887"/>
     <w:rsid w:val="000E5BBC"/>
@@ -18716,63 +18540,65 @@
     <w:rsid w:val="00B30E0B"/>
     <w:rsid w:val="00B33B01"/>
     <w:rsid w:val="00B365A1"/>
     <w:rsid w:val="00B432AF"/>
     <w:rsid w:val="00B44152"/>
     <w:rsid w:val="00B45C1A"/>
     <w:rsid w:val="00B468CD"/>
     <w:rsid w:val="00B47538"/>
     <w:rsid w:val="00B56F5F"/>
     <w:rsid w:val="00B62D64"/>
     <w:rsid w:val="00B634A6"/>
     <w:rsid w:val="00B6530A"/>
     <w:rsid w:val="00B700AF"/>
     <w:rsid w:val="00B706AE"/>
     <w:rsid w:val="00B70FCB"/>
     <w:rsid w:val="00B75E15"/>
     <w:rsid w:val="00B80F75"/>
     <w:rsid w:val="00B8225D"/>
     <w:rsid w:val="00B85016"/>
     <w:rsid w:val="00B86EF6"/>
     <w:rsid w:val="00B9229A"/>
     <w:rsid w:val="00B92F9F"/>
     <w:rsid w:val="00B94EA8"/>
     <w:rsid w:val="00B96453"/>
     <w:rsid w:val="00B97AB0"/>
+    <w:rsid w:val="00BA4F9D"/>
     <w:rsid w:val="00BA590D"/>
     <w:rsid w:val="00BA67CD"/>
     <w:rsid w:val="00BA732A"/>
     <w:rsid w:val="00BB0E46"/>
     <w:rsid w:val="00BB575B"/>
     <w:rsid w:val="00BC015B"/>
     <w:rsid w:val="00BC0F15"/>
     <w:rsid w:val="00BC15ED"/>
     <w:rsid w:val="00BC5C1C"/>
     <w:rsid w:val="00BC72CC"/>
     <w:rsid w:val="00BC7CBE"/>
     <w:rsid w:val="00BD12F2"/>
     <w:rsid w:val="00BD190C"/>
+    <w:rsid w:val="00BD3396"/>
     <w:rsid w:val="00BD3685"/>
     <w:rsid w:val="00BD4ED8"/>
     <w:rsid w:val="00BD5227"/>
     <w:rsid w:val="00BE61C5"/>
     <w:rsid w:val="00BE7C76"/>
     <w:rsid w:val="00BF480D"/>
     <w:rsid w:val="00BF52F5"/>
     <w:rsid w:val="00BF5B3C"/>
     <w:rsid w:val="00BF5DB3"/>
     <w:rsid w:val="00BF703F"/>
     <w:rsid w:val="00C003FC"/>
     <w:rsid w:val="00C00CC6"/>
     <w:rsid w:val="00C015AF"/>
     <w:rsid w:val="00C038B3"/>
     <w:rsid w:val="00C07931"/>
     <w:rsid w:val="00C14AD7"/>
     <w:rsid w:val="00C151E8"/>
     <w:rsid w:val="00C20828"/>
     <w:rsid w:val="00C23BFC"/>
     <w:rsid w:val="00C25EC5"/>
     <w:rsid w:val="00C27CF2"/>
     <w:rsid w:val="00C307BD"/>
     <w:rsid w:val="00C3105B"/>
     <w:rsid w:val="00C31832"/>
     <w:rsid w:val="00C31AE2"/>
@@ -18823,50 +18649,51 @@
     <w:rsid w:val="00CB3322"/>
     <w:rsid w:val="00CB52E0"/>
     <w:rsid w:val="00CB6E3D"/>
     <w:rsid w:val="00CB6F5B"/>
     <w:rsid w:val="00CC5854"/>
     <w:rsid w:val="00CD2EB6"/>
     <w:rsid w:val="00CD6CAD"/>
     <w:rsid w:val="00CE10ED"/>
     <w:rsid w:val="00CE3E20"/>
     <w:rsid w:val="00CE4920"/>
     <w:rsid w:val="00CE4E60"/>
     <w:rsid w:val="00CE623F"/>
     <w:rsid w:val="00CE648B"/>
     <w:rsid w:val="00CE6C7A"/>
     <w:rsid w:val="00CE7A30"/>
     <w:rsid w:val="00CE7C57"/>
     <w:rsid w:val="00CF0005"/>
     <w:rsid w:val="00CF5C96"/>
     <w:rsid w:val="00CF6025"/>
     <w:rsid w:val="00D0314F"/>
     <w:rsid w:val="00D053ED"/>
     <w:rsid w:val="00D0770E"/>
     <w:rsid w:val="00D13A51"/>
     <w:rsid w:val="00D15ADD"/>
     <w:rsid w:val="00D16986"/>
+    <w:rsid w:val="00D16F3B"/>
     <w:rsid w:val="00D2057A"/>
     <w:rsid w:val="00D20733"/>
     <w:rsid w:val="00D22239"/>
     <w:rsid w:val="00D250B7"/>
     <w:rsid w:val="00D25C15"/>
     <w:rsid w:val="00D26357"/>
     <w:rsid w:val="00D26D23"/>
     <w:rsid w:val="00D36907"/>
     <w:rsid w:val="00D40559"/>
     <w:rsid w:val="00D45CC3"/>
     <w:rsid w:val="00D45F95"/>
     <w:rsid w:val="00D506BF"/>
     <w:rsid w:val="00D53454"/>
     <w:rsid w:val="00D542CF"/>
     <w:rsid w:val="00D5648C"/>
     <w:rsid w:val="00D625E4"/>
     <w:rsid w:val="00D64BBA"/>
     <w:rsid w:val="00D6670D"/>
     <w:rsid w:val="00D668FF"/>
     <w:rsid w:val="00D72D8E"/>
     <w:rsid w:val="00D74FFB"/>
     <w:rsid w:val="00D76FD5"/>
     <w:rsid w:val="00D77050"/>
     <w:rsid w:val="00D80630"/>
     <w:rsid w:val="00D81323"/>
@@ -19047,50 +18874,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="41A32C4B"/>
+  <w15:docId w15:val="{7A6CCE9D-9059-4ABA-B959-1D02D28369BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21690,50 +21518,62 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
+    <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
+    <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Anglès [EN]</Idioma>
+    <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
+    <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="e68f0f87fe40eb8f00a6083e5bd0f910">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0179583613ae4501fada8583dd36dd7d" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
@@ -21989,188 +21829,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2882FF5E-7449-4B83-BDB5-BCE16FD5B659}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EE699C8-C106-448E-BA54-6F5B1EA83EB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{417274F6-5EA0-43E9-9A8E-17549A4B9B60}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>5536</Words>
-  <Characters>30450</Characters>
+  <Words>5394</Words>
+  <Characters>30746</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>253</Lines>
-  <Paragraphs>71</Paragraphs>
+  <Lines>256</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35915</CharactersWithSpaces>
+  <CharactersWithSpaces>36068</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>