--- v0 (2025-10-15)
+++ v1 (2025-11-27)
@@ -7132,52 +7132,52 @@
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede repetirlo en caso de que tenga más de un doctorado.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4395"/>
-        <w:gridCol w:w="4109"/>
+        <w:gridCol w:w="3536"/>
+        <w:gridCol w:w="4968"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="5C029106" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6B0939FD" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -7717,57 +7717,57 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4FA9" w14:paraId="0DD3DA21" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="00ED4FA9" w14:paraId="0DD3DA21" w14:textId="77777777" w:rsidTr="00640E03">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4452F065" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Cualificación: </w:t>
             </w:r>
@@ -7854,93 +7854,77 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4109" w:type="dxa"/>
+            <w:tcW w:w="4968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4151055D" w14:textId="77777777" w:rsidR="00224D5A" w:rsidRDefault="001127B5" w:rsidP="0053019D">
+          <w:p w14:paraId="3CDD38AB" w14:textId="49E74C2A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:val="es-ES_tradnl"/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctorado europeo/internacional: </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Casilla10"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -8046,62 +8030,63 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4FA9" w14:paraId="1498AB82" w14:textId="77777777" w:rsidTr="001D5944">
+      <w:tr w:rsidR="00ED4FA9" w14:paraId="1498AB82" w14:textId="77777777" w:rsidTr="00640E03">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4395" w:type="dxa"/>
+            <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1363EDF2" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
+          <w:p w14:paraId="1363EDF2" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de defensa de la tesis (dd/mm/aaaa):</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
@@ -8193,51 +8178,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4109" w:type="dxa"/>
+            <w:tcW w:w="4968" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BAC1B1A" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de expedición del título (dd/mm/aaaa):</w:t>
             </w:r>
@@ -8357,58 +8342,58 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FF865D4" w14:textId="77777777" w:rsidR="0089019F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditaciones y tramos de investigación, transferencia, docencia y gestión </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37675A6C" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00994D53">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Indique, en su caso, si tiene alguna acreditación de profesorado de AQU, ANECA o similares y el número de tramos de investigación (sexenios), de transferencia, de docencia (quinquenios) y de gestión evaluados positivamente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1304A400" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
+    <w:p w14:paraId="1304A400" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditaciones obtenidas (indique la agencia): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
@@ -8497,58 +8482,58 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34144168" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
+    <w:p w14:paraId="34144168" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de investigación favorables autonómicos (evaluados por AQU): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
@@ -8637,58 +8622,58 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081E0F79" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
+    <w:p w14:paraId="081E0F79" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de investigación favorables estatales (evaluados por CNEAI): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
@@ -8777,58 +8762,58 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04443C86" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
+    <w:p w14:paraId="04443C86" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de transferencia favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
@@ -8917,77 +8902,76 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D2908F" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
+    <w:p w14:paraId="48D2908F" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Número de tramos de docencia favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
@@ -9058,58 +9042,58 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51009A69" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
+    <w:p w14:paraId="51009A69" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de gestión favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
@@ -9168,51 +9152,51 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F308D88" w14:textId="77777777" w:rsidR="0091078D" w:rsidRDefault="001127B5">
+    <w:p w14:paraId="1F308D88" w14:textId="77777777" w:rsidR="0091078D" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="24B256A7" w14:textId="77777777" w:rsidR="00BF480D" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Interrupciones por maternidad/paternidad, excedencias por cuidado de hijos o familiares, etc.</w:t>
@@ -10211,118 +10195,72 @@
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3337B582" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00535CD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Identificación:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3B0521" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00777862">
+    <w:p w14:paraId="7B3B0521" w14:textId="398E2949" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autores o autoras por orden de firma </w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Autores o autoras por orden de firma</w:t>
+      </w:r>
+      <w:r w:rsidR="00640E03">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
@@ -10347,58 +10285,58 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2240B914" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00777862">
+    <w:p w14:paraId="2240B914" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -10431,58 +10369,58 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2808F1EF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00777862">
+    <w:p w14:paraId="2808F1EF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -10520,58 +10458,58 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A36241B" w14:textId="09694AB5" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00777862">
+    <w:p w14:paraId="7A36241B" w14:textId="09694AB5" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -10609,58 +10547,58 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A140830" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00777862">
+    <w:p w14:paraId="0A140830" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista o editorial (título, volumen, página inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -10698,58 +10636,58 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8ACDF6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00777862">
+    <w:p w14:paraId="3D8ACDF6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -10782,58 +10720,58 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="110C3CDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00777862">
+    <w:p w14:paraId="110C3CDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -10866,58 +10804,58 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D87FD12" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00535CD7">
+    <w:p w14:paraId="1D87FD12" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Hiperenlace navegable a la publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -10955,52 +10893,53 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05046F03" w14:textId="77777777" w:rsidR="003D213B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FB0BC7">
-      <w:pPr>
+    <w:p w14:paraId="05046F03" w14:textId="77777777" w:rsidR="003D213B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicios de calidad: </w:t>
       </w:r>
       <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00777862" w:rsidRPr="00AC7C13">
@@ -11074,96 +11013,66 @@
       <w:bookmarkStart w:id="26" w:name="_Hlk191550280"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BFB2A53" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Identificación:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D93AD43" w14:textId="01588EC0" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E03F60">
+    <w:p w14:paraId="1D93AD43" w14:textId="7E2D4A84" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autores o autoras por orden de firma </w:t>
-[...29 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Autores o autoras por orden de firma:</w:t>
       </w:r>
       <w:r w:rsidR="00224D5A">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -11194,58 +11103,58 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456AA799" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E03F60">
+    <w:p w14:paraId="456AA799" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -11278,58 +11187,58 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27AC84A1" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E03F60">
+    <w:p w14:paraId="27AC84A1" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -11367,58 +11276,58 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2068EB7B" w14:textId="79C22E87" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E03F60">
+    <w:p w14:paraId="2068EB7B" w14:textId="79C22E87" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -11456,58 +11365,58 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="741EA319" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E03F60">
+    <w:p w14:paraId="741EA319" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista o editorial (título, volumen, página inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -11545,66 +11454,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5663F8FB" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E03F60">
+    <w:p w14:paraId="5663F8FB" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11630,58 +11538,58 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54539B9C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E03F60">
+    <w:p w14:paraId="54539B9C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -11714,58 +11622,58 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26859520" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E03F60">
+    <w:p w14:paraId="26859520" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Hiperenlace navegable a la publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -11803,52 +11711,53 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB6C437" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E03F60">
-      <w:pPr>
+    <w:p w14:paraId="6DB6C437" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicios de calidad: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11886,80 +11795,50 @@
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
-      </w:r>
-[...28 lines deleted...]
-        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27ECF9C8" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Creación artística</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49373DFB" w14:textId="77777777" w:rsidR="00F20BD6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009816F6">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir, de acuerdo con las características de cada aportación: título, descripción, fechas, disciplina artística, objeto y magnitud de la aportación, relevancia, grado de innovación, itinerancia, repercusión e impacto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6751953B" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
@@ -16267,59 +16146,80 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507BC102" w14:textId="77777777" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009409C1">
+    <w:p w14:paraId="2A3198A1" w14:textId="77777777" w:rsidR="00640E03" w:rsidRDefault="00640E03">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507BC102" w14:textId="3A49543E" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009409C1">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Contratos y convenios de transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36A84CA2" w14:textId="77777777" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C901BD">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir: tipo de participación, duración, financiación, contratación de personal, grado de innovación y de multidisciplinariedad/interdisciplinariedad, resultados, productos o servicios resultantes e impacto social conseguido.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7190B3B2" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones. </w:t>
       </w:r>
@@ -16480,51 +16380,50 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E3E481" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Contratación de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -17807,59 +17706,65 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E24194" w14:textId="77777777" w:rsidR="00AD52C2" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FA6EF5" w14:textId="77777777" w:rsidR="00434F24" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
+    <w:p w14:paraId="19FA6EF5" w14:textId="35C01244" w:rsidR="00434F24" w:rsidRPr="00AC7C13" w:rsidRDefault="00921B2B" w:rsidP="001620C0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">B.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="001127B5" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t>Trayectoria y calidad de la docencia universitaria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="377F7C94" w14:textId="77777777" w:rsidR="003F0F08" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Rellene los siguientes datos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DB0FDC" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F36DB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -19118,73 +19023,76 @@
         <w:t>[Solo para las acreditaciones para catedrático o catedrática]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03EB0090" w14:textId="77777777" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
       <w:hyperlink w:anchor="Texto4" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Instrucciones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6981446A" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resumen narrativo de la trayectoria de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F2A87E0" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
+    <w:p w14:paraId="1F2A87E0" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00640E03" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:iCs/>
+        <w:rPr>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00640E03">
+        <w:rPr>
+          <w:i w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resuma los hechos más importantes de su trayectoria de liderazgo científico y de gestión (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="00640E03">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
+          <w:i w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>máximo 3.600 caracteres</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00640E03">
+        <w:rPr>
+          <w:i w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAB6F65" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
@@ -20422,212 +20330,254 @@
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INSTRUCCIONES PARA LA CUMPLIMENTACIÓN DEL CV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29970205" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00844F3D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Consideraciones generales: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21354858" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00414541">
+    <w:p w14:paraId="21354858" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Hlk190869568"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario que acredite los méritos aportados, de acuerdo con la normativa y las instrucciones del CV. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1425193C" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00414541">
+    <w:p w14:paraId="1425193C" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Debe adjuntar la siguiente </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="a2" w:history="1">
         <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
           <w:rPr>
             <w:rStyle w:val="Enlla"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>documentación</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E45CE4A" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00414541">
+    <w:p w14:paraId="6E45CE4A" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Ordene las aportaciones cronológicamente, empezando por las más recientes y terminando por las más antiguas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0707CF44" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00414541">
+    <w:p w14:paraId="0707CF44" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Durante el proceso de evaluación, AQU Catalunya puede reclamar al solicitante que amplíe la información aportada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A72A36" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00722F79">
       <w:pPr>
         <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Text1"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A. Dimensión de investigación y transferencia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="150B3089" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
+    <w:p w14:paraId="150B3089" w14:textId="39E7520F" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Resumen narrativo de la trayectoria de Investigación y transferencia</w:t>
+        <w:t xml:space="preserve">Resumen narrativo de la trayectoria de </w:t>
+      </w:r>
+      <w:r w:rsidR="009234A7">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>nvestigación y transferencia</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6951C638" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nota previa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012E3301" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00986158">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las personas que solicitan la acreditación para catedrático o catedrática tienen reconocida la suficiencia en el bloque correspondiente a los méritos de investigación y transferencia e intercambio de conocimiento si disponen de financiación de los programas del ERC Consolidator Grant, Advanced Grant o Synergy Grant, o en otras convocatorias de investigación competitivas individuales internacionales de prestigio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64676CFA" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En el caso de la acreditación para profesorado agregado, además de las anteriores, también tienen la suficiencia en este bloque las personas que han superado procesos de evaluación de investigación estatales con un grado equivalente de exigencia, como, por ejemplo, el Programa de Incentivación de la Incorporación e Intensificación de la Actividad Investigadora (I3), las que han obtenido el Certificado como personas investigadoras establecidas (R3) y aquellas con financiación del programa Starting Grant del ERC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ECC94D3" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
+    <w:p w14:paraId="6ECC94D3" w14:textId="77777777" w:rsidR="00461773" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En estos casos no es necesario que rellene esta sección y solo es necesario adjuntar la documentación que acredite la distinción de investigación correspondiente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39765E6F" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
+    <w:p w14:paraId="5B41BA3B" w14:textId="372CBB40" w:rsidR="009234A7" w:rsidRPr="009234A7" w:rsidRDefault="009234A7" w:rsidP="00F051D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009234A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Instrucciones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39765E6F" w14:textId="56F4B1FF" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La evaluación de la actividad de las personas se lleva a cabo considerando las contribuciones que se aportan y la narrativa sobre la calidad, relevancia e impacto de estas contribuciones.</w:t>
+      </w:r>
+      <w:r w:rsidR="009234A7">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hay que aportar evidencias que sustenten el relato narrativo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D11A4DD" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En este sentido, indique las principales aportaciones en estos ámbitos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EE7245" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Actividad de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA2C5E9" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -21023,118 +20973,204 @@
         </w:rPr>
         <w:t xml:space="preserve">ara aquellos proyectos en los que haya participado, es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
       </w:r>
       <w:r w:rsidR="007A6CAC" w:rsidRPr="007A6CAC">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>el importe concedido, la duración del proyecto, el nombre del investigador o investigadora principal y el número de investigadores o investigadoras del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04598699" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.1.3 Estancias, movilidad e internacionalización</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798D6070" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
+    <w:p w14:paraId="798D6070" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00921B2B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario aportar un certificado de estancia docente o de investigación o transferencia emitido por la universidad o centro de investigación receptor en el que consten las fechas de inicio y final de la estancia. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB9A61E" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3B812A8E" w14:textId="77777777" w:rsidR="008D2C9E" w:rsidRDefault="008D2C9E" w:rsidP="00921B2B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB9A61E" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRPr="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00921B2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>A.2 Transferencia de conocimiento y tecnología y actividad profesional </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5026A96F" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00921B2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A.2.1 Transferencia de conocimiento y </w:t>
+      </w:r>
+      <w:r w:rsidR="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tecnolog</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidR="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763EEDAC" w14:textId="77777777" w:rsidR="008D2C9E" w:rsidRDefault="001127B5" w:rsidP="008D2C9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patentes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6730E455" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="008D2C9E" w:rsidRDefault="008D2C9E" w:rsidP="008D2C9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="001127B5" w:rsidRPr="008D2C9E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>ontratos y convenios de transferencia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B46CAA" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se considerarán los contratos y convenios que formalicen el intercambio de experiencias, habilidades o resultados de investigación entre instituciones, empresas o personas, así como </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>A.2 Transferencia de conocimiento y tecnología y actividad profesional </w:t>
-[...49 lines deleted...]
-        <w:t>Se considerarán los contratos y convenios que formalicen el intercambio de experiencias, habilidades o resultados de investigación entre instituciones, empresas o personas, así como los modelos de utilidad y demás acuerdos legales que regulen la cesión de conocimientos tecnológicos, software y hardware, diseño de productos, innovaciones, procesos propietarios de manufacturación, variedades vegetales, etc.</w:t>
+        <w:t>los modelos de utilidad y demás acuerdos legales que regulen la cesión de conocimientos tecnológicos, software y hardware, diseño de productos, innovaciones, procesos propietarios de manufacturación, variedades vegetales, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B9A326" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Otras actividades y resultados de la transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B4F080" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En este apartado se pueden incluir los siguientes méritos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="757B368A" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
@@ -21241,51 +21277,50 @@
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Participación como personas expertas en organismos de evaluación de proyectos de investigación, tecnología e innovación, o de evaluación del profesorado universitario y de otro personal investigador, así como la participación en comités, comisiones o paneles de agencias y organismos oficiales de evaluación de títulos y centros universitarios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3970F1CD" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A.2.2 Actividad profesional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF91BF1" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Se valora exclusivamente la actividad profesional que esté relacionada directamente con el ámbito de especialización de la persona solicitante y que no se haya llevado a cabo de forma simultánea a su actividad a tiempo completo en la universidad. Se evalúa la extensión de esta actividad y su pertinencia a la actividad de investigación y docencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB1B78E" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
@@ -21680,55 +21715,61 @@
     </w:p>
     <w:p w14:paraId="2B970C51" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La investigación sobre la propia actividad docente (publicaciones, aportaciones en congresos, etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CC04B24" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
+    <w:p w14:paraId="5CC04B24" w14:textId="6A9E395A" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="008D2C9E" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="001127B5" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trayectoria y calidad de la docencia universitaria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="580F7FC0" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A67CE9">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nota previa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A4DED6" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Exención del requisito de actividad docente mínima: aquellas personas que acrediten resultados de investigación excepcionales y que hayan desarrollado su carrera principalmente en una institución no universitaria dedicada a la investigación, o en una universidad extranjera en la que el cómputo y los instrumentos de medida de la actividad docente sean difíciles de trasladar al sistema universitario catalán, podrán obtener la acreditación sin necesidad de cumplir con el conjunto de requisitos y méritos de actividad docente, previa comprobación de estos hechos por parte de la comisión específica correspondiente de la CAR.</w:t>
       </w:r>
     </w:p>
@@ -22257,128 +22298,157 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C. Dimensión de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB48E52" w14:textId="77777777" w:rsidR="00C935BD" w:rsidRPr="00AC7C13" w:rsidRDefault="00C935BD" w:rsidP="00C935BD">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resumen narrativo de la trayectoria de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50623BC8" w14:textId="0D8289BF" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta dimensión solo se valora en el caso de las acreditaciones para catedrático o catedrática. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639C3B93" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
-[...4 lines deleted...]
-        <w:t>Las personas que la soliciten deben demostrar la capacidad de dirección de equipos docentes y de investigación; la formación, la capacitación, la mentoría y la promoción de jóvenes docentes e investigadores, y la dirección y la gestión universitaria y científica. También pueden aportar evidencias de los reconocimientos y responsabilidades ejercidas en organizaciones científicas y comités científico-técnicos u otras actividades de liderazgo equivalentes. En todos los casos, se valora el grado de internacionalización, innovación y apertura a la sociedad de las contribuciones presentadas. En esta dimensión se valoran las siguientes subdimensiones:</w:t>
+    <w:p w14:paraId="181B2072" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las personas que la soliciten deben demostrar la capacidad de dirección de equipos docentes y de investigación; la formación, la capacitación, la mentoría y la promoción de jóvenes docentes e investigadores, y la dirección y la gestión universitaria y científica. También pueden aportar evidencias de los reconocimientos y responsabilidades ejercidas en organizaciones científicas y comités científico-técnicos u otras actividades de liderazgo equivalentes. En todos los casos, se valora el grado de internacionalización, innovación y apertura a la sociedad de las contribuciones presentadas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639C3B93" w14:textId="3BC88ECD" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>En esta dimensión se valoran las siguientes subdimensiones:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA66106" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Dirección de tesis doctorales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E50F3A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Liderazgo en el ámbito de la dirección y gestión universitaria y científica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4685FB36" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
+    <w:p w14:paraId="4685FB36" w14:textId="6C139DED" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Reconocimientos y responsabilidad en organizaciones científicas y comités científicos y técnicos</w:t>
+        <w:t xml:space="preserve">Reconocimientos y responsabilidad en </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2C9E" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>organizaciones y comités científicos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y técnicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0329F9" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>C.1 Dirección de tesis doctorales finalizadas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6E09C1" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario aportar un certificado emitido por el vicerrectorado correspondiente en el que consten el título y la fecha de lectura de la tesis, el nombre del doctorando o doctoranda, el director o directora o directores o directoras y la cualificación obtenida. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2178F1DB" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
@@ -22419,55 +22489,63 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La capacidad de atracción de talento —científico y/o técnico— por parte de la persona solicitante mediante convocatorias competitivas se considera otro elemento de liderazgo —por ejemplo, convocatorias FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriz de Pinoso o Marie Skłodowska-Curie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3394974A" w14:textId="77777777" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">También se incluyen en este apartado las actividades de dirección y gestión de ámbitos académicos y científicos: coordinación de titulaciones oficiales, dirección de revistas o editoriales científicas, de presidencias de comisiones de agencias de evaluación, de cargos unipersonales en el entorno universitario, así como otras funciones que demuestren liderazgo institucional y en la transformación del sistema universitario y científico y de las misiones de la universidad. Estas actividades se valoran de acuerdo con la visión con la que se han llevado a cabo, los retos afrontados, las innovaciones y las mejoras introducidas en el ejercicio del cargo, así como los resultados obtenidos y el impacto alcanzado en el órgano dirigido, en el conjunto de la institución o, en su caso, en el ámbito local o social. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667CBB3C" w14:textId="77777777" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones, teniendo en cuenta que puede agrupar varios ítems en una única aportación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A27E654" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
-      <w:r w:rsidRPr="00AC7C13">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ejemplos. Roles editoriales en revistas científicas: Editora asociada de la revista </w:t>
+      <w:r w:rsidRPr="008D2C9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Ejemplos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Roles editoriales en revistas científicas: Editora asociada de la revista </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> (JCR Q2) desde el año xxxx hasta la actualidad, revisora para la revista </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -22530,67 +22608,74 @@
         <w:t>Se evalúa la responsabilidad ejercida en los órganos de dirección de asociaciones u organizaciones científicas o en comités nacionales e internacionales. Concretamente, se consideran las innovaciones y mejoras introducidas en el desempeño de estas actividades, así como los resultados obtenidos y el impacto alcanzado en la propia organización, en la disciplina o ámbito de conocimiento a la que pertenece o, en su caso, en el conjunto de la sociedad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B94FA8D" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>También se consideran los reconocimientos o premios recibidos a la excelencia en actividades académicas, de investigación, de transferencia y de intercambio de conocimiento con la sociedad, en función del prestigio de la institución otorgante, de su carácter nacional o internacional y de su relevancia e impacto.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidSect="009E0AF7">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="647B157E" w14:textId="77777777" w:rsidR="001A4850" w:rsidRDefault="001A4850">
+    <w:p w14:paraId="7E0B50A3" w14:textId="77777777" w:rsidR="001A4850" w:rsidRDefault="001A4850">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E8B2B6B" w14:textId="77777777" w:rsidR="001A4850" w:rsidRDefault="001A4850">
+    <w:p w14:paraId="062BAB2D" w14:textId="77777777" w:rsidR="001A4850" w:rsidRDefault="001A4850">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="0BCF7860" w14:textId="77777777" w:rsidR="006A1BEF" w:rsidRDefault="006A1BEF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -22724,67 +22809,74 @@
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00FD45FA">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00C875CC">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77C76881" w14:textId="77777777" w:rsidR="001A4850" w:rsidRDefault="001A4850">
+    <w:p w14:paraId="35B7711C" w14:textId="77777777" w:rsidR="001A4850" w:rsidRDefault="001A4850">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D40ACE0" w14:textId="77777777" w:rsidR="001A4850" w:rsidRDefault="001A4850">
+    <w:p w14:paraId="619843FA" w14:textId="77777777" w:rsidR="001A4850" w:rsidRDefault="001A4850">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="5CA5A95C" w14:textId="77777777" w:rsidR="006A1BEF" w:rsidRDefault="006A1BEF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02523B09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D225774"/>
     <w:lvl w:ilvl="0" w:tplc="299A5F3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B3CE84E6" w:tentative="1">
       <w:start w:val="1"/>
@@ -25722,62 +25814,64 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1434665987">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="446702791">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="19286105">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1459370718">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="595679158">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1176726519">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C66F0"/>
     <w:rsid w:val="00001D08"/>
     <w:rsid w:val="00005C91"/>
     <w:rsid w:val="00010560"/>
     <w:rsid w:val="000166C5"/>
     <w:rsid w:val="000208FB"/>
     <w:rsid w:val="00025121"/>
     <w:rsid w:val="0002790B"/>
     <w:rsid w:val="00033310"/>
     <w:rsid w:val="0003386B"/>
     <w:rsid w:val="00034781"/>
     <w:rsid w:val="00035392"/>
     <w:rsid w:val="0003598F"/>
     <w:rsid w:val="0003714B"/>
@@ -26054,50 +26148,51 @@
     <w:rsid w:val="004607A5"/>
     <w:rsid w:val="00461773"/>
     <w:rsid w:val="00461E45"/>
     <w:rsid w:val="004625BB"/>
     <w:rsid w:val="004639DC"/>
     <w:rsid w:val="00466F7B"/>
     <w:rsid w:val="004676AC"/>
     <w:rsid w:val="00471108"/>
     <w:rsid w:val="00473E25"/>
     <w:rsid w:val="004760D1"/>
     <w:rsid w:val="00480168"/>
     <w:rsid w:val="004818BD"/>
     <w:rsid w:val="00481BFF"/>
     <w:rsid w:val="0048352E"/>
     <w:rsid w:val="0048354E"/>
     <w:rsid w:val="00486712"/>
     <w:rsid w:val="00487CAD"/>
     <w:rsid w:val="0049179C"/>
     <w:rsid w:val="004919EC"/>
     <w:rsid w:val="00492C4E"/>
     <w:rsid w:val="00497B59"/>
     <w:rsid w:val="004A2FAD"/>
     <w:rsid w:val="004A7FD2"/>
     <w:rsid w:val="004B030A"/>
     <w:rsid w:val="004B23F3"/>
+    <w:rsid w:val="004B3B68"/>
     <w:rsid w:val="004B5587"/>
     <w:rsid w:val="004B7175"/>
     <w:rsid w:val="004B7F9C"/>
     <w:rsid w:val="004C3CA1"/>
     <w:rsid w:val="004C5CD7"/>
     <w:rsid w:val="004C6CA4"/>
     <w:rsid w:val="004D11BF"/>
     <w:rsid w:val="004D325F"/>
     <w:rsid w:val="004D5BD9"/>
     <w:rsid w:val="004E4013"/>
     <w:rsid w:val="004E4CF1"/>
     <w:rsid w:val="004F1494"/>
     <w:rsid w:val="004F17B0"/>
     <w:rsid w:val="004F3426"/>
     <w:rsid w:val="005017BA"/>
     <w:rsid w:val="00502787"/>
     <w:rsid w:val="005028F6"/>
     <w:rsid w:val="00506523"/>
     <w:rsid w:val="00506CB1"/>
     <w:rsid w:val="00507AC4"/>
     <w:rsid w:val="0051006E"/>
     <w:rsid w:val="00510143"/>
     <w:rsid w:val="00510DEF"/>
     <w:rsid w:val="00511010"/>
     <w:rsid w:val="005140EE"/>
@@ -26151,99 +26246,102 @@
     <w:rsid w:val="005E199C"/>
     <w:rsid w:val="005E2971"/>
     <w:rsid w:val="005E322C"/>
     <w:rsid w:val="005E3B32"/>
     <w:rsid w:val="005F0081"/>
     <w:rsid w:val="005F3101"/>
     <w:rsid w:val="005F3244"/>
     <w:rsid w:val="005F4028"/>
     <w:rsid w:val="005F531C"/>
     <w:rsid w:val="0060252A"/>
     <w:rsid w:val="00602B66"/>
     <w:rsid w:val="00612558"/>
     <w:rsid w:val="00613DC0"/>
     <w:rsid w:val="00617ED5"/>
     <w:rsid w:val="00620AC6"/>
     <w:rsid w:val="00622590"/>
     <w:rsid w:val="006237CA"/>
     <w:rsid w:val="006244F9"/>
     <w:rsid w:val="00625845"/>
     <w:rsid w:val="0063105D"/>
     <w:rsid w:val="006324E9"/>
     <w:rsid w:val="00634093"/>
     <w:rsid w:val="00634FFC"/>
     <w:rsid w:val="00635BEA"/>
     <w:rsid w:val="00636459"/>
+    <w:rsid w:val="00640E03"/>
     <w:rsid w:val="00641A63"/>
     <w:rsid w:val="0064314E"/>
     <w:rsid w:val="00644A7D"/>
     <w:rsid w:val="006474B8"/>
     <w:rsid w:val="00650917"/>
     <w:rsid w:val="00652EF9"/>
     <w:rsid w:val="00656C92"/>
     <w:rsid w:val="00657AC7"/>
     <w:rsid w:val="006621E6"/>
     <w:rsid w:val="00664460"/>
     <w:rsid w:val="00665162"/>
     <w:rsid w:val="006674E8"/>
     <w:rsid w:val="006675CE"/>
     <w:rsid w:val="0067240B"/>
     <w:rsid w:val="006822B2"/>
     <w:rsid w:val="006835BF"/>
     <w:rsid w:val="006849A2"/>
     <w:rsid w:val="00684F79"/>
     <w:rsid w:val="006901CF"/>
     <w:rsid w:val="00693849"/>
     <w:rsid w:val="006A195A"/>
+    <w:rsid w:val="006A1BEF"/>
     <w:rsid w:val="006A483C"/>
     <w:rsid w:val="006A53CF"/>
     <w:rsid w:val="006A617A"/>
     <w:rsid w:val="006B06DC"/>
     <w:rsid w:val="006B09EE"/>
     <w:rsid w:val="006B1B76"/>
     <w:rsid w:val="006B2873"/>
     <w:rsid w:val="006B2BF6"/>
     <w:rsid w:val="006B42FA"/>
     <w:rsid w:val="006C0834"/>
     <w:rsid w:val="006C0E3A"/>
     <w:rsid w:val="006C0E3C"/>
     <w:rsid w:val="006C1FD0"/>
     <w:rsid w:val="006C3E8D"/>
     <w:rsid w:val="006C49F6"/>
     <w:rsid w:val="006C6125"/>
     <w:rsid w:val="006D0BB3"/>
     <w:rsid w:val="006D1013"/>
     <w:rsid w:val="006D5609"/>
     <w:rsid w:val="006D5B9D"/>
     <w:rsid w:val="006D5D2F"/>
     <w:rsid w:val="006D799F"/>
     <w:rsid w:val="006D7B49"/>
     <w:rsid w:val="006E1087"/>
     <w:rsid w:val="006E221A"/>
     <w:rsid w:val="006E6881"/>
     <w:rsid w:val="006E75A1"/>
     <w:rsid w:val="006F057B"/>
+    <w:rsid w:val="006F1F06"/>
     <w:rsid w:val="006F5BB6"/>
     <w:rsid w:val="006F6456"/>
     <w:rsid w:val="006F730F"/>
     <w:rsid w:val="007033D6"/>
     <w:rsid w:val="007050D1"/>
     <w:rsid w:val="007076B2"/>
     <w:rsid w:val="00717265"/>
     <w:rsid w:val="00720230"/>
     <w:rsid w:val="007202FA"/>
     <w:rsid w:val="00722F79"/>
     <w:rsid w:val="0072422B"/>
     <w:rsid w:val="00724372"/>
     <w:rsid w:val="00724C59"/>
     <w:rsid w:val="00725006"/>
     <w:rsid w:val="00735C44"/>
     <w:rsid w:val="0074171B"/>
     <w:rsid w:val="00742330"/>
     <w:rsid w:val="007438BB"/>
     <w:rsid w:val="00743D15"/>
     <w:rsid w:val="00745565"/>
     <w:rsid w:val="0074577E"/>
     <w:rsid w:val="00751E64"/>
     <w:rsid w:val="0075787E"/>
     <w:rsid w:val="007602AD"/>
     <w:rsid w:val="00762EA8"/>
@@ -26305,69 +26403,72 @@
     <w:rsid w:val="008548F2"/>
     <w:rsid w:val="00856CD1"/>
     <w:rsid w:val="008601D8"/>
     <w:rsid w:val="00864C31"/>
     <w:rsid w:val="00866E00"/>
     <w:rsid w:val="00870C39"/>
     <w:rsid w:val="00874B66"/>
     <w:rsid w:val="00886397"/>
     <w:rsid w:val="0089019F"/>
     <w:rsid w:val="008924FE"/>
     <w:rsid w:val="00894980"/>
     <w:rsid w:val="00895800"/>
     <w:rsid w:val="00896321"/>
     <w:rsid w:val="008A11CC"/>
     <w:rsid w:val="008A45D4"/>
     <w:rsid w:val="008B293E"/>
     <w:rsid w:val="008B42B5"/>
     <w:rsid w:val="008B7C48"/>
     <w:rsid w:val="008C0334"/>
     <w:rsid w:val="008C2DC4"/>
     <w:rsid w:val="008C461B"/>
     <w:rsid w:val="008C4814"/>
     <w:rsid w:val="008C66F0"/>
     <w:rsid w:val="008C6DAA"/>
     <w:rsid w:val="008C71B7"/>
+    <w:rsid w:val="008D2C9E"/>
     <w:rsid w:val="008D5069"/>
     <w:rsid w:val="008E1388"/>
     <w:rsid w:val="008E379D"/>
     <w:rsid w:val="008E72F6"/>
     <w:rsid w:val="008E7670"/>
     <w:rsid w:val="008F5920"/>
     <w:rsid w:val="008F758E"/>
     <w:rsid w:val="008F7D88"/>
     <w:rsid w:val="00901927"/>
     <w:rsid w:val="0090350F"/>
     <w:rsid w:val="00904747"/>
     <w:rsid w:val="00904A41"/>
     <w:rsid w:val="0090590B"/>
     <w:rsid w:val="00910434"/>
     <w:rsid w:val="0091078D"/>
     <w:rsid w:val="0091369E"/>
     <w:rsid w:val="00916EFF"/>
     <w:rsid w:val="00917F8C"/>
     <w:rsid w:val="0092028A"/>
+    <w:rsid w:val="00921B2B"/>
+    <w:rsid w:val="009234A7"/>
     <w:rsid w:val="00926A49"/>
     <w:rsid w:val="00930A6F"/>
     <w:rsid w:val="00937BB4"/>
     <w:rsid w:val="009407C4"/>
     <w:rsid w:val="009409C1"/>
     <w:rsid w:val="009417BE"/>
     <w:rsid w:val="009426E2"/>
     <w:rsid w:val="00942847"/>
     <w:rsid w:val="00942D2C"/>
     <w:rsid w:val="00943C47"/>
     <w:rsid w:val="00944AD2"/>
     <w:rsid w:val="009461EC"/>
     <w:rsid w:val="00947A1B"/>
     <w:rsid w:val="0095489C"/>
     <w:rsid w:val="00954F52"/>
     <w:rsid w:val="009557BC"/>
     <w:rsid w:val="00955AEC"/>
     <w:rsid w:val="009560EE"/>
     <w:rsid w:val="009574D4"/>
     <w:rsid w:val="00961600"/>
     <w:rsid w:val="009741E5"/>
     <w:rsid w:val="00975440"/>
     <w:rsid w:val="00977FD7"/>
     <w:rsid w:val="009816F6"/>
     <w:rsid w:val="0098247C"/>
@@ -27912,85 +28013,85 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
     <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
     <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Castellà [ES]</Idioma>
     <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
     <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="9e097e33d3c86ba25528e79d09797533">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c42266edc5b81c2839faf1d90549fc0d" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="c13dec638fa44120265abac08cbaad3a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ef07d602f0d784f906f2f274620b634e" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -28245,156 +28346,156 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
-[...16 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{512AD0D5-98CE-4824-BA9D-B40DB9E42FD2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{567DA5B9-9211-40A1-8B29-F996EE72E922}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>30</Pages>
-[...1 lines deleted...]
-  <Characters>32498</Characters>
+  <Pages>1</Pages>
+  <Words>5853</Words>
+  <Characters>32193</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>270</Lines>
-  <Paragraphs>76</Paragraphs>
+  <Lines>268</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Título</vt:lpstr>
+        <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Títol</vt:lpstr>
+        <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Currículum vitae professorat lector AQU</vt:lpstr>
       <vt:lpstr>Currículum vitae professorat lector AQU</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Agéncia per a la Qualitat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38123</CharactersWithSpaces>
+  <CharactersWithSpaces>37971</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Currículum vitae professorat lector AQU</dc:title>
   <dc:creator>Josep Manel Torres</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentType">
     <vt:lpwstr>Document</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96</vt:lpwstr>