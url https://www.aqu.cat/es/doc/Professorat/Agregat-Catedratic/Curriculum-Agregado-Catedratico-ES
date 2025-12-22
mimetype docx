--- v1 (2025-11-27)
+++ v2 (2025-12-22)
@@ -15,51 +15,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C1D0AD2" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006324E9">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="1440"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk115255606"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ca-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D5CEBDC" wp14:editId="10D11B7C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-95637</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>106878</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1676400" cy="1143000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name="Imagen 3" descr="Logo AQU Catalunya"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -91,98 +91,124 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00460571" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>CURRÍCULUM VITAE AQU CATALUNYA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="013524E9" w14:textId="77777777" w:rsidR="00CB52E0" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Acreditación de profesorado agregado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED5B39E" w14:textId="77777777" w:rsidR="00CB52E0" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Pargrafdellista"/>
+    <w:p w14:paraId="6ED5B39E" w14:textId="77777777" w:rsidR="00CB52E0" w:rsidRPr="00465194" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Acreditación de catedrático o catedrática</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2683BEC5" w14:textId="12E5BE6A" w:rsidR="00465194" w:rsidRPr="00AC7C13" w:rsidRDefault="00465194" w:rsidP="00B97AB0">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Evaluación de la actividad investigadora (AAI)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17589E5A" w14:textId="77777777" w:rsidR="009A4273" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="007C78DE">
       <w:pPr>
         <w:spacing w:before="1560" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk114743512"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre y apellidos: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -459,51 +485,51 @@
         </w:rPr>
         <w:t>Ordene las aportaciones cronológicamente, empezando por las más recientes y terminando por las más antiguas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F386E5" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="138ACDF2" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Datos personales</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
@@ -512,71 +538,71 @@
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0AEB5AC0" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4F0B6CB8" w14:textId="77777777" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Apellidos y nombre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0456A457" w14:textId="77777777" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -640,71 +666,71 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0C2DA076" w14:textId="77777777" w:rsidTr="00A2059D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0205339F" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nacionalidad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C9A1343" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Texto6"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
@@ -764,71 +790,71 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DE1A32B" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de nacimiento</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="343D9172" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Texto7"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
@@ -888,71 +914,71 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3901A0AD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Sexo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C3DB8C9" w14:textId="16E6E996" w:rsidR="00224D5A" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -980,51 +1006,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hombre </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E7DD3A9" w14:textId="76B0807A" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1054,124 +1080,124 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mujer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D718CD5" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Situación profesional actual</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="72E6D75F" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1834A98A" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Institución/organismo/empresa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3758C4A9" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Texto8"/>
@@ -1243,73 +1269,73 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="637D63B4" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Centro</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C66E833" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Texto9"/>
@@ -1386,73 +1412,73 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="62317617" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CE15877" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Departamento, sección, unidad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0B97F0" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Texto10"/>
@@ -1524,97 +1550,97 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="33D08956" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="2014FD6B" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1E8C45FF" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Categoría profesional actual</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="066601DC" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Texto15"/>
@@ -1685,73 +1711,73 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12620D92" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de inicio</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56AF59CD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Texto16"/>
@@ -1829,73 +1855,73 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="7F2CABFA" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="604AB395" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Situación administrativa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CD8406F" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2237,73 +2263,73 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0B4DCC71" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6FCE84DD" w14:textId="77777777" w:rsidR="00335BB9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Dedicación</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60CBF39E" w14:textId="017CBD52" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2426,62 +2452,62 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> A tiempo parcial</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42A8CEF0" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006C0E3C">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Identificación científica  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Taulaambquadrcula"/>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="58B869B9" w14:textId="77777777" w:rsidTr="00335BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61179664" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -2872,118 +2898,118 @@
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35BCB87F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006C0E3C">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Formación académica</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2686"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1708"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="5E76E2CC" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23FEB542" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:left="-142" w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Titulación universitaria </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D7C65A3" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3059,51 +3085,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
           <w:p w14:paraId="2854150E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3182,73 +3208,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CB870DC" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nota media</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0ACE794C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3322,51 +3348,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E101620" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3447,73 +3473,73 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A2DA856" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Centro</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="049FB580" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3587,51 +3613,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E02A332" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3710,75 +3736,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="463BC21B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00224D5A">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:right="-59"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de obtención</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D9252E8" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3852,51 +3878,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="71838AF6" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3981,94 +4007,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0065592E" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11E78773" w14:textId="32EE06D5" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00CE648B">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2º ciclo: </w:t>
             </w:r>
             <w:r w:rsidR="001E2ED5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">áster, posgrado </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A440A5C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4142,51 +4168,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F4E657B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4265,73 +4291,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D97F57B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nota final</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69B12255" w14:textId="77777777" w:rsidR="009A781A" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -4416,51 +4442,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B7F0EFD" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -4540,73 +4566,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="646EE044" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Centro</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C9E812D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4680,51 +4706,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="37CE411D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4803,75 +4829,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EA4BDFD" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00224D5A">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:right="-59"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de obtención</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1119858E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4945,51 +4971,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B2548C4" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5075,51 +5101,51 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="748FB8F0" w14:textId="77777777" w:rsidTr="00034781">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4B1AE23F" w14:textId="65D10300" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -5139,51 +5165,51 @@
               <w:t xml:space="preserve"> ciclo:  </w:t>
             </w:r>
             <w:r w:rsidR="001E2ED5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>octorado</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61666EFE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5257,51 +5283,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="31BCE1E9" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5380,73 +5406,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3633871B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Centro</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71D2DA04" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5520,51 +5546,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4102C908" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5643,75 +5669,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22E7223B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00224D5A">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:right="-59"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de obtención</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1819019C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5785,51 +5811,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="125F7ECA" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5907,117 +5933,117 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="48B6B9CF" w14:textId="77777777" w:rsidR="003B47F6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DE545B">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Actividades anteriores a la situación actual de carácter científico o profesional</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3408"/>
         <w:gridCol w:w="3629"/>
         <w:gridCol w:w="1467"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="2A534614" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25032653" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Situación/plaza</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04E1F5C1" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6091,51 +6117,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B9D980B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6209,51 +6235,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="17DEE146" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6332,73 +6358,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C74F6E5" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Institución</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E309F70" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6472,51 +6498,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A6142E8" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6590,51 +6616,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0050B978" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6713,73 +6739,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33E7D562" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Periodo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FF1F18F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6853,51 +6879,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FCCE4D2" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6971,51 +6997,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="52733F61" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7092,105 +7118,107 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57B43EF0" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Tesis doctoral</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38DF5694" w14:textId="77777777" w:rsidR="00A240E4" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A240E4">
+    <w:p w14:paraId="38DF5694" w14:textId="77777777" w:rsidR="00A240E4" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="7432149C">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Puede repetirlo en caso de que tenga más de un doctorado.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3536"/>
         <w:gridCol w:w="4968"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="5C029106" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6B0939FD" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Título: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -7283,51 +7311,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="4F4C0012" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="69828598" w14:textId="1EAF555C" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Directores/</w:t>
             </w:r>
             <w:r w:rsidR="001E2ED5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -7454,51 +7482,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="1BCB0735" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="31AB82F0" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Universidad:</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -7591,51 +7619,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="749647F1" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="56E043CF" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Departamento: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -7727,51 +7755,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0DD3DA21" w14:textId="77777777" w:rsidTr="00640E03">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4452F065" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Cualificación: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -7858,51 +7886,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CDD38AB" w14:textId="49E74C2A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctorado europeo/internacional: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8040,51 +8068,51 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="1498AB82" w14:textId="77777777" w:rsidTr="00640E03">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1363EDF2" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de defensa de la tesis (dd/mm/aaaa):</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8182,51 +8210,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BAC1B1A" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textindependent"/>
+              <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de expedición del título (dd/mm/aaaa):</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -8321,74 +8349,74 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FF865D4" w14:textId="77777777" w:rsidR="0089019F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditaciones y tramos de investigación, transferencia, docencia y gestión </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37675A6C" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00994D53">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Indique, en su caso, si tiene alguna acreditación de profesorado de AQU, ANECA o similares y el número de tramos de investigación (sexenios), de transferencia, de docencia (quinquenios) y de gestión evaluados positivamente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1304A400" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditaciones obtenidas (indique la agencia): </w:t>
       </w:r>
@@ -8484,51 +8512,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34144168" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de investigación favorables autonómicos (evaluados por AQU): </w:t>
       </w:r>
@@ -8624,51 +8652,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="081E0F79" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de investigación favorables estatales (evaluados por CNEAI): </w:t>
       </w:r>
@@ -8764,51 +8792,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="04443C86" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de transferencia favorables: </w:t>
       </w:r>
@@ -8904,51 +8932,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D2908F" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de docencia favorables: </w:t>
       </w:r>
@@ -9044,51 +9072,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="51009A69" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de gestión favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -9170,75 +9198,75 @@
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F308D88" w14:textId="77777777" w:rsidR="0091078D" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="24B256A7" w14:textId="77777777" w:rsidR="00BF480D" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Interrupciones por maternidad/paternidad, excedencias por cuidado de hijos o familiares, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B2F9A4" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Indique y especifique la duración, en su caso, de las interrupciones por permisos de maternidad o paternidad, excedencias por el cuidado de hijos o por el cuidado de familiares en primer grado dependientes, por razón de violencia de género, por razón de violencia terrorista, bajas de larga duración por enfermedad u otras acciones de servicio a la comunidad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="351FF287" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Interrupciones por maternidad/paternidad: </w:t>
       </w:r>
@@ -9334,51 +9362,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25A7F8BD" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Excedencias por el cuidado de hijos: </w:t>
       </w:r>
@@ -9474,51 +9502,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37FE4061" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00D64BBA" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Excedencias por el cuidado de familiares: </w:t>
       </w:r>
@@ -9614,51 +9642,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FF89B49" w14:textId="77777777" w:rsidR="00D64BBA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Bajas de larga duración por enfermedad: </w:t>
       </w:r>
@@ -9754,113 +9782,113 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6A1563" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53C356F2" w14:textId="77777777" w:rsidR="007C78DE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A2059D">
       <w:bookmarkStart w:id="24" w:name="_Hlk191553244"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EB75FB" w14:textId="77777777" w:rsidR="00E27B2C" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00223731">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A. Dimensión de investigación y transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F19DF85" w14:textId="77777777" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="007C78DE" w:rsidP="007C78DE">
       <w:hyperlink w:anchor="Text1" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Instrucciones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4EA0DA24" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C935BD">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen narrativo de la trayectoria de investigación y transferencia  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BDD756B" w14:textId="77777777" w:rsidR="00037DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00782E63">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resuma los hechos más importantes de su trayectoria de investigación y transferencia (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>máximo 3.600 caracteres</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -9916,202 +9944,195 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p w14:paraId="51E585D3" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00985F81">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D4BD45B" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00EB0AED">
       <w:pPr>
-        <w:pStyle w:val="Textindependent"/>
+        <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="111E85B2" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AFBC106" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00535CD7">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A.1 Actividad de investigación </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0728E856" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00535CD7">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.1.1 Resultados de la actividad de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4765E6F6" w14:textId="1A23E57F" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FB0BC7">
       <w:bookmarkStart w:id="25" w:name="_Hlk189671177"/>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Identificación. </w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>De acuerdo con las características de cada aportación, consigne los siguientes datos: autores o autoras por orden de firma (</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>marque su nombre con un asterisco delante cuando sea autor o autora por correspondencia —</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>corresponding author</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="001E2ED5">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>título, año de publicación, clave (A artículo</w:t>
       </w:r>
-      <w:r w:rsidR="00D86445">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00D86445" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">R </w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>review</w:t>
       </w:r>
-      <w:r w:rsidR="00D86445" w:rsidRPr="00D86445">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="00D86445" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, L libro, C capítulo de libro, etc.</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5227" w:rsidRPr="00D86445">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> revista o editorial (título, volumen, página inicial-final), ISSN o ISBN, DOI e hiperenlace navegable a la publicación.</w:t>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>), revista o editorial (título, volumen, página inicial-final), ISSN o ISBN, DOI e hiperenlace navegable a la publicación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5A3C4B" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicios de calidad. </w:t>
       </w:r>
       <w:r w:rsidR="00612558" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Debe consignar los indicios de relevancia e impacto de cada una de las aportaciones. Si la aportación científica está indexada, incluya los indicadores bibliométricos de su calidad (</w:t>
       </w:r>
@@ -10197,51 +10218,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3337B582" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00535CD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Identificación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3B0521" w14:textId="398E2949" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Autores o autoras por orden de firma</w:t>
       </w:r>
       <w:r w:rsidR="00640E03">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -10287,51 +10308,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2240B914" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10371,51 +10392,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2808F1EF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10460,51 +10481,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A36241B" w14:textId="09694AB5" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10549,51 +10570,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A140830" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista o editorial (título, volumen, página inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10638,51 +10659,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8ACDF6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10722,51 +10743,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="110C3CDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10806,51 +10827,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D87FD12" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Hiperenlace navegable a la publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11015,51 +11036,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BFB2A53" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Identificación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D93AD43" w14:textId="7E2D4A84" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Autores o autoras por orden de firma:</w:t>
       </w:r>
       <w:r w:rsidR="00224D5A">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -11105,51 +11126,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="456AA799" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11189,51 +11210,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AC84A1" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11278,51 +11299,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2068EB7B" w14:textId="79C22E87" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11367,51 +11388,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="741EA319" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista o editorial (título, volumen, página inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11456,51 +11477,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5663F8FB" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11540,51 +11561,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="54539B9C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11624,51 +11645,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="26859520" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Hiperenlace navegable a la publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11799,102 +11820,102 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27ECF9C8" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Creación artística</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49373DFB" w14:textId="77777777" w:rsidR="00F20BD6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009816F6">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir, de acuerdo con las características de cada aportación: título, descripción, fechas, disciplina artística, objeto y magnitud de la aportación, relevancia, grado de innovación, itinerancia, repercusión e impacto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6751953B" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Repítalo tantas veces como sea necesario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD6EA7A" w14:textId="3A9141A8" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E45AA6">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32EE0F55" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11936,51 +11957,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71CEEE84" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Descripción: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12022,51 +12043,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA13876" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fechas: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12108,51 +12129,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FFE01C" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Disciplina artística, objeto y magnitud de la aportación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12194,51 +12215,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44455276" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Relevancia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12280,51 +12301,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32794CDD" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Grado de innovación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12366,51 +12387,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="72868583" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Itinerancia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12452,51 +12473,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBCDA84" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Repercusión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12538,51 +12559,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4117D165" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Impacto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12642,51 +12663,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C8E88E" w14:textId="71909A20" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E45AA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B8E79C3" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12728,51 +12749,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E1F013" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Descripción: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12814,51 +12835,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC3F89E" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fechas: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12900,51 +12921,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1225BEEF" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Disciplina artística, objeto y magnitud de la aportación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12986,51 +13007,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D1AA247" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Relevancia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13072,51 +13093,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D05443" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Grado de innovación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13158,51 +13179,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="003D5959" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Itinerancia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13244,51 +13265,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C9957FD" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Repercusión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13330,51 +13351,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D168A4" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Impacto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13444,287 +13465,244 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55E2325C" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B2DB1F" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00904747">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A.1.2 Proyectos competitivos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="258D1D17" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="002F233B">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir: título del proyecto, entidad financiadora, referencia de la concesión, importe concedido, duración (desde – hasta), nombre del investigador o investigadora principal y número de investigadores o investigadoras del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A1B341" w14:textId="198D86F9" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00033310">
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Para catedrático o catedrática</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Para cada proyecto en el que haya sido investigador o investigadora principal (IP) o coinvestigador o coinvestigadora principal (co-IP), es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="_Hlk194927962"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>el importe concedido</w:t>
+      </w:r>
+      <w:r w:rsidR="000B11EA" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la duración del proyecto</w:t>
+      </w:r>
+      <w:r w:rsidR="000208FB" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, el nombre del investigador o investigadora principal y el número de investigadores o investigadoras del grupo.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="23668B6C" w14:textId="3EAE9B3C" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00033310">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Para catedrático o catedrática</w:t>
+        <w:t>Para profesorado agregado</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Para cada </w:t>
+        <w:t xml:space="preserve">: Para </w:t>
       </w:r>
       <w:r w:rsidRPr="00033310">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>proyecto</w:t>
+        <w:t>cada</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en el que haya sido investigador o investigadora principal (IP) o coinvestigador o coinvestigadora principal (co-IP), es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AC7C13">
+        <w:t xml:space="preserve"> proyecto en el que haya participado, es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24BCB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>el importe concedido</w:t>
       </w:r>
-      <w:r w:rsidR="000B11EA">
+      <w:r w:rsidR="00B24BCB">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B24BCB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> la duración del proyecto</w:t>
       </w:r>
-      <w:r w:rsidR="000208FB">
+      <w:r w:rsidR="00B24BCB">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, el </w:t>
       </w:r>
-      <w:r w:rsidR="000208FB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B24BCB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">nombre del investigador o investigadora principal y </w:t>
       </w:r>
-      <w:r w:rsidR="000208FB">
+      <w:r w:rsidR="00B24BCB">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">el </w:t>
       </w:r>
-      <w:r w:rsidR="000208FB" w:rsidRPr="00AC7C13">
+      <w:r w:rsidR="00B24BCB" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>número de investigadores o investigadoras del grupo.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="23668B6C" w14:textId="3EAE9B3C" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00033310">
+    </w:p>
+    <w:p w14:paraId="2FFF7AAA" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00033310">
+      <w:pPr>
+        <w:pStyle w:val="Instruccions"/>
+        <w:spacing w:before="360" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:iCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Puede incluir los proyectos más relevantes (hasta un </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Para profesorado agregado</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>máximo de 5 proyectos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Para </w:t>
-[...79 lines deleted...]
-        <w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771189B8" w14:textId="5375C47F" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00225341">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...14 lines deleted...]
-        <w:spacing w:before="240" w:beforeAutospacing="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76DD605C" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del proyecto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13732,51 +13710,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25C6A7D4" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad financiadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13784,51 +13762,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="512133FA" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Referencia de la concesión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13836,51 +13814,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D3CDFF" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Importe concedido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13888,51 +13866,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="359270C0" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración (desde – hasta): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13940,51 +13918,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFC49AC" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del investigador o investigadora principal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13992,51 +13970,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A326BF" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de investigadores o investigadoras del grupo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14062,51 +14040,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2812505E" w14:textId="6800142D" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61A1FDF6" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del proyecto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14114,51 +14092,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E98C213" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad financiadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14166,51 +14144,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="655A2878" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Referencia de la concesión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14218,51 +14196,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ECF6E11" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Importe concedido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14270,51 +14248,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BE604A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración (desde – hasta): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14322,51 +14300,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5080AFC1" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del investigador o investigadora principal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14374,51 +14352,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E353C8" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de investigadores o investigadoras del grupo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14426,51 +14404,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7312033C" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AC7C13">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A.1.3 Estancias, movilidad e internacionalización</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -14520,345 +14498,345 @@
         </w:rPr>
         <w:t xml:space="preserve"> Repítalo tantas veces como sea necesario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74033071" w14:textId="6612EC98" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396654FD" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave (doctoral, posdoctoral, invitado/a, contratado/a, otros a especificar): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25D74428" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E5E68A1" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00001D08">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del supervisor o supervisora: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E0C7E0" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Localidad y país: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4860989E" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCBC0BD" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración en meses: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FADD63E" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Tema: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
@@ -14881,345 +14859,345 @@
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B010294" w14:textId="7F0B72C9" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70CCE3EB" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave (doctoral, posdoctoral, invitado/a, contratado/a, otros a especificar): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F50ADD2" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55295071" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00001D08">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del supervisor o supervisora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CFFE255" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Localidad y país: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F9AA434" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9A4A1E" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración en meses: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1A11AE" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Tema: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15253,74 +15231,74 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4912882F" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p w14:paraId="66FF5A40" w14:textId="77777777" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0074577E">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A.2 Transferencia de conocimiento, tecnología y actividad profesional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="752E5056" w14:textId="77777777" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00417D92">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.2.1 Transferencia de conocimiento y tecnología</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCCDF4B" w14:textId="77777777" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Patentes</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A9EF107" w14:textId="77777777" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00340D3C">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir: inventores o inventoras (por orden de firma), número de solicitud, país de prioridad, fecha de prioridad, año de concesión o de explotación, entidad titular, países a los que se ha extendido y empresas que lo explotan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E915689" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
@@ -15334,51 +15312,51 @@
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B19A11" w14:textId="753F749D" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70703EE9" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Inventores o inventoras (por orden de firma): </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
@@ -15389,345 +15367,345 @@
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2A6E74" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de solicitud: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FDC0AB7" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">País de prioridad: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3793FF9F" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de prioridad: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C25B64" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de concesión o de explotación: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1238E2FF" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad titular: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B69180C" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Países a los que se ha extendido: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CC3BCE" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Empresas que lo explotan: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
@@ -15750,51 +15728,51 @@
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1F3790" w14:textId="1E69A4F2" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A65DB3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A34E2D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Inventores o inventoras (por orden de firma): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15805,345 +15783,345 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EFAFD65" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de solicitud: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DD7FEDA" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">País de prioridad: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6258F870" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de prioridad: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A3FDBA6" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de concesión o de explotación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDA258D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad titular: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21DF7F8C" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Países a los que se ha extendido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="162CD1DD" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A65DB3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Empresas que lo explotan: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16168,51 +16146,51 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A3198A1" w14:textId="77777777" w:rsidR="00640E03" w:rsidRDefault="00640E03">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="507BC102" w14:textId="3A49543E" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contratos y convenios de transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36A84CA2" w14:textId="77777777" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C901BD">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir: tipo de participación, duración, financiación, contratación de personal, grado de innovación y de multidisciplinariedad/interdisciplinariedad, resultados, productos o servicios resultantes e impacto social conseguido.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7190B3B2" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -16223,394 +16201,394 @@
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574AB37E" w14:textId="55E99FC5" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D4BE1D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Tipo de participación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="678E5A77" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3171B4" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Financiación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E3E481" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Contratación de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BC1E1BC" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Grado de innovación y de multidisciplinariedad/interdisciplinariedad: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67FDBDF7" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6D9050" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Productos o servicios resultantes: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="62460FE6" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Impacto social conseguido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16633,443 +16611,443 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34DCC54B" w14:textId="7EA329D2" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00417D92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1489A6D0" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Tipo de participación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD147DC" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABEBC02" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Financiación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="223F6096" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Contratación de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74691562" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Grado de innovación y de multidisciplinariedad/interdisciplinariedad: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E6647F5" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E38FD8" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Productos o servicios resultantes: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="19122577" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00417D92">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Impacto social conseguido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68341175" w14:textId="77777777" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Otras actividades y resultados de la transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="308E9D6E" w14:textId="77777777" w:rsidR="00782077" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Aporte evidencias acreditativas de estos méritos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3A5C53" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
@@ -17178,198 +17156,198 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Repítalo tantas veces como sea necesario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2278CCA2" w14:textId="447C0B93" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009870B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F4F25EA" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Empresa o institución: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6E4B49" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cargo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="244B2216" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedicación (tiempo parcial o completo): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7167756A" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009870B8">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Periodo (fecha de inicio y fin): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -17392,198 +17370,198 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29105207" w14:textId="65D4F106" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009870B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7227AD62" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Empresa o institución: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="77337672" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cargo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C53D859" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedicación (tiempo parcial o completo): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="079F7539" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Periodo (fecha de inicio y fin): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -17597,75 +17575,75 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B60C99A" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00765ABB"/>
     <w:p w14:paraId="1B22CDC6" w14:textId="77777777" w:rsidR="00870C39" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="213CDA95" w14:textId="77777777" w:rsidR="008F758E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. Dimensión de docencia universitaria </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="369A3BB4" w14:textId="77777777" w:rsidR="00947A1B" w:rsidRPr="00AC7C13" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
       <w:hyperlink w:anchor="Text2" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Instrucciones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="55F13D5C" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen narrativo de la trayectoria y calidad de la docencia universitaria </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22CBCB84" w14:textId="77777777" w:rsidR="00CD6CAD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="002B713C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resuma los hechos más importantes de su trayectoria docente universitaria (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
@@ -17708,77 +17686,77 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E24194" w14:textId="77777777" w:rsidR="00AD52C2" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="19FA6EF5" w14:textId="35C01244" w:rsidR="00434F24" w:rsidRPr="00AC7C13" w:rsidRDefault="00921B2B" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B.1 </w:t>
       </w:r>
       <w:r w:rsidR="001127B5" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trayectoria y calidad de la docencia universitaria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="377F7C94" w14:textId="77777777" w:rsidR="003F0F08" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Rellene los siguientes datos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DB0FDC" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de años a tiempo completo (o equivalentes a tiempo parcial): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -17824,51 +17802,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EFC3972" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de horas/créditos de docencia teórica: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -17914,51 +17892,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D34B20B" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de horas/créditos de docencia práctica: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -18032,63 +18010,63 @@
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Si no dispone de un certificado de calidad docente realizado por una universidad mediante un manual de evaluación docente certificado por AQU Catalunya o por programas análogos, debe presentar el </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>documento de evidencias de calidad docente</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, de acuerdo con la normativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25889CCB" w14:textId="77777777" w:rsidR="00F61762" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Hlk182926670"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">B.2 Innovación docente </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04F3DE2F" w14:textId="77777777" w:rsidR="0090350F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C935BD">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Proyectos de innovación docente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9F5AA9" w14:textId="77777777" w:rsidR="003B1176" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00147059">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las aportaciones deben incluir el título del proyecto, la entidad financiadora, la aportación de la concesión, el o la responsable y la duración. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E65D7F7" w14:textId="77777777" w:rsidR="00B97AB0" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -18096,51 +18074,51 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541AFF03" w14:textId="352F5F3A" w:rsidR="0005424B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB5FFAA" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del proyecto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18182,51 +18160,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="231DF3FA" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad financiadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18268,51 +18246,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2581C8" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Aportación de la concesión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18354,51 +18332,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF0A5D4" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsable: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18440,51 +18418,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67169D7D" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración (desde – hasta): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18544,51 +18522,51 @@
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69A4BEC4" w14:textId="75650B0F" w:rsidR="0005424B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0005424B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="703756CB" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del proyecto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18630,51 +18608,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="160991AD" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad financiadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18716,51 +18694,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="08264AEE" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Aportación de la concesión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18802,51 +18780,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="40153EF7" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsable: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18888,51 +18866,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1D4D8B" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración (desde – hasta): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18982,83 +18960,83 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21348FBC" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="787AE8A6" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C. Dimensión de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E3C21D7" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[Solo para las acreditaciones para catedrático o catedrática]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03EB0090" w14:textId="77777777" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
       <w:hyperlink w:anchor="Texto4" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Instrucciones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6981446A" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resumen narrativo de la trayectoria de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2A87E0" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00640E03" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00640E03">
         <w:rPr>
           <w:i w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resuma los hechos más importantes de su trayectoria de liderazgo científico y de gestión (</w:t>
       </w:r>
       <w:r w:rsidRPr="00640E03">
         <w:rPr>
           <w:b/>
@@ -19100,67 +19078,67 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74DD596B" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABC5501" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C.1 Dirección de tesis doctorales finalizadas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5616005F" w14:textId="77777777" w:rsidR="008A11CC" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Las aportaciones deben incluir: nombre de los directores o directoras, título del trabajo, fecha de lectura (dd/mm/aaaa), nombre del doctorando o doctoranda, cualificación obtenida e institución. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="251923C4" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00CD258C">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD258C">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>aportar</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> un certificado emitido por el vicerrectorado correspondiente en el que consten el título y la fecha de lectura de la tesis, el nombre del doctorando o doctoranda, el nombre de los directores o directoras y la cualificación obtenida. </w:t>
       </w:r>
@@ -19186,51 +19164,51 @@
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Repítalo tantas veces como sea necesario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BAB0FA8" w14:textId="40663A3B" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C845B3A" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de los directores o directoras: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19253,51 +19231,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAC8694" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del trabajo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19320,51 +19298,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B3B2B0" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de lectura (dd/mm/aaaa): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19387,51 +19365,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DAB206" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del doctorando de doctorada: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19454,51 +19432,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21EC70D7" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cualificación obtenida: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19521,51 +19499,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B1A7B9" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Institución: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19605,51 +19583,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="687C1FD9" w14:textId="2CD4C5F9" w:rsidR="001F6003" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="7CDEB825" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de los directores o directoras: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19672,51 +19650,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="074B6E5D" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del trabajo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19739,51 +19717,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D59044" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de lectura (dd/mm/aaaa): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19806,51 +19784,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="630C8087" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del doctorando de doctorada: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19873,51 +19851,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71ABB6BF" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cualificación obtenida: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19940,51 +19918,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="638EB951" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Institución: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20023,51 +20001,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7568430C" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BE10F68" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4418DFEC" w14:textId="77777777" w:rsidR="003F7050" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C.2 Liderazgo en el ámbito de la dirección y gestión universitaria y científica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09534418" w14:textId="77777777" w:rsidR="00B97AB0" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -20170,63 +20148,64 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>5ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56358437" w14:textId="77777777" w:rsidR="00416C2B" w:rsidRPr="00AC7C13" w:rsidRDefault="00416C2B" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="5E1E21B2" w14:textId="77777777" w:rsidR="00F56E3F" w:rsidRPr="00AC7C13" w:rsidRDefault="00F56E3F" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="44FFA333" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E24A6D5" w14:textId="77777777" w:rsidR="005B7263" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FE0D01">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
-[...3 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C.3 Reconocimientos y responsabilidad en organizaciones científicas y comités científicos y técnicos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F2101E8" w14:textId="77777777" w:rsidR="00FE0D01" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FE0D01">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Puede incluir </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>hasta 5 aportaciones</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20298,238 +20277,238 @@
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>4ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50339067" w14:textId="6D616F94" w:rsidR="006C0E3A" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FE0D01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>5ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6537B055" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="2474A2D1" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00844F3D">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INSTRUCCIONES PARA LA CUMPLIMENTACIÓN DEL CV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29970205" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00844F3D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Consideraciones generales: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21354858" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Hlk190869568"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario que acredite los méritos aportados, de acuerdo con la normativa y las instrucciones del CV. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1425193C" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Debe adjuntar la siguiente </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="a2" w:history="1">
         <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>documentación</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E45CE4A" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Ordene las aportaciones cronológicamente, empezando por las más recientes y terminando por las más antiguas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0707CF44" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Durante el proceso de evaluación, AQU Catalunya puede reclamar al solicitante que amplíe la información aportada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A72A36" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00722F79">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Text1"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A. Dimensión de investigación y transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="150B3089" w14:textId="39E7520F" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen narrativo de la trayectoria de </w:t>
       </w:r>
       <w:r w:rsidR="009234A7">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>nvestigación y transferencia</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6951C638" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nota previa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012E3301" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00986158">
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Las personas que solicitan la acreditación para catedrático o catedrática tienen reconocida la suficiencia en el bloque correspondiente a los méritos de investigación y transferencia e intercambio de conocimiento si disponen de financiación de los programas del ERC Consolidator Grant, Advanced Grant o Synergy Grant, o en otras convocatorias de investigación competitivas individuales internacionales de prestigio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64676CFA" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En el caso de la acreditación para profesorado agregado, además de las anteriores, también tienen la suficiencia en este bloque las personas que han superado procesos de evaluación de investigación estatales con un grado equivalente de exigencia, como, por ejemplo, el Programa de Incentivación de la Incorporación e Intensificación de la Actividad Investigadora (I3), las que han obtenido el Certificado como personas investigadoras establecidas (R3) y aquellas con financiación del programa Starting Grant del ERC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECC94D3" w14:textId="77777777" w:rsidR="00461773" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En estos casos no es necesario que rellene esta sección y solo es necesario adjuntar la documentación que acredite la distinción de investigación correspondiente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B41BA3B" w14:textId="372CBB40" w:rsidR="009234A7" w:rsidRPr="009234A7" w:rsidRDefault="009234A7" w:rsidP="00F051D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -20546,128 +20525,128 @@
     </w:p>
     <w:p w14:paraId="39765E6F" w14:textId="56F4B1FF" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La evaluación de la actividad de las personas se lleva a cabo considerando las contribuciones que se aportan y la narrativa sobre la calidad, relevancia e impacto de estas contribuciones.</w:t>
       </w:r>
       <w:r w:rsidR="009234A7">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hay que aportar evidencias que sustenten el relato narrativo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D11A4DD" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En este sentido, indique las principales aportaciones en estos ámbitos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EE7245" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Actividad de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA2C5E9" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resuma su investigación destacando las publicaciones realizadas durante la etapa posdoctoral. Asimismo, es necesario defender el impacto científico y/o social de publicaciones y proyectos. Especifique su contribución en las publicaciones más destacadas. Destaque también la proyección internacional o nacional, la contribución y el impacto de la actividad realizada en ciencia ciudadana, las aportaciones de relevancia local y en lengua catalana, así como el acceso abierto a las contribuciones científicas y docentes y la interdisciplinariedad. Incluya también las estancias de investigación y sus publicaciones derivadas, los premios recibidos, las traducciones, así como las obras de creación artística o arquitectónica, las exposiciones, etc. Puede incluir también congresos, becas, ayudas y otros méritos de investigación que considere relevantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758F7DCB" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Transferencia de conocimiento y de tecnología y actividad profesional</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD9C238" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Exponga los resultados de los procesos que tienen como objetivo difundir conocimientos, habilidades y/o innovaciones al conjunto de la sociedad, ya sean empresas, organizaciones sectoriales, instituciones u organismos gubernamentales, y justificar que estas actividades han contribuido a la innovación, el crecimiento económico o el desarrollo resolviendo problemas del mundo real y/o a mejorar productos, procesos o servicios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68FCA05A" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">En cuanto a la experiencia profesional, destaque las actividades más relevantes que estén directamente relacionadas con su ámbito de especialización. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EA09DDF" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00414541">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">A.1 Actividad de investigación </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D5538C" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00414541">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.1.1 Resultados de la actividad de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF2EC0A" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Consideraciones generales:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E560EBA" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Puede incluir un máximo de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -20683,51 +20662,51 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y un máximo de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>50 contribuciones, en el caso de catedráticos o catedráticas</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. La CAR solo evaluará las aportaciones seleccionadas en este apartado. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567FE044" w14:textId="5B6618CF" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo con las características de cada aportación, consigne los siguientes datos: autores o autoras por orden de firma </w:t>
       </w:r>
       <w:r w:rsidRPr="001E2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
@@ -20767,244 +20746,244 @@
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, el título, el año de publicación, la clave </w:t>
       </w:r>
       <w:r w:rsidR="00D86445" w:rsidRPr="00D86445">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(A artículo, R review, L libro, C capítulo de libro, etc.),</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> la revista o editorial (título, volumen, página inicial-final), ISSN o ISBN, DOI o hiperenlace navegable a la publicación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02CB83B9" w14:textId="77777777" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Debe consignar los indicios de relevancia e impacto de cada una de las aportaciones. Si la aportación científica está indexada, incluya los indicadores bibliométricos de su calidad (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>máximo 300 caracteres por aportación</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5488FCB7" w14:textId="77777777" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">AQU Catalunya realizará una comprobación de oficio de todas las aportaciones presentadas. En caso de que corresponda, se aplicará el </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cs="Calibri"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>protocolo de fraude</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2653CE47" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Creación artística</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781D4372" w14:textId="77777777" w:rsidR="00497B59" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las aportaciones deben incluir, de acuerdo con sus características: título, descripción, fechas, disciplina artística, objeto y magnitud de la aportación, relevancia, grado de innovación, itinerancia, repercusión e impacto, u otros datos considerados relevantes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B15B76" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.1.2 Proyectos competitivos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="500E78D6" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Se considerarán exclusivamente los proyectos de investigación y de transferencia de tecnología financiados en convocatorias competitivas, tanto de las administraciones públicas (internacionales, europeas, estatales y autonómicas) como del sector privado (fundaciones, empresas, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563E81B5" w14:textId="0A9A8055" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="007A6CAC">
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Para catedrático o catedrática</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="001E2ED5">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="001E2ED5" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">ara aquellos proyectos en los que haya sido investigador/a principal (IP) o coinvestigador/a principal (co-IP), es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
       </w:r>
-      <w:r w:rsidR="007A6CAC" w:rsidRPr="007A6CAC">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidR="007A6CAC" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el importe concedido, la duración del proyecto, el nombre del investigador o investigadora principal y el número de investigadores o investigadoras del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3702E009" w14:textId="60F9C77E" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Para profesor agregado</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="001E2ED5">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ara aquellos proyectos en los que haya participado, es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
       </w:r>
       <w:r w:rsidR="007A6CAC" w:rsidRPr="007A6CAC">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>el importe concedido, la duración del proyecto, el nombre del investigador o investigadora principal y el número de investigadores o investigadoras del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04598699" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.1.3 Estancias, movilidad e internacionalización</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="798D6070" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00921B2B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario aportar un certificado de estancia docente o de investigación o transferencia emitido por la universidad o centro de investigación receptor en el que consten las fechas de inicio y final de la estancia. </w:t>
       </w:r>
     </w:p>
@@ -21131,847 +21110,852 @@
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ontratos y convenios de transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B46CAA" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se considerarán los contratos y convenios que formalicen el intercambio de experiencias, habilidades o resultados de investigación entre instituciones, empresas o personas, así como </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>los modelos de utilidad y demás acuerdos legales que regulen la cesión de conocimientos tecnológicos, software y hardware, diseño de productos, innovaciones, procesos propietarios de manufacturación, variedades vegetales, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B9A326" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol4"/>
+        <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Otras actividades y resultados de la transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B4F080" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En este apartado se pueden incluir los siguientes méritos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="757B368A" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se incluyen actividades que fomenten la divulgación y la cultura científica, la reflexión sobre el papel de la ciencia, la tecnología y la innovación en la sociedad actual —como publicaciones, conferencias, exposiciones, audiovisuales, colaboración con medios de comunicación, asesoramiento legislativo, ponencias de leyes y otras actividades con valor social, artístico y cultural—, y promuevan una ciencia e innovación abiertas e inclusivas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E83662" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Actividades encaminadas a compartir resultados de investigación, buenas prácticas o métodos de enseñanza, los talleres de formación con empresas y organizaciones, el desarrollo de capacidades —</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>capacity building</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>— y los programas de innovación social y transformativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717B16F4" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Colaboración con organizaciones empresariales y sindicales, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>spin-offs</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y el asesoramiento científico a administraciones públicas y la participación en cátedras institucionales y de empresa, o similares, que constituyan una fórmula de colaboración con instituciones públicas y privadas y desarrollen este tipo de actividades. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A2C882D" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Participación como personas expertas en organismos de evaluación de proyectos de investigación, tecnología e innovación, o de evaluación del profesorado universitario y de otro personal investigador, así como la participación en comités, comisiones o paneles de agencias y organismos oficiales de evaluación de títulos y centros universitarios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3970F1CD" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">A.2.2 Actividad profesional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF91BF1" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Se valora exclusivamente la actividad profesional que esté relacionada directamente con el ámbito de especialización de la persona solicitante y que no se haya llevado a cabo de forma simultánea a su actividad a tiempo completo en la universidad. Se evalúa la extensión de esta actividad y su pertinencia a la actividad de investigación y docencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB1B78E" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BDB959C" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="Text2"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. Dimensión de docencia universitaria </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22073F0A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
-[...2 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+    <w:p w14:paraId="22073F0A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="7432149C">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Por norma general, las personas solicitantes deben aportar como evidencia de la calidad del encargo docente llevado a cabo las evaluaciones positivas de su docencia realizadas por sus universidades mediante un manual de evaluación docente certificado por AQU Catalunya o por programas análogos (por ejemplo, DOCENTIA) del resto de agencias miembros de la red REACU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B0A3369" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En el caso de la acreditación para profesorado agregado, las personas que dispongan de una evaluación positiva emitida por su universidad de acuerdo con lo anteriormente expresado tienen la suficiencia en esta dimensión. En el caso de la acreditación para catedrático o catedrática, serán necesarias dos evaluaciones positivas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2162EF48" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En el caso de las personas que han desarrollado su carrera investigadora y docente en el extranjero o en universidades españolas que no tienen certificado el manual de evaluación docente o que no cumplen los requisitos para solicitar la evaluación directa a partir del manual de la universidad, las dimensiones que se evalúan son las siguientes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B82501B" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trayectoria y calidad de la docencia universitaria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0148096F" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Innovación docente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="439E90E9" w14:textId="77777777" w:rsidR="0048352E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>No es necesario que rellene esta sección si rellena este CV para la evaluación de tramos de investigación (sexenios).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="352A0D38" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Consideraciones generales:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2949E2BB" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La evaluación de la calidad docente se realiza de acuerdo con la narración y las evidencias que la puedan acompañar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="128BDB0E" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Se considerarán el grado de consecución de los objetivos formativos de las materias y las asignaturas impartidas, las tasas de éxito y rendimiento, la valoración y la satisfacción del estudiantado, la revisión y la mejora de la propia práctica docente y su impacto o las revisiones por pares.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5F67A1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede incluir en este apartado la dirección de tesis doctorales en curso, tutorías curriculares, comisiones de diseño de planes de estudio, diseño de nuevas asignaturas, coordinación de actividades especiales, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59174029" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>También puede incluir la elaboración de recursos educativos que estén disponibles, preferentemente, en acceso abierto y sin restricciones a través de repositorios institucionales, temáticos o generalistas y sometidos a evaluación académica y/o evaluación externa. Los manuales y libros de texto con finalidad docente se valoran en función del prestigio de la editorial, de las personas a cargo de la edición, de la colección en la que se publica la obra, de los galardones que pueda haber obtenido y de las reseñas recibidas, entre otros.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C055955" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C935BD">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Resumen narrativo de la trayectoria y calidad de la docencia universitaria </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2440F60F" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Debe incluir obligatoriamente en un único archivo el documento de evidencias de calidad docente, que debe contener la descripción y valoración de los siguientes elementos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2C71BE" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>El encargo docente. Evidencia: certificado de docencia impartida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23146D20" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La satisfacción del estudiantado. Evidencia: resultados de las encuestas de satisfacción.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61AB3C11" w14:textId="72DEE33F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La valoración del responsable académico. Evidencia: </w:t>
       </w:r>
       <w:r w:rsidR="001E2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>nforme de un responsable académico sobre la calidad de la actividad docente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012C310B" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La dirección y participación en proyectos de innovación docente. Evidencia: certificado de concesión.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="176236CF" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Además, en el resumen narrativo puede hacer referencia a otros aspectos relevantes como:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DDD6570" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La formación para la docencia (estancias en centros, la participación en cursos, posgrados y programas tanto del ámbito disciplinar como específicos de la formación docente universitaria). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21894E8C" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La elaboración de material didáctico específico (publicaciones docentes, MOOC).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B970C51" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La investigación sobre la propia actividad docente (publicaciones, aportaciones en congresos, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC04B24" w14:textId="6A9E395A" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="008D2C9E" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">B.1 </w:t>
       </w:r>
       <w:r w:rsidR="001127B5" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trayectoria y calidad de la docencia universitaria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="580F7FC0" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A67CE9">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nota previa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A4DED6" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Exención del requisito de actividad docente mínima: aquellas personas que acrediten resultados de investigación excepcionales y que hayan desarrollado su carrera principalmente en una institución no universitaria dedicada a la investigación, o en una universidad extranjera en la que el cómputo y los instrumentos de medida de la actividad docente sean difíciles de trasladar al sistema universitario catalán, podrán obtener la acreditación sin necesidad de cumplir con el conjunto de requisitos y méritos de actividad docente, previa comprobación de estos hechos por parte de la comisión específica correspondiente de la CAR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01059BC7" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En estos casos solo es necesario adjuntar la documentación que acredite la distinción de investigación correspondiente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F35C136" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En cuanto a su dedicación docente, solo se considera la docencia universitaria oficial (grado, posgrado o doctorado), o equivalente en un sistema universitario extranjero. El encargo docente se valora en función de la pluralidad, la interdisciplinariedad, la complejidad docente y la modalidad de impartición, que se concretan, entre otros, en:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C421CFE" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>El número y diversidad de asignaturas impartidas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F5F228C" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La tipología de titulaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FBD52BD" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La docencia en asignaturas de primer curso (en grados) o en grupos numerosos (entendidos como aquellos que tienen una ratio alumnado/profesorado elevado respecto a la ratio media del área o la titulación).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1BFC7F" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La impartición en diferentes idiomas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B253D4" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La impartición en centros o campus distintos al de adscripción.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2546AEA1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La dirección de trabajos finales de grado (TFG) y trabajos finales de máster (TFM).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23A61C53" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Rellene los siguientes datos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36995AB8" w14:textId="77777777" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de años a tiempo completo (o equivalentes a tiempo parcial): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -22017,51 +22001,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="343A1205" w14:textId="77777777" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de horas/créditos de docencia teórica: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -22107,51 +22091,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D2271A" w14:textId="77777777" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de horas/créditos de docencia práctica: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -22205,419 +22189,420 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4332EFC1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario aportar un certificado oficial emitido por la universidad de la docencia reglada impartida, según el modelo que encontrará en </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00BE61C5">
           <w:rPr>
-            <w:rStyle w:val="Enlla"/>
+            <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>este enlace</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. En el certificado deben constar todos datos indicados en este apartado del CV. El certificado debe coincidir estrictamente con los datos consignados. A efectos de la evaluación, no se considerará la docencia reglada universitaria impartida que no esté certificada oficialmente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14249AC1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">B.2 Innovación docente </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B519735" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttol3"/>
+        <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Proyectos de innovación docente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6422B5D3" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se considerarán los proyectos de innovación docente, de sostenibilidad, los proyectos interdisciplinarios e interuniversitarios relacionados con la docencia o los proyectos de investigación de acción educativa en educación superior orientados a la mejora docente. En todos los casos se valora el tipo de participación (IP o participante), la entidad financiadora y la cantidad recibida (universidad, autonómica, central, a través de Erasmus+, fundaciones públicas o privadas, etc.) y la duración. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A65D3C" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En este apartado se evalúan las tareas institucionales de mejora de la docencia y de diseño de nuevas titulaciones universitarias, la formación recibida y la formación impartida para la mejora de la docencia. Estas actividades se valoran en función de la diversidad, duración, calidad, y relevancia que tengan y de los resultados y el impacto conseguidos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63538AC1" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00926A49" w:rsidRDefault="001127B5" w:rsidP="00926A49">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FF04A7" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol1"/>
+        <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="Texto4"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C. Dimensión de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB48E52" w14:textId="77777777" w:rsidR="00C935BD" w:rsidRPr="00AC7C13" w:rsidRDefault="00C935BD" w:rsidP="00C935BD">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resumen narrativo de la trayectoria de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50623BC8" w14:textId="0D8289BF" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta dimensión solo se valora en el caso de las acreditaciones para catedrático o catedrática. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="181B2072" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las personas que la soliciten deben demostrar la capacidad de dirección de equipos docentes y de investigación; la formación, la capacitación, la mentoría y la promoción de jóvenes docentes e investigadores, y la dirección y la gestión universitaria y científica. También pueden aportar evidencias de los reconocimientos y responsabilidades ejercidas en organizaciones científicas y comités científico-técnicos u otras actividades de liderazgo equivalentes. En todos los casos, se valora el grado de internacionalización, innovación y apertura a la sociedad de las contribuciones presentadas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639C3B93" w14:textId="3BC88ECD" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En esta dimensión se valoran las siguientes subdimensiones:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA66106" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Dirección de tesis doctorales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E50F3A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Liderazgo en el ámbito de la dirección y gestión universitaria y científica</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4685FB36" w14:textId="6C139DED" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Pargrafdellista"/>
+        <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Reconocimientos y responsabilidad en </w:t>
       </w:r>
       <w:r w:rsidR="008D2C9E" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>organizaciones y comités científicos</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y técnicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0329F9" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>C.1 Dirección de tesis doctorales finalizadas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6E09C1" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario aportar un certificado emitido por el vicerrectorado correspondiente en el que consten el título y la fecha de lectura de la tesis, el nombre del doctorando o doctoranda, el director o directora o directores o directoras y la cualificación obtenida. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2178F1DB" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los datos consignados en este apartado deben coincidir estrictamente con el certificado presentado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E30FA3" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
+        <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>C.2 Liderazgo en el ámbito de la dirección y gestión universitaria y científica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CDBB915" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se valoran las actividades que implican un liderazgo efectivo de equipos o grupos docentes y de investigación estables. Entre otros, se valora la dimensión y el reconocimiento de los equipos, las actividades llevadas a cabo y los resultados conseguidos para la disciplina o para la propia institución, la visión con la que se han cumplido las actividades, los retos que se han afrontado y la implementación de transformaciones y cambios. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34581E71" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>La capacidad de atracción de talento —científico y/o técnico— por parte de la persona solicitante mediante convocatorias competitivas se considera otro elemento de liderazgo —por ejemplo, convocatorias FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriz de Pinoso o Marie Skłodowska-Curie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3394974A" w14:textId="77777777" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">También se incluyen en este apartado las actividades de dirección y gestión de ámbitos académicos y científicos: coordinación de titulaciones oficiales, dirección de revistas o editoriales científicas, de presidencias de comisiones de agencias de evaluación, de cargos unipersonales en el entorno universitario, así como otras funciones que demuestren liderazgo institucional y en la transformación del sistema universitario y científico y de las misiones de la universidad. Estas actividades se valoran de acuerdo con la visión con la que se han llevado a cabo, los retos afrontados, las innovaciones y las mejoras introducidas en el ejercicio del cargo, así como los resultados obtenidos y el impacto alcanzado en el órgano dirigido, en el conjunto de la institución o, en su caso, en el ámbito local o social. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667CBB3C" w14:textId="77777777" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones, teniendo en cuenta que puede agrupar varios ítems en una única aportación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A27E654" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
-      <w:r w:rsidRPr="008D2C9E">
+      <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Ejemplos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. Roles editoriales en revistas científicas: Editora asociada de la revista </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (JCR Q2) desde el año xxxx hasta la actualidad, revisora para la revista </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (JCR Q1) en X ocasiones, y miembro del </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>editorial board</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la revista </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
-[...1 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (JCR Q1) durante tantos años.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47BC162F" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttol2"/>
-[...3 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>C.3 Reconocimientos y responsabilidad en organizaciones científicas y comités científicos y técnicos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
+      <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15ABD19C" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Se evalúa la responsabilidad ejercida en los órganos de dirección de asociaciones u organizaciones científicas o en comités nacionales e internacionales. Concretamente, se consideran las innovaciones y mejoras introducidas en el desempeño de estas actividades, así como los resultados obtenidos y el impacto alcanzado en la propia organización, en la disciplina o ámbito de conocimiento a la que pertenece o, en su caso, en el conjunto de la sociedad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B94FA8D" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>También se consideran los reconocimientos o premios recibidos a la excelencia en actividades académicas, de investigación, de transferencia y de intercambio de conocimiento con la sociedad, en función del prestigio de la institución otorgante, de su carácter nacional o internacional y de su relevancia e impacto.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidSect="009E0AF7">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
@@ -22745,51 +22730,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="19592898" w14:textId="77777777" w:rsidR="008C2DC4" w:rsidRPr="00FD45FA" w:rsidRDefault="001127B5" w:rsidP="00650917">
     <w:pPr>
-      <w:pStyle w:val="Peu"/>
+      <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t xml:space="preserve">Nombre y apellidos    </w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00650917">
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t>·</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00C875CC">
@@ -26128,50 +26113,51 @@
     <w:rsid w:val="00414541"/>
     <w:rsid w:val="00416C2B"/>
     <w:rsid w:val="004173A8"/>
     <w:rsid w:val="00417D92"/>
     <w:rsid w:val="004212AB"/>
     <w:rsid w:val="004229A7"/>
     <w:rsid w:val="00422B32"/>
     <w:rsid w:val="004241DA"/>
     <w:rsid w:val="00425A4B"/>
     <w:rsid w:val="00431EF8"/>
     <w:rsid w:val="00431F09"/>
     <w:rsid w:val="00433844"/>
     <w:rsid w:val="00434F24"/>
     <w:rsid w:val="00443F19"/>
     <w:rsid w:val="00445D09"/>
     <w:rsid w:val="004524D5"/>
     <w:rsid w:val="004526E5"/>
     <w:rsid w:val="0045424C"/>
     <w:rsid w:val="00455535"/>
     <w:rsid w:val="00460571"/>
     <w:rsid w:val="004607A5"/>
     <w:rsid w:val="00461773"/>
     <w:rsid w:val="00461E45"/>
     <w:rsid w:val="004625BB"/>
     <w:rsid w:val="004639DC"/>
+    <w:rsid w:val="00465194"/>
     <w:rsid w:val="00466F7B"/>
     <w:rsid w:val="004676AC"/>
     <w:rsid w:val="00471108"/>
     <w:rsid w:val="00473E25"/>
     <w:rsid w:val="004760D1"/>
     <w:rsid w:val="00480168"/>
     <w:rsid w:val="004818BD"/>
     <w:rsid w:val="00481BFF"/>
     <w:rsid w:val="0048352E"/>
     <w:rsid w:val="0048354E"/>
     <w:rsid w:val="00486712"/>
     <w:rsid w:val="00487CAD"/>
     <w:rsid w:val="0049179C"/>
     <w:rsid w:val="004919EC"/>
     <w:rsid w:val="00492C4E"/>
     <w:rsid w:val="00497B59"/>
     <w:rsid w:val="004A2FAD"/>
     <w:rsid w:val="004A7FD2"/>
     <w:rsid w:val="004B030A"/>
     <w:rsid w:val="004B23F3"/>
     <w:rsid w:val="004B3B68"/>
     <w:rsid w:val="004B5587"/>
     <w:rsid w:val="004B7175"/>
     <w:rsid w:val="004B7F9C"/>
     <w:rsid w:val="004C3CA1"/>
@@ -26598,50 +26584,51 @@
     <w:rsid w:val="00B75E15"/>
     <w:rsid w:val="00B80F75"/>
     <w:rsid w:val="00B8225D"/>
     <w:rsid w:val="00B85016"/>
     <w:rsid w:val="00B86EF6"/>
     <w:rsid w:val="00B90D2A"/>
     <w:rsid w:val="00B9229A"/>
     <w:rsid w:val="00B92F9F"/>
     <w:rsid w:val="00B94EA8"/>
     <w:rsid w:val="00B96453"/>
     <w:rsid w:val="00B97AB0"/>
     <w:rsid w:val="00BA590D"/>
     <w:rsid w:val="00BA67CD"/>
     <w:rsid w:val="00BA732A"/>
     <w:rsid w:val="00BB0E46"/>
     <w:rsid w:val="00BB575B"/>
     <w:rsid w:val="00BC015B"/>
     <w:rsid w:val="00BC0F15"/>
     <w:rsid w:val="00BC15ED"/>
     <w:rsid w:val="00BC5C1C"/>
     <w:rsid w:val="00BC72CC"/>
     <w:rsid w:val="00BC7CBE"/>
     <w:rsid w:val="00BD12F2"/>
     <w:rsid w:val="00BD190C"/>
     <w:rsid w:val="00BD3685"/>
+    <w:rsid w:val="00BD4918"/>
     <w:rsid w:val="00BD4ED8"/>
     <w:rsid w:val="00BD5227"/>
     <w:rsid w:val="00BE61C5"/>
     <w:rsid w:val="00BE7C76"/>
     <w:rsid w:val="00BF480D"/>
     <w:rsid w:val="00BF52F5"/>
     <w:rsid w:val="00BF5B3C"/>
     <w:rsid w:val="00BF5DB3"/>
     <w:rsid w:val="00BF703F"/>
     <w:rsid w:val="00C003FC"/>
     <w:rsid w:val="00C00CC6"/>
     <w:rsid w:val="00C015AF"/>
     <w:rsid w:val="00C038B3"/>
     <w:rsid w:val="00C07931"/>
     <w:rsid w:val="00C14AD7"/>
     <w:rsid w:val="00C151E8"/>
     <w:rsid w:val="00C20828"/>
     <w:rsid w:val="00C23BFC"/>
     <w:rsid w:val="00C25EC5"/>
     <w:rsid w:val="00C27CF2"/>
     <w:rsid w:val="00C307BD"/>
     <w:rsid w:val="00C3105B"/>
     <w:rsid w:val="00C31832"/>
     <w:rsid w:val="00C31AE2"/>
     <w:rsid w:val="00C31CBF"/>
@@ -26872,50 +26859,51 @@
     <w:rsid w:val="00FC4613"/>
     <w:rsid w:val="00FD10E9"/>
     <w:rsid w:val="00FD45FA"/>
     <w:rsid w:val="00FD5667"/>
     <w:rsid w:val="00FD7202"/>
     <w:rsid w:val="00FD7B87"/>
     <w:rsid w:val="00FE0D01"/>
     <w:rsid w:val="00FE1526"/>
     <w:rsid w:val="00FE1A98"/>
     <w:rsid w:val="00FE3F09"/>
     <w:rsid w:val="00FE4A82"/>
     <w:rsid w:val="05AAE008"/>
     <w:rsid w:val="0D24C83C"/>
     <w:rsid w:val="18439B2C"/>
     <w:rsid w:val="2071A05B"/>
     <w:rsid w:val="24D08FE6"/>
     <w:rsid w:val="286EC18B"/>
     <w:rsid w:val="2BBDD699"/>
     <w:rsid w:val="2E38B2A2"/>
     <w:rsid w:val="3292CA15"/>
     <w:rsid w:val="4EAFC215"/>
     <w:rsid w:val="4FE63318"/>
     <w:rsid w:val="57B8AD5A"/>
     <w:rsid w:val="60CD4CA0"/>
     <w:rsid w:val="64989F6F"/>
+    <w:rsid w:val="7432149C"/>
     <w:rsid w:val="7BBFBEA2"/>
     <w:rsid w:val="7F7AB887"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -27205,494 +27193,494 @@
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00765ABB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttol1">
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006324E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:line="520" w:lineRule="exact"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttol2">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttol2Car"/>
+    <w:link w:val="Ttulo2Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006324E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="480" w:beforeAutospacing="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttol3">
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttol3Car"/>
+    <w:link w:val="Ttulo3Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00807666"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttol4">
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttol4Car"/>
+    <w:link w:val="Ttulo4Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009409C1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Lletraperdefectedelpargraf">
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Taulanormal">
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sensellista">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textindependent">
+  <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextindependentCar"/>
+    <w:link w:val="TextoindependienteCar"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Capalera">
+  <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Peu">
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="PeuCar"/>
+    <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodepgina">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textdeglobus">
+  <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextdeglobusCar"/>
+    <w:link w:val="TextodegloboCar"/>
     <w:rsid w:val="006C0834"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextdeglobusCar">
-[...1 lines deleted...]
-    <w:link w:val="Textdeglobus"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
+    <w:name w:val="Texto de globo Car"/>
+    <w:link w:val="Textodeglobo"/>
     <w:rsid w:val="006C0834"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextindependentCar">
-[...1 lines deleted...]
-    <w:link w:val="Textindependent"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
+    <w:name w:val="Texto independiente Car"/>
+    <w:link w:val="Textoindependiente"/>
     <w:rsid w:val="00987218"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="22"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Taulaambquadrcula">
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Taulanormal"/>
+    <w:basedOn w:val="Tablanormal"/>
     <w:rsid w:val="00CD2EB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refernciadecomentari">
+  <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textdecomentari">
+  <w:style w:type="paragraph" w:styleId="Textocomentario">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextdecomentariCar"/>
+    <w:link w:val="TextocomentarioCar"/>
     <w:rsid w:val="00A90E62"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextdecomentariCar">
-[...2 lines deleted...]
-    <w:link w:val="Textdecomentari"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
+    <w:name w:val="Texto comentario Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textocomentario"/>
     <w:rsid w:val="00A90E62"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Temadelcomentari">
+  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Textdecomentari"/>
-[...1 lines deleted...]
-    <w:link w:val="TemadelcomentariCar"/>
+    <w:basedOn w:val="Textocomentario"/>
+    <w:next w:val="Textocomentario"/>
+    <w:link w:val="AsuntodelcomentarioCar"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TemadelcomentariCar">
-[...1 lines deleted...]
-    <w:link w:val="Temadelcomentari"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
+    <w:name w:val="Asunto del comentario Car"/>
+    <w:link w:val="Asuntodelcomentario"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textdenotaapeudepgina">
+  <w:style w:type="paragraph" w:styleId="Textonotapie">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextdenotaapeudepginaCar"/>
+    <w:link w:val="TextonotapieCar"/>
     <w:rsid w:val="0038054D"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextdenotaapeudepginaCar">
-[...1 lines deleted...]
-    <w:link w:val="Textdenotaapeudepgina"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
+    <w:name w:val="Texto nota pie Car"/>
+    <w:link w:val="Textonotapie"/>
     <w:rsid w:val="0038054D"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refernciadenotaapeudepgina">
+  <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
     <w:rsid w:val="0038054D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttol3-nou">
     <w:name w:val="Títol 3 - nou"/>
-    <w:basedOn w:val="Textindependent"/>
+    <w:basedOn w:val="Textoindependiente"/>
     <w:link w:val="Ttol3-nouCar"/>
     <w:qFormat/>
     <w:rsid w:val="009A7AEF"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Estil1">
     <w:name w:val="Estil1"/>
-    <w:basedOn w:val="Taulanormal"/>
+    <w:basedOn w:val="Tablanormal"/>
     <w:rsid w:val="009A4273"/>
     <w:tblPr/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttol3-nouCar">
     <w:name w:val="Títol 3 - nou Car"/>
     <w:link w:val="Ttol3-nou"/>
     <w:rsid w:val="009A7AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Enlla">
+  <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="009A4273"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
     <w:name w:val="Mención sin resolver1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A4273"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol2Car">
-[...1 lines deleted...]
-    <w:link w:val="Ttol2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:link w:val="Ttulo2"/>
     <w:rsid w:val="006324E9"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="004D73"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PeuCar">
-[...1 lines deleted...]
-    <w:link w:val="Peu"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+    <w:name w:val="Pie de página Car"/>
+    <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F63FFF"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revisi">
+  <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE1526"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C3105B"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00C3105B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00C3105B"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pargrafdellista">
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002C5EAA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="0058363D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mencionar1">
     <w:name w:val="Mencionar1"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F27E49"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol3Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttol3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
     <w:rsid w:val="00807666"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
       <w:color w:val="004D73"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instruccions">
     <w:name w:val="Instruccions"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00535CD7"/>
     <w:pPr>
       <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol4Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttol4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
     <w:rsid w:val="009409C1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="004D73"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Enllavisitat">
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00B30E0B"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aqu.cat/doc/Professorat/Agregat-Catedratic/Model-de-certificat-dedicacio-docent" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aqu.cat/doc/Professorat/Protocol-d-actuacio-en-casos-de-frau-CA" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aqu.cat/Acreditacio-de-professorat-beta/Acreditacio-professorat-agregat/Presentacio-de-sol-licituds" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -28013,85 +28001,73 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...12 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ef07d602f0d784f906f2f274620b634e" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="2d47879a5ae74c1f67cc75ea7d0a833d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d325c87d51e08f29e6a1bb726ff53b53" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -28345,157 +28321,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
+    <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
+    <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Castellà [ES]</Idioma>
+    <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
+    <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
-[...13 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25BF5CB4-DDB7-4141-B0D8-82FBFADBE88E}"/>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{567DA5B9-9211-40A1-8B29-F996EE72E922}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
-    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>32193</Characters>
+  <Pages>27</Pages>
+  <Words>5685</Words>
+  <Characters>32408</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>268</Lines>
-  <Paragraphs>75</Paragraphs>
+  <Lines>270</Lines>
+  <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company>Agéncia per a la Qualitat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37971</CharactersWithSpaces>
+  <CharactersWithSpaces>38017</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Currículum vitae professorat lector AQU</dc:title>
   <dc:creator>Josep Manel Torres</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentType">
     <vt:lpwstr>Document</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96</vt:lpwstr>