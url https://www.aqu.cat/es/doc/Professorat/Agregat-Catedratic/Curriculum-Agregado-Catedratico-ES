--- v2 (2025-12-22)
+++ v3 (2026-01-13)
@@ -15,51 +15,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C1D0AD2" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006324E9">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
         <w:spacing w:before="1440"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk115255606"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ca-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D5CEBDC" wp14:editId="10D11B7C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-95637</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>106878</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1676400" cy="1143000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name="Imagen 3" descr="Logo AQU Catalunya"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -91,124 +91,170 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00460571" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>CURRÍCULUM VITAE AQU CATALUNYA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="013524E9" w14:textId="77777777" w:rsidR="00CB52E0" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Acreditación de profesorado agregado</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ED5B39E" w14:textId="77777777" w:rsidR="00CB52E0" w:rsidRPr="00465194" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Acreditación de catedrático o catedrática</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2683BEC5" w14:textId="12E5BE6A" w:rsidR="00465194" w:rsidRPr="00AC7C13" w:rsidRDefault="00465194" w:rsidP="00B97AB0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w14:paraId="2683BEC5" w14:textId="12E5BE6A" w:rsidR="00465194" w:rsidRPr="001F1748" w:rsidRDefault="00465194" w:rsidP="00B97AB0">
+      <w:pPr>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Evaluación de la actividad investigadora (AAI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C4AD6C" w14:textId="3967DCEB" w:rsidR="001F1748" w:rsidRPr="001F1748" w:rsidRDefault="001F1748" w:rsidP="001F1748">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="12" w:space="4" w:color="70AD47" w:themeColor="accent6"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1748">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para la solicitud de AAI consigne todos los méritos sin aplicar los límites máximos establecidos en las convocatorias de acreditaciones. No </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>cumplimente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1748">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la dimensión docente y no adjunte ningún documento justificativo mencionado en el CV.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17589E5A" w14:textId="77777777" w:rsidR="009A4273" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="007C78DE">
       <w:pPr>
         <w:spacing w:before="1560" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk114743512"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre y apellidos: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -464,72 +510,53 @@
     </w:p>
     <w:p w14:paraId="7BF81921" w14:textId="77777777" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede consultar las instrucciones para la cumplimentación del CV al final de este documento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E90F0E" w14:textId="77777777" w:rsidR="00283DE6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ordene las aportaciones cronológicamente, empezando por las más recientes y terminando por las más antiguas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F386E5" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
-[...17 lines deleted...]
-    </w:p>
     <w:p w14:paraId="138ACDF2" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Datos personales</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
@@ -538,71 +565,71 @@
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0AEB5AC0" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4F0B6CB8" w14:textId="77777777" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Apellidos y nombre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0456A457" w14:textId="77777777" w:rsidR="003C7F6F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -666,71 +693,71 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0C2DA076" w14:textId="77777777" w:rsidTr="00A2059D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0205339F" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nacionalidad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C9A1343" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Texto6"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
@@ -790,71 +817,71 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DE1A32B" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de nacimiento</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="343D9172" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Texto7"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
@@ -914,71 +941,71 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3901A0AD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Sexo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C3DB8C9" w14:textId="16E6E996" w:rsidR="00224D5A" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -1006,51 +1033,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hombre </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E7DD3A9" w14:textId="76B0807A" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1080,124 +1107,124 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mujer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D718CD5" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Situación profesional actual</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="72E6D75F" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1834A98A" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Institución/organismo/empresa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3758C4A9" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Texto8"/>
@@ -1269,73 +1296,73 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="637D63B4" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Centro</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C66E833" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Texto9"/>
@@ -1412,73 +1439,73 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="62317617" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CE15877" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Departamento, sección, unidad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0B97F0" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Texto10"/>
@@ -1550,97 +1577,97 @@
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="33D08956" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="003B7FFE" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="2014FD6B" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1E8C45FF" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Categoría profesional actual</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="066601DC" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Texto15"/>
@@ -1711,73 +1738,73 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12620D92" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de inicio</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56AF59CD" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Texto16"/>
@@ -1855,73 +1882,73 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="7F2CABFA" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="604AB395" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Situación administrativa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CD8406F" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2263,73 +2290,73 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0B4DCC71" w14:textId="77777777" w:rsidTr="00A72C02">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6FCE84DD" w14:textId="77777777" w:rsidR="00335BB9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Dedicación</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60CBF39E" w14:textId="017CBD52" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A72C02">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2452,62 +2479,62 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> A tiempo parcial</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42A8CEF0" w14:textId="77777777" w:rsidR="003B7FFE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006C0E3C">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Identificación científica  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="Taulaambquadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="3020"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="58B869B9" w14:textId="77777777" w:rsidTr="00335BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3020" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61179664" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -2898,118 +2925,118 @@
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35BCB87F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006C0E3C">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Formación académica</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2686"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1708"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="5E76E2CC" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23FEB542" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:left="-142" w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Titulación universitaria </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D7C65A3" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3085,51 +3112,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
           <w:p w14:paraId="2854150E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3208,73 +3235,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CB870DC" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nota media</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0ACE794C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3348,51 +3375,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E101620" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3473,73 +3500,73 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A2DA856" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Centro</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="049FB580" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3613,51 +3640,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E02A332" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3736,75 +3763,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="463BC21B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00224D5A">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:right="-59"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de obtención</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D9252E8" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3878,51 +3905,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="71838AF6" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4007,94 +4034,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0065592E" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11E78773" w14:textId="32EE06D5" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00CE648B">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2º ciclo: </w:t>
             </w:r>
             <w:r w:rsidR="001E2ED5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">áster, posgrado </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A440A5C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4168,51 +4195,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F4E657B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4291,73 +4318,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D97F57B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nota final</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69B12255" w14:textId="77777777" w:rsidR="009A781A" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -4442,51 +4469,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008130A7" w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B7F0EFD" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -4566,73 +4593,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="646EE044" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Centro</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C9E812D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4706,51 +4733,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="37CE411D" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4829,75 +4856,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EA4BDFD" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00224D5A">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:right="-59"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de obtención</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1119858E" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4971,51 +4998,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B2548C4" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5101,51 +5128,51 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="748FB8F0" w14:textId="77777777" w:rsidTr="00034781">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4B1AE23F" w14:textId="65D10300" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
@@ -5165,51 +5192,51 @@
               <w:t xml:space="preserve"> ciclo:  </w:t>
             </w:r>
             <w:r w:rsidR="001E2ED5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>octorado</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61666EFE" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5283,51 +5310,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="31BCE1E9" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5406,73 +5433,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3633871B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Centro</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71D2DA04" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5546,51 +5573,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4102C908" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5669,75 +5696,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22E7223B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00224D5A">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:right="-59"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de obtención</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1819019C" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5811,51 +5838,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="125F7ECA" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0012133F">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5933,117 +5960,117 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="48B6B9CF" w14:textId="77777777" w:rsidR="003B47F6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DE545B">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Actividades anteriores a la situación actual de carácter científico o profesional</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3408"/>
         <w:gridCol w:w="3629"/>
         <w:gridCol w:w="1467"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="2A534614" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25032653" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Situación/plaza</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04E1F5C1" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6117,51 +6144,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B9D980B" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6235,51 +6262,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="17DEE146" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6358,73 +6385,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C74F6E5" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Institución</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E309F70" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6498,51 +6525,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A6142E8" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6616,51 +6643,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0050B978" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6739,73 +6766,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33E7D562" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Periodo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FF1F18F" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6879,51 +6906,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FCCE4D2" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6997,51 +7024,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="52733F61" w14:textId="77777777" w:rsidR="008130A7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7118,51 +7145,51 @@
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57B43EF0" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Tesis doctoral</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38DF5694" w14:textId="77777777" w:rsidR="00A240E4" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="7432149C">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Puede repetirlo en caso de que tenga más de un doctorado.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -7174,51 +7201,51 @@
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="CCD7DB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3536"/>
         <w:gridCol w:w="4968"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="5C029106" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6B0939FD" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Título: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -7311,51 +7338,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="4F4C0012" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="69828598" w14:textId="1EAF555C" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Directores/</w:t>
             </w:r>
             <w:r w:rsidR="001E2ED5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -7482,51 +7509,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="1BCB0735" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="31AB82F0" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Universidad:</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -7619,51 +7646,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="749647F1" w14:textId="77777777" w:rsidTr="001D5944">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="56E043CF" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Departamento: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -7755,51 +7782,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="0DD3DA21" w14:textId="77777777" w:rsidTr="00640E03">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4452F065" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Cualificación: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -7886,51 +7913,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CDD38AB" w14:textId="49E74C2A" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctorado europeo/internacional: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8068,51 +8095,51 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4FA9" w14:paraId="1498AB82" w14:textId="77777777" w:rsidTr="00640E03">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1363EDF2" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de defensa de la tesis (dd/mm/aaaa):</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8210,51 +8237,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BAC1B1A" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
-              <w:pStyle w:val="Textoindependiente"/>
+              <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Fecha de expedición del título (dd/mm/aaaa):</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
@@ -8349,74 +8376,74 @@
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FF865D4" w14:textId="77777777" w:rsidR="0089019F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditaciones y tramos de investigación, transferencia, docencia y gestión </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37675A6C" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00994D53">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Indique, en su caso, si tiene alguna acreditación de profesorado de AQU, ANECA o similares y el número de tramos de investigación (sexenios), de transferencia, de docencia (quinquenios) y de gestión evaluados positivamente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1304A400" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Acreditaciones obtenidas (indique la agencia): </w:t>
       </w:r>
@@ -8512,51 +8539,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34144168" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de investigación favorables autonómicos (evaluados por AQU): </w:t>
       </w:r>
@@ -8652,51 +8679,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="081E0F79" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de investigación favorables estatales (evaluados por CNEAI): </w:t>
       </w:r>
@@ -8792,51 +8819,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="04443C86" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de transferencia favorables: </w:t>
       </w:r>
@@ -8932,51 +8959,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D2908F" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de docencia favorables: </w:t>
       </w:r>
@@ -9072,51 +9099,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="51009A69" w14:textId="77777777" w:rsidR="005A2FBD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de tramos de gestión favorables: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -9198,75 +9225,75 @@
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F308D88" w14:textId="77777777" w:rsidR="0091078D" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="24B256A7" w14:textId="77777777" w:rsidR="00BF480D" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00807666">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Interrupciones por maternidad/paternidad, excedencias por cuidado de hijos o familiares, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B2F9A4" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Indique y especifique la duración, en su caso, de las interrupciones por permisos de maternidad o paternidad, excedencias por el cuidado de hijos o por el cuidado de familiares en primer grado dependientes, por razón de violencia de género, por razón de violencia terrorista, bajas de larga duración por enfermedad u otras acciones de servicio a la comunidad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="351FF287" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Interrupciones por maternidad/paternidad: </w:t>
       </w:r>
@@ -9362,51 +9389,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25A7F8BD" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Excedencias por el cuidado de hijos: </w:t>
       </w:r>
@@ -9502,51 +9529,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37FE4061" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00D64BBA" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Excedencias por el cuidado de familiares: </w:t>
       </w:r>
@@ -9642,51 +9669,51 @@
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00650917" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FF89B49" w14:textId="77777777" w:rsidR="00D64BBA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Bajas de larga duración por enfermedad: </w:t>
       </w:r>
@@ -9782,113 +9809,113 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6A1563" w14:textId="77777777" w:rsidR="001B460C" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003C7F6F">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="004D73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53C356F2" w14:textId="77777777" w:rsidR="007C78DE" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A2059D">
       <w:bookmarkStart w:id="24" w:name="_Hlk191553244"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EB75FB" w14:textId="77777777" w:rsidR="00E27B2C" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00223731">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A. Dimensión de investigación y transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F19DF85" w14:textId="77777777" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="007C78DE" w:rsidP="007C78DE">
       <w:hyperlink w:anchor="Text1" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Instrucciones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4EA0DA24" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C935BD">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen narrativo de la trayectoria de investigación y transferencia  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BDD756B" w14:textId="77777777" w:rsidR="00037DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00782E63">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resuma los hechos más importantes de su trayectoria de investigación y transferencia (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>máximo 3.600 caracteres</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -9944,84 +9971,84 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p w14:paraId="51E585D3" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00985F81">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D4BD45B" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="00985F81" w:rsidP="00EB0AED">
       <w:pPr>
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:pStyle w:val="Textindependent"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="004D73"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="111E85B2" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AFBC106" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00535CD7">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A.1 Actividad de investigación </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0728E856" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00535CD7">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.1.1 Resultados de la actividad de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4765E6F6" w14:textId="1A23E57F" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FB0BC7">
       <w:bookmarkStart w:id="25" w:name="_Hlk189671177"/>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Identificación. </w:t>
       </w:r>
       <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>De acuerdo con las características de cada aportación, consigne los siguientes datos: autores o autoras por orden de firma (</w:t>
       </w:r>
@@ -10218,51 +10245,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3337B582" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00535CD7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Identificación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3B0521" w14:textId="398E2949" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Autores o autoras por orden de firma</w:t>
       </w:r>
       <w:r w:rsidR="00640E03">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -10308,51 +10335,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2240B914" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10392,51 +10419,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2808F1EF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10481,51 +10508,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A36241B" w14:textId="09694AB5" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10570,51 +10597,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A140830" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista o editorial (título, volumen, página inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10659,51 +10686,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8ACDF6" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10743,51 +10770,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="110C3CDF" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -10827,51 +10854,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D87FD12" w14:textId="77777777" w:rsidR="00777862" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Hiperenlace navegable a la publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11036,51 +11063,51 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BFB2A53" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Identificación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D93AD43" w14:textId="7E2D4A84" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Autores o autoras por orden de firma:</w:t>
       </w:r>
       <w:r w:rsidR="00224D5A">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -11126,51 +11153,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="456AA799" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11210,51 +11237,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AC84A1" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11299,51 +11326,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2068EB7B" w14:textId="79C22E87" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11388,51 +11415,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="741EA319" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista o editorial (título, volumen, página inicial-final): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11477,51 +11504,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5663F8FB" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ISSN o ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11561,51 +11588,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="54539B9C" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11645,51 +11672,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="26859520" w14:textId="77777777" w:rsidR="00E03F60" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Hiperenlace navegable a la publicación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -11820,102 +11847,102 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27ECF9C8" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Creación artística</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49373DFB" w14:textId="77777777" w:rsidR="00F20BD6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009816F6">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir, de acuerdo con las características de cada aportación: título, descripción, fechas, disciplina artística, objeto y magnitud de la aportación, relevancia, grado de innovación, itinerancia, repercusión e impacto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6751953B" w14:textId="77777777" w:rsidR="000C4AE9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Repítalo tantas veces como sea necesario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD6EA7A" w14:textId="3A9141A8" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E45AA6">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32EE0F55" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -11957,51 +11984,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71CEEE84" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Descripción: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12043,51 +12070,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA13876" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fechas: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12129,51 +12156,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FFE01C" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Disciplina artística, objeto y magnitud de la aportación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12215,51 +12242,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44455276" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Relevancia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12301,51 +12328,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32794CDD" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Grado de innovación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12387,51 +12414,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="72868583" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Itinerancia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12473,51 +12500,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBCDA84" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Repercusión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12559,51 +12586,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4117D165" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Impacto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12663,51 +12690,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C8E88E" w14:textId="71909A20" w:rsidR="00E45AA6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00E45AA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B8E79C3" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12749,51 +12776,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E1F013" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Descripción: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12835,51 +12862,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC3F89E" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fechas: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -12921,51 +12948,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1225BEEF" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Disciplina artística, objeto y magnitud de la aportación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13007,51 +13034,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D1AA247" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Relevancia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13093,51 +13120,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D05443" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Grado de innovación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13179,51 +13206,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="003D5959" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Itinerancia: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13265,51 +13292,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C9957FD" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Repercusión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13351,51 +13378,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D168A4" w14:textId="77777777" w:rsidR="00C91860" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C91860">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Impacto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13465,51 +13492,51 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55E2325C" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B2DB1F" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00904747">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A.1.2 Proyectos competitivos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="258D1D17" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="002F233B">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir: título del proyecto, entidad financiadora, referencia de la concesión, importe concedido, duración (desde – hasta), nombre del investigador o investigadora principal y número de investigadores o investigadoras del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A1B341" w14:textId="198D86F9" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00033310">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Para catedrático o catedrática</w:t>
@@ -13658,51 +13685,51 @@
         </w:rPr>
         <w:t>) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="771189B8" w14:textId="5375C47F" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76DD605C" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del proyecto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13710,51 +13737,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25C6A7D4" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad financiadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13762,51 +13789,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="512133FA" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Referencia de la concesión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13814,51 +13841,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D3CDFF" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Importe concedido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13866,51 +13893,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="359270C0" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración (desde – hasta): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13918,51 +13945,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFC49AC" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del investigador o investigadora principal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -13970,51 +13997,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A326BF" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de investigadores o investigadoras del grupo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14040,51 +14067,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2812505E" w14:textId="6800142D" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61A1FDF6" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del proyecto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14092,51 +14119,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E98C213" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad financiadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14144,51 +14171,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="655A2878" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Referencia de la concesión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14196,51 +14223,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ECF6E11" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Importe concedido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14248,51 +14275,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BE604A" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración (desde – hasta): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14300,51 +14327,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5080AFC1" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del investigador o investigadora principal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14352,51 +14379,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E353C8" w14:textId="77777777" w:rsidR="00FA390E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FA390E">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de investigadores o investigadoras del grupo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -14404,51 +14431,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7312033C" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AC7C13">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A.1.3 Estancias, movilidad e internacionalización</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -14498,345 +14525,345 @@
         </w:rPr>
         <w:t xml:space="preserve"> Repítalo tantas veces como sea necesario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74033071" w14:textId="6612EC98" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00225341">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396654FD" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave (doctoral, posdoctoral, invitado/a, contratado/a, otros a especificar): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25D74428" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E5E68A1" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00001D08">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del supervisor o supervisora: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E0C7E0" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Localidad y país: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4860989E" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCBC0BD" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración en meses: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FADD63E" w14:textId="77777777" w:rsidR="003D2EC3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003D2EC3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Tema: </w:t>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
@@ -14859,345 +14886,345 @@
       </w:r>
       <w:r w:rsidR="00C94520" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B010294" w14:textId="7F0B72C9" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00904747">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70CCE3EB" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Clave (doctoral, posdoctoral, invitado/a, contratado/a, otros a especificar): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F50ADD2" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55295071" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00001D08">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del supervisor o supervisora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CFFE255" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Localidad y país: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F9AA434" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9A4A1E" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración en meses: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1A11AE" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Tema: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15231,74 +15258,74 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4912882F" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p w14:paraId="66FF5A40" w14:textId="77777777" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0074577E">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A.2 Transferencia de conocimiento, tecnología y actividad profesional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="752E5056" w14:textId="77777777" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00417D92">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.2.1 Transferencia de conocimiento y tecnología</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCCDF4B" w14:textId="77777777" w:rsidR="00B56F5F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Patentes</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A9EF107" w14:textId="77777777" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00340D3C">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir: inventores o inventoras (por orden de firma), número de solicitud, país de prioridad, fecha de prioridad, año de concesión o de explotación, entidad titular, países a los que se ha extendido y empresas que lo explotan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E915689" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
@@ -15312,51 +15339,51 @@
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B19A11" w14:textId="753F749D" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70703EE9" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Inventores o inventoras (por orden de firma): </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
@@ -15367,345 +15394,345 @@
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2A6E74" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de solicitud: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FDC0AB7" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">País de prioridad: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3793FF9F" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de prioridad: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C25B64" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de concesión o de explotación: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1238E2FF" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad titular: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B69180C" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C94520">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Países a los que se ha extendido: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CC3BCE" w14:textId="77777777" w:rsidR="00C94520" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Empresas que lo explotan: </w:t>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
@@ -15728,51 +15755,51 @@
       </w:r>
       <w:r w:rsidR="003447A3" w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1F3790" w14:textId="1E69A4F2" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A65DB3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A34E2D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Inventores o inventoras (por orden de firma): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -15783,345 +15810,345 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EFAFD65" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de solicitud: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DD7FEDA" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">País de prioridad: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6258F870" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de prioridad: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A3FDBA6" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Año de concesión o de explotación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDA258D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad titular: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21DF7F8C" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Países a los que se ha extendido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="162CD1DD" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A65DB3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Empresas que lo explotan: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16146,51 +16173,51 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A3198A1" w14:textId="77777777" w:rsidR="00640E03" w:rsidRDefault="00640E03">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="507BC102" w14:textId="3A49543E" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contratos y convenios de transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36A84CA2" w14:textId="77777777" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C901BD">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir: tipo de participación, duración, financiación, contratación de personal, grado de innovación y de multidisciplinariedad/interdisciplinariedad, resultados, productos o servicios resultantes e impacto social conseguido.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7190B3B2" w14:textId="77777777" w:rsidR="00417D92" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -16201,394 +16228,394 @@
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574AB37E" w14:textId="55E99FC5" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
         <w:spacing w:before="120" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D4BE1D" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Tipo de participación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="678E5A77" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3171B4" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Financiación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E3E481" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Contratación de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BC1E1BC" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Grado de innovación y de multidisciplinariedad/interdisciplinariedad: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67FDBDF7" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6D9050" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Productos o servicios resultantes: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="62460FE6" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Impacto social conseguido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -16611,443 +16638,443 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34DCC54B" w14:textId="7EA329D2" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00417D92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1489A6D0" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Tipo de participación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD147DC" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABEBC02" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Financiación: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="223F6096" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Contratación de personal: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74691562" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Grado de innovación y de multidisciplinariedad/interdisciplinariedad: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E6647F5" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E38FD8" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="003447A3">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Productos o servicios resultantes: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="19122577" w14:textId="77777777" w:rsidR="003447A3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00417D92">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Impacto social conseguido: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68341175" w14:textId="77777777" w:rsidR="00C76640" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009409C1">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Otras actividades y resultados de la transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="308E9D6E" w14:textId="77777777" w:rsidR="00782077" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Aporte evidencias acreditativas de estos méritos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3A5C53" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
@@ -17156,198 +17183,198 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Repítalo tantas veces como sea necesario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2278CCA2" w14:textId="447C0B93" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009870B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F4F25EA" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Empresa o institución: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6E4B49" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cargo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="244B2216" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedicación (tiempo parcial o completo): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7167756A" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009870B8">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Periodo (fecha de inicio y fin): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -17370,198 +17397,198 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29105207" w14:textId="65D4F106" w:rsidR="009870B8" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009870B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7227AD62" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Empresa o institución: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="77337672" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cargo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C53D859" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Dedicación (tiempo parcial o completo): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="079F7539" w14:textId="77777777" w:rsidR="00B634A6" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B634A6">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Periodo (fecha de inicio y fin): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -17575,75 +17602,75 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B60C99A" w14:textId="77777777" w:rsidR="00FB70C2" w:rsidRPr="00AC7C13" w:rsidRDefault="00FB70C2" w:rsidP="00765ABB"/>
     <w:p w14:paraId="1B22CDC6" w14:textId="77777777" w:rsidR="00870C39" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="213CDA95" w14:textId="77777777" w:rsidR="008F758E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. Dimensión de docencia universitaria </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="369A3BB4" w14:textId="77777777" w:rsidR="00947A1B" w:rsidRPr="00AC7C13" w:rsidRDefault="00765ABB" w:rsidP="00765ABB">
       <w:hyperlink w:anchor="Text2" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Instrucciones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="55F13D5C" w14:textId="77777777" w:rsidR="00985F81" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen narrativo de la trayectoria y calidad de la docencia universitaria </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22CBCB84" w14:textId="77777777" w:rsidR="00CD6CAD" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="002B713C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resuma los hechos más importantes de su trayectoria docente universitaria (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
@@ -17686,77 +17713,77 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E24194" w14:textId="77777777" w:rsidR="00AD52C2" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00765ABB">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="19FA6EF5" w14:textId="35C01244" w:rsidR="00434F24" w:rsidRPr="00AC7C13" w:rsidRDefault="00921B2B" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B.1 </w:t>
       </w:r>
       <w:r w:rsidR="001127B5" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trayectoria y calidad de la docencia universitaria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="377F7C94" w14:textId="77777777" w:rsidR="003F0F08" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Rellene los siguientes datos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DB0FDC" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de años a tiempo completo (o equivalentes a tiempo parcial): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -17802,51 +17829,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EFC3972" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de horas/créditos de docencia teórica: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -17892,51 +17919,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D34B20B" w14:textId="77777777" w:rsidR="00765ABB" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F36DB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de horas/créditos de docencia práctica: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -18010,63 +18037,63 @@
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Si no dispone de un certificado de calidad docente realizado por una universidad mediante un manual de evaluación docente certificado por AQU Catalunya o por programas análogos, debe presentar el </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>documento de evidencias de calidad docente</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, de acuerdo con la normativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25889CCB" w14:textId="77777777" w:rsidR="00F61762" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Hlk182926670"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">B.2 Innovación docente </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04F3DE2F" w14:textId="77777777" w:rsidR="0090350F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C935BD">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Proyectos de innovación docente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9F5AA9" w14:textId="77777777" w:rsidR="003B1176" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00147059">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las aportaciones deben incluir el título del proyecto, la entidad financiadora, la aportación de la concesión, el o la responsable y la duración. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E65D7F7" w14:textId="77777777" w:rsidR="00B97AB0" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -18074,51 +18101,51 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541AFF03" w14:textId="352F5F3A" w:rsidR="0005424B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB5FFAA" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del proyecto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18160,51 +18187,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="231DF3FA" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad financiadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18246,51 +18273,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2581C8" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Aportación de la concesión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18332,51 +18359,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF0A5D4" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsable: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18418,51 +18445,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67169D7D" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración (desde – hasta): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18522,51 +18549,51 @@
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69A4BEC4" w14:textId="75650B0F" w:rsidR="0005424B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="0005424B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="703756CB" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del proyecto: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18608,51 +18635,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="160991AD" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Entidad financiadora: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18694,51 +18721,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="08264AEE" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Aportación de la concesión: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18780,51 +18807,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="40153EF7" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsable: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18866,51 +18893,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1D4D8B" w14:textId="77777777" w:rsidR="00A50568" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A50568">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Duración (desde – hasta): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -18960,83 +18987,83 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21348FBC" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="787AE8A6" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C. Dimensión de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E3C21D7" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[Solo para las acreditaciones para catedrático o catedrática]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03EB0090" w14:textId="77777777" w:rsidR="00566635" w:rsidRPr="00AC7C13" w:rsidRDefault="00B97AB0" w:rsidP="00B97AB0">
       <w:hyperlink w:anchor="Texto4" w:history="1">
         <w:r w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Instrucciones</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6981446A" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resumen narrativo de la trayectoria de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2A87E0" w14:textId="77777777" w:rsidR="00602B66" w:rsidRPr="00640E03" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00640E03">
         <w:rPr>
           <w:i w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resuma los hechos más importantes de su trayectoria de liderazgo científico y de gestión (</w:t>
       </w:r>
       <w:r w:rsidRPr="00640E03">
         <w:rPr>
           <w:b/>
@@ -19078,51 +19105,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74DD596B" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABC5501" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C.1 Dirección de tesis doctorales finalizadas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5616005F" w14:textId="77777777" w:rsidR="008A11CC" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Las aportaciones deben incluir: nombre de los directores o directoras, título del trabajo, fecha de lectura (dd/mm/aaaa), nombre del doctorando o doctoranda, cualificación obtenida e institución. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="251923C4" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00CD258C">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
@@ -19164,51 +19191,51 @@
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Repítalo tantas veces como sea necesario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BAB0FA8" w14:textId="40663A3B" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>1ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C845B3A" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de los directores o directoras: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19231,51 +19258,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAC8694" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del trabajo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19298,51 +19325,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B3B2B0" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de lectura (dd/mm/aaaa): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19365,51 +19392,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DAB206" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del doctorando de doctorada: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19432,51 +19459,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21EC70D7" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cualificación obtenida: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19499,51 +19526,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B1A7B9" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Institución: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19583,51 +19610,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="687C1FD9" w14:textId="2CD4C5F9" w:rsidR="001F6003" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2ª aportación</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="7CDEB825" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de los directores o directoras: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19650,51 +19677,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="074B6E5D" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Título del trabajo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19717,51 +19744,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D59044" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha de lectura (dd/mm/aaaa): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19784,51 +19811,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="630C8087" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre del doctorando de doctorada: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19851,51 +19878,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71ABB6BF" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cualificación obtenida: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -19918,51 +19945,51 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="638EB951" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Institución: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
@@ -20001,51 +20028,51 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7568430C" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="00B62D64" w:rsidP="00B97AB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BE10F68" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4418DFEC" w14:textId="77777777" w:rsidR="003F7050" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C.2 Liderazgo en el ámbito de la dirección y gestión universitaria y científica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09534418" w14:textId="77777777" w:rsidR="00B97AB0" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -20148,51 +20175,51 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>5ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56358437" w14:textId="77777777" w:rsidR="00416C2B" w:rsidRPr="00AC7C13" w:rsidRDefault="00416C2B" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="5E1E21B2" w14:textId="77777777" w:rsidR="00F56E3F" w:rsidRPr="00AC7C13" w:rsidRDefault="00F56E3F" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="44FFA333" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E24A6D5" w14:textId="77777777" w:rsidR="005B7263" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FE0D01">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C.3 Reconocimientos y responsabilidad en organizaciones científicas y comités científicos y técnicos</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F2101E8" w14:textId="77777777" w:rsidR="00FE0D01" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FE0D01">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
@@ -20277,218 +20304,218 @@
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>4ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50339067" w14:textId="6D616F94" w:rsidR="006C0E3A" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FE0D01">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>5ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6537B055" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="00461773" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="2474A2D1" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00844F3D">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INSTRUCCIONES PARA LA CUMPLIMENTACIÓN DEL CV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29970205" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00844F3D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Consideraciones generales: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21354858" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Hlk190869568"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario que acredite los méritos aportados, de acuerdo con la normativa y las instrucciones del CV. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1425193C" w14:textId="77777777" w:rsidR="003273FF" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Debe adjuntar la siguiente </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="a2" w:history="1">
         <w:r w:rsidR="00B2650B" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>documentación</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E45CE4A" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Ordene las aportaciones cronológicamente, empezando por las más recientes y terminando por las más antiguas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0707CF44" w14:textId="77777777" w:rsidR="00C73B58" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="009234A7">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Durante el proceso de evaluación, AQU Catalunya puede reclamar al solicitante que amplíe la información aportada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A72A36" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00722F79">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="Text1"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A. Dimensión de investigación y transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="150B3089" w14:textId="39E7520F" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen narrativo de la trayectoria de </w:t>
       </w:r>
       <w:r w:rsidR="009234A7">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>nvestigación y transferencia</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6951C638" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nota previa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012E3301" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00986158">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Las personas que solicitan la acreditación para catedrático o catedrática tienen reconocida la suficiencia en el bloque correspondiente a los méritos de investigación y transferencia e intercambio de conocimiento si disponen de financiación de los programas del ERC Consolidator Grant, Advanced Grant o Synergy Grant, o en otras convocatorias de investigación competitivas individuales internacionales de prestigio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64676CFA" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En el caso de la acreditación para profesorado agregado, además de las anteriores, también tienen la suficiencia en este bloque las personas que han superado procesos de evaluación de investigación estatales con un grado equivalente de exigencia, como, por ejemplo, el Programa de Incentivación de la Incorporación e Intensificación de la Actividad Investigadora (I3), las que han obtenido el Certificado como personas investigadoras establecidas (R3) y aquellas con financiación del programa Starting Grant del ERC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECC94D3" w14:textId="77777777" w:rsidR="00461773" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
@@ -20525,128 +20552,128 @@
     </w:p>
     <w:p w14:paraId="39765E6F" w14:textId="56F4B1FF" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La evaluación de la actividad de las personas se lleva a cabo considerando las contribuciones que se aportan y la narrativa sobre la calidad, relevancia e impacto de estas contribuciones.</w:t>
       </w:r>
       <w:r w:rsidR="009234A7">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hay que aportar evidencias que sustenten el relato narrativo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D11A4DD" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En este sentido, indique las principales aportaciones en estos ámbitos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EE7245" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Actividad de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA2C5E9" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resuma su investigación destacando las publicaciones realizadas durante la etapa posdoctoral. Asimismo, es necesario defender el impacto científico y/o social de publicaciones y proyectos. Especifique su contribución en las publicaciones más destacadas. Destaque también la proyección internacional o nacional, la contribución y el impacto de la actividad realizada en ciencia ciudadana, las aportaciones de relevancia local y en lengua catalana, así como el acceso abierto a las contribuciones científicas y docentes y la interdisciplinariedad. Incluya también las estancias de investigación y sus publicaciones derivadas, los premios recibidos, las traducciones, así como las obras de creación artística o arquitectónica, las exposiciones, etc. Puede incluir también congresos, becas, ayudas y otros méritos de investigación que considere relevantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758F7DCB" w14:textId="77777777" w:rsidR="00AB179F" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Transferencia de conocimiento y de tecnología y actividad profesional</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD9C238" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Exponga los resultados de los procesos que tienen como objetivo difundir conocimientos, habilidades y/o innovaciones al conjunto de la sociedad, ya sean empresas, organizaciones sectoriales, instituciones u organismos gubernamentales, y justificar que estas actividades han contribuido a la innovación, el crecimiento económico o el desarrollo resolviendo problemas del mundo real y/o a mejorar productos, procesos o servicios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68FCA05A" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">En cuanto a la experiencia profesional, destaque las actividades más relevantes que estén directamente relacionadas con su ámbito de especialización. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EA09DDF" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00414541">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">A.1 Actividad de investigación </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D5538C" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00414541">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.1.1 Resultados de la actividad de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF2EC0A" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Consideraciones generales:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E560EBA" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Puede incluir un máximo de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -20662,51 +20689,51 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y un máximo de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>50 contribuciones, en el caso de catedráticos o catedráticas</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. La CAR solo evaluará las aportaciones seleccionadas en este apartado. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567FE044" w14:textId="5B6618CF" w:rsidR="00BF5DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo con las características de cada aportación, consigne los siguientes datos: autores o autoras por orden de firma </w:t>
       </w:r>
       <w:r w:rsidRPr="001E2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
@@ -20746,157 +20773,157 @@
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, el título, el año de publicación, la clave </w:t>
       </w:r>
       <w:r w:rsidR="00D86445" w:rsidRPr="00D86445">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(A artículo, R review, L libro, C capítulo de libro, etc.),</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> la revista o editorial (título, volumen, página inicial-final), ISSN o ISBN, DOI o hiperenlace navegable a la publicación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02CB83B9" w14:textId="77777777" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Debe consignar los indicios de relevancia e impacto de cada una de las aportaciones. Si la aportación científica está indexada, incluya los indicadores bibliométricos de su calidad (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>máximo 300 caracteres por aportación</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5488FCB7" w14:textId="77777777" w:rsidR="00433844" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">AQU Catalunya realizará una comprobación de oficio de todas las aportaciones presentadas. En caso de que corresponda, se aplicará el </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00C73B58" w:rsidRPr="00AC7C13">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
             <w:rFonts w:cs="Calibri"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>protocolo de fraude</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2653CE47" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Creación artística</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781D4372" w14:textId="77777777" w:rsidR="00497B59" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las aportaciones deben incluir, de acuerdo con sus características: título, descripción, fechas, disciplina artística, objeto y magnitud de la aportación, relevancia, grado de innovación, itinerancia, repercusión e impacto, u otros datos considerados relevantes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B15B76" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.1.2 Proyectos competitivos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="500E78D6" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Se considerarán exclusivamente los proyectos de investigación y de transferencia de tecnología financiados en convocatorias competitivas, tanto de las administraciones públicas (internacionales, europeas, estatales y autonómicas) como del sector privado (fundaciones, empresas, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563E81B5" w14:textId="0A9A8055" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="007A6CAC">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Para catedrático o catedrática</w:t>
       </w:r>
@@ -20939,51 +20966,51 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="001E2ED5">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ara aquellos proyectos en los que haya participado, es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
       </w:r>
       <w:r w:rsidR="007A6CAC" w:rsidRPr="007A6CAC">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>el importe concedido, la duración del proyecto, el nombre del investigador o investigadora principal y el número de investigadores o investigadoras del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04598699" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A.1.3 Estancias, movilidad e internacionalización</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="798D6070" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00921B2B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario aportar un certificado de estancia docente o de investigación o transferencia emitido por la universidad o centro de investigación receptor en el que consten las fechas de inicio y final de la estancia. </w:t>
       </w:r>
     </w:p>
@@ -21110,852 +21137,852 @@
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ontratos y convenios de transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B46CAA" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se considerarán los contratos y convenios que formalicen el intercambio de experiencias, habilidades o resultados de investigación entre instituciones, empresas o personas, así como </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>los modelos de utilidad y demás acuerdos legales que regulen la cesión de conocimientos tecnológicos, software y hardware, diseño de productos, innovaciones, procesos propietarios de manufacturación, variedades vegetales, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B9A326" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo4"/>
+        <w:pStyle w:val="Ttol4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Otras actividades y resultados de la transferencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B4F080" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En este apartado se pueden incluir los siguientes méritos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="757B368A" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se incluyen actividades que fomenten la divulgación y la cultura científica, la reflexión sobre el papel de la ciencia, la tecnología y la innovación en la sociedad actual —como publicaciones, conferencias, exposiciones, audiovisuales, colaboración con medios de comunicación, asesoramiento legislativo, ponencias de leyes y otras actividades con valor social, artístico y cultural—, y promuevan una ciencia e innovación abiertas e inclusivas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E83662" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Actividades encaminadas a compartir resultados de investigación, buenas prácticas o métodos de enseñanza, los talleres de formación con empresas y organizaciones, el desarrollo de capacidades —</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>capacity building</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>— y los programas de innovación social y transformativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717B16F4" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Colaboración con organizaciones empresariales y sindicales, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>spin-offs</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y el asesoramiento científico a administraciones públicas y la participación en cátedras institucionales y de empresa, o similares, que constituyan una fórmula de colaboración con instituciones públicas y privadas y desarrollen este tipo de actividades. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A2C882D" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Participación como personas expertas en organismos de evaluación de proyectos de investigación, tecnología e innovación, o de evaluación del profesorado universitario y de otro personal investigador, así como la participación en comités, comisiones o paneles de agencias y organismos oficiales de evaluación de títulos y centros universitarios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3970F1CD" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">A.2.2 Actividad profesional </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF91BF1" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Se valora exclusivamente la actividad profesional que esté relacionada directamente con el ámbito de especialización de la persona solicitante y que no se haya llevado a cabo de forma simultánea a su actividad a tiempo completo en la universidad. Se evalúa la extensión de esta actividad y su pertinencia a la actividad de investigación y docencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB1B78E" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BDB959C" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="Text2"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">B. Dimensión de docencia universitaria </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22073F0A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="7432149C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Por norma general, las personas solicitantes deben aportar como evidencia de la calidad del encargo docente llevado a cabo las evaluaciones positivas de su docencia realizadas por sus universidades mediante un manual de evaluación docente certificado por AQU Catalunya o por programas análogos (por ejemplo, DOCENTIA) del resto de agencias miembros de la red REACU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B0A3369" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En el caso de la acreditación para profesorado agregado, las personas que dispongan de una evaluación positiva emitida por su universidad de acuerdo con lo anteriormente expresado tienen la suficiencia en esta dimensión. En el caso de la acreditación para catedrático o catedrática, serán necesarias dos evaluaciones positivas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2162EF48" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En el caso de las personas que han desarrollado su carrera investigadora y docente en el extranjero o en universidades españolas que no tienen certificado el manual de evaluación docente o que no cumplen los requisitos para solicitar la evaluación directa a partir del manual de la universidad, las dimensiones que se evalúan son las siguientes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B82501B" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trayectoria y calidad de la docencia universitaria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0148096F" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Innovación docente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="439E90E9" w14:textId="77777777" w:rsidR="0048352E" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>No es necesario que rellene esta sección si rellena este CV para la evaluación de tramos de investigación (sexenios).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="352A0D38" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Consideraciones generales:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2949E2BB" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La evaluación de la calidad docente se realiza de acuerdo con la narración y las evidencias que la puedan acompañar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="128BDB0E" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Se considerarán el grado de consecución de los objetivos formativos de las materias y las asignaturas impartidas, las tasas de éxito y rendimiento, la valoración y la satisfacción del estudiantado, la revisión y la mejora de la propia práctica docente y su impacto o las revisiones por pares.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5F67A1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede incluir en este apartado la dirección de tesis doctorales en curso, tutorías curriculares, comisiones de diseño de planes de estudio, diseño de nuevas asignaturas, coordinación de actividades especiales, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59174029" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>También puede incluir la elaboración de recursos educativos que estén disponibles, preferentemente, en acceso abierto y sin restricciones a través de repositorios institucionales, temáticos o generalistas y sometidos a evaluación académica y/o evaluación externa. Los manuales y libros de texto con finalidad docente se valoran en función del prestigio de la editorial, de las personas a cargo de la edición, de la colección en la que se publica la obra, de los galardones que pueda haber obtenido y de las reseñas recibidas, entre otros.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C055955" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00C935BD">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Resumen narrativo de la trayectoria y calidad de la docencia universitaria </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2440F60F" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Debe incluir obligatoriamente en un único archivo el documento de evidencias de calidad docente, que debe contener la descripción y valoración de los siguientes elementos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2C71BE" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>El encargo docente. Evidencia: certificado de docencia impartida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23146D20" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La satisfacción del estudiantado. Evidencia: resultados de las encuestas de satisfacción.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61AB3C11" w14:textId="72DEE33F" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La valoración del responsable académico. Evidencia: </w:t>
       </w:r>
       <w:r w:rsidR="001E2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>nforme de un responsable académico sobre la calidad de la actividad docente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012C310B" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La dirección y participación en proyectos de innovación docente. Evidencia: certificado de concesión.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="176236CF" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Además, en el resumen narrativo puede hacer referencia a otros aspectos relevantes como:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DDD6570" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La formación para la docencia (estancias en centros, la participación en cursos, posgrados y programas tanto del ámbito disciplinar como específicos de la formación docente universitaria). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21894E8C" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La elaboración de material didáctico específico (publicaciones docentes, MOOC).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B970C51" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La investigación sobre la propia actividad docente (publicaciones, aportaciones en congresos, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC04B24" w14:textId="6A9E395A" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="008D2C9E" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">B.1 </w:t>
       </w:r>
       <w:r w:rsidR="001127B5" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trayectoria y calidad de la docencia universitaria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="580F7FC0" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00A67CE9">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nota previa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A4DED6" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Exención del requisito de actividad docente mínima: aquellas personas que acrediten resultados de investigación excepcionales y que hayan desarrollado su carrera principalmente en una institución no universitaria dedicada a la investigación, o en una universidad extranjera en la que el cómputo y los instrumentos de medida de la actividad docente sean difíciles de trasladar al sistema universitario catalán, podrán obtener la acreditación sin necesidad de cumplir con el conjunto de requisitos y méritos de actividad docente, previa comprobación de estos hechos por parte de la comisión específica correspondiente de la CAR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01059BC7" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En estos casos solo es necesario adjuntar la documentación que acredite la distinción de investigación correspondiente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F35C136" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En cuanto a su dedicación docente, solo se considera la docencia universitaria oficial (grado, posgrado o doctorado), o equivalente en un sistema universitario extranjero. El encargo docente se valora en función de la pluralidad, la interdisciplinariedad, la complejidad docente y la modalidad de impartición, que se concretan, entre otros, en:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C421CFE" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>El número y diversidad de asignaturas impartidas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F5F228C" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La tipología de titulaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FBD52BD" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La docencia en asignaturas de primer curso (en grados) o en grupos numerosos (entendidos como aquellos que tienen una ratio alumnado/profesorado elevado respecto a la ratio media del área o la titulación).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1BFC7F" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La impartición en diferentes idiomas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B253D4" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La impartición en centros o campus distintos al de adscripción.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2546AEA1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La dirección de trabajos finales de grado (TFG) y trabajos finales de máster (TFM).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23A61C53" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Rellene los siguientes datos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36995AB8" w14:textId="77777777" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de años a tiempo completo (o equivalentes a tiempo parcial): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -22001,51 +22028,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="343A1205" w14:textId="77777777" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de horas/créditos de docencia teórica: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -22091,51 +22118,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D2271A" w14:textId="77777777" w:rsidR="00644A7D" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="006B1B76">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DFE6E9"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de horas/créditos de docencia práctica: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -22189,285 +22216,285 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4332EFC1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario aportar un certificado oficial emitido por la universidad de la docencia reglada impartida, según el modelo que encontrará en </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00BE61C5">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:rStyle w:val="Enlla"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>este enlace</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. En el certificado deben constar todos datos indicados en este apartado del CV. El certificado debe coincidir estrictamente con los datos consignados. A efectos de la evaluación, no se considerará la docencia reglada universitaria impartida que no esté certificada oficialmente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14249AC1" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">B.2 Innovación docente </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B519735" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="001620C0">
       <w:pPr>
-        <w:pStyle w:val="Ttulo3"/>
+        <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Proyectos de innovación docente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6422B5D3" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se considerarán los proyectos de innovación docente, de sostenibilidad, los proyectos interdisciplinarios e interuniversitarios relacionados con la docencia o los proyectos de investigación de acción educativa en educación superior orientados a la mejora docente. En todos los casos se valora el tipo de participación (IP o participante), la entidad financiadora y la cantidad recibida (universidad, autonómica, central, a través de Erasmus+, fundaciones públicas o privadas, etc.) y la duración. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A65D3C" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En este apartado se evalúan las tareas institucionales de mejora de la docencia y de diseño de nuevas titulaciones universitarias, la formación recibida y la formación impartida para la mejora de la docencia. Estas actividades se valoran en función de la diversidad, duración, calidad, y relevancia que tengan y de los resultados y el impacto conseguidos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63538AC1" w14:textId="77777777" w:rsidR="006324E9" w:rsidRPr="00926A49" w:rsidRDefault="001127B5" w:rsidP="00926A49">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FF04A7" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo1"/>
+        <w:pStyle w:val="Ttol1"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="Texto4"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C. Dimensión de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB48E52" w14:textId="77777777" w:rsidR="00C935BD" w:rsidRPr="00AC7C13" w:rsidRDefault="00C935BD" w:rsidP="00C935BD">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Resumen narrativo de la trayectoria de liderazgo científico y de gestión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50623BC8" w14:textId="0D8289BF" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta dimensión solo se valora en el caso de las acreditaciones para catedrático o catedrática. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="181B2072" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las personas que la soliciten deben demostrar la capacidad de dirección de equipos docentes y de investigación; la formación, la capacitación, la mentoría y la promoción de jóvenes docentes e investigadores, y la dirección y la gestión universitaria y científica. También pueden aportar evidencias de los reconocimientos y responsabilidades ejercidas en organizaciones científicas y comités científico-técnicos u otras actividades de liderazgo equivalentes. En todos los casos, se valora el grado de internacionalización, innovación y apertura a la sociedad de las contribuciones presentadas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639C3B93" w14:textId="3BC88ECD" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En esta dimensión se valoran las siguientes subdimensiones:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA66106" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Dirección de tesis doctorales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E50F3A" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Liderazgo en el ámbito de la dirección y gestión universitaria y científica</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4685FB36" w14:textId="6C139DED" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Reconocimientos y responsabilidad en </w:t>
       </w:r>
       <w:r w:rsidR="008D2C9E" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>organizaciones y comités científicos</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y técnicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0329F9" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>C.1 Dirección de tesis doctorales finalizadas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6E09C1" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario aportar un certificado emitido por el vicerrectorado correspondiente en el que consten el título y la fecha de lectura de la tesis, el nombre del doctorando o doctoranda, el director o directora o directores o directoras y la cualificación obtenida. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2178F1DB" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los datos consignados en este apartado deben coincidir estrictamente con el certificado presentado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E30FA3" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>C.2 Liderazgo en el ámbito de la dirección y gestión universitaria y científica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CDBB915" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se valoran las actividades que implican un liderazgo efectivo de equipos o grupos docentes y de investigación estables. Entre otros, se valora la dimensión y el reconocimiento de los equipos, las actividades llevadas a cabo y los resultados conseguidos para la disciplina o para la propia institución, la visión con la que se han cumplido las actividades, los retos que se han afrontado y la implementación de transformaciones y cambios. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34581E71" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="7432149C">
@@ -22546,51 +22573,51 @@
         <w:t>editorial board</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la revista </w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (JCR Q1) durante tantos años.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47BC162F" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
-        <w:pStyle w:val="Ttulo2"/>
+        <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>C.3 Reconocimientos y responsabilidad en organizaciones científicas y comités científicos y técnicos</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15ABD19C" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Se evalúa la responsabilidad ejercida en los órganos de dirección de asociaciones u organizaciones científicas o en comités nacionales e internacionales. Concretamente, se consideran las innovaciones y mejoras introducidas en el desempeño de estas actividades, así como los resultados obtenidos y el impacto alcanzado en la propia organización, en la disciplina o ámbito de conocimiento a la que pertenece o, en su caso, en el conjunto de la sociedad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B94FA8D" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
@@ -22730,51 +22757,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="19592898" w14:textId="77777777" w:rsidR="008C2DC4" w:rsidRPr="00FD45FA" w:rsidRDefault="001127B5" w:rsidP="00650917">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Peu"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t xml:space="preserve">Nombre y apellidos    </w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00650917">
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t>·</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidR="00F63FFF" w:rsidRPr="00C875CC">
@@ -23157,51 +23184,51 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CEE32A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5926E32"/>
     <w:lvl w:ilvl="0" w:tplc="F78666E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Wingdings 2" w:hint="default"/>
         <w:color w:val="70AD47" w:themeColor="accent6"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D7545C08" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D7545C08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2326E5D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0E60C7A0" w:tentative="1">
       <w:start w:val="1"/>
@@ -25799,51 +25826,51 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1434665987">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="446702791">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="19286105">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1459370718">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="595679158">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1176726519">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C66F0"/>
@@ -25903,50 +25930,51 @@
     <w:rsid w:val="000B62C1"/>
     <w:rsid w:val="000B7ECA"/>
     <w:rsid w:val="000C1F0F"/>
     <w:rsid w:val="000C241F"/>
     <w:rsid w:val="000C4138"/>
     <w:rsid w:val="000C4AE9"/>
     <w:rsid w:val="000C6114"/>
     <w:rsid w:val="000C766E"/>
     <w:rsid w:val="000D79A9"/>
     <w:rsid w:val="000E06A6"/>
     <w:rsid w:val="000E1427"/>
     <w:rsid w:val="000E202A"/>
     <w:rsid w:val="000E4887"/>
     <w:rsid w:val="000E5BBC"/>
     <w:rsid w:val="000F164A"/>
     <w:rsid w:val="000F4447"/>
     <w:rsid w:val="000F531E"/>
     <w:rsid w:val="00100466"/>
     <w:rsid w:val="0010087B"/>
     <w:rsid w:val="00102FAE"/>
     <w:rsid w:val="001100F8"/>
     <w:rsid w:val="001127B5"/>
     <w:rsid w:val="001149FC"/>
     <w:rsid w:val="00115801"/>
     <w:rsid w:val="00115D6E"/>
+    <w:rsid w:val="00116BAE"/>
     <w:rsid w:val="00116D34"/>
     <w:rsid w:val="00117C99"/>
     <w:rsid w:val="00120776"/>
     <w:rsid w:val="0012133F"/>
     <w:rsid w:val="001238D0"/>
     <w:rsid w:val="00125D55"/>
     <w:rsid w:val="001308CF"/>
     <w:rsid w:val="00132989"/>
     <w:rsid w:val="001404A1"/>
     <w:rsid w:val="00143B12"/>
     <w:rsid w:val="001468C8"/>
     <w:rsid w:val="00147059"/>
     <w:rsid w:val="0014772E"/>
     <w:rsid w:val="001478E3"/>
     <w:rsid w:val="00147FBB"/>
     <w:rsid w:val="00147FD8"/>
     <w:rsid w:val="00152995"/>
     <w:rsid w:val="00152C57"/>
     <w:rsid w:val="0015771D"/>
     <w:rsid w:val="00160EDA"/>
     <w:rsid w:val="00161BDE"/>
     <w:rsid w:val="00161E35"/>
     <w:rsid w:val="001620C0"/>
     <w:rsid w:val="00164BE3"/>
     <w:rsid w:val="00170F34"/>
@@ -25957,66 +25985,68 @@
     <w:rsid w:val="001933DE"/>
     <w:rsid w:val="00193BFB"/>
     <w:rsid w:val="001951EE"/>
     <w:rsid w:val="00197380"/>
     <w:rsid w:val="001A2344"/>
     <w:rsid w:val="001A4850"/>
     <w:rsid w:val="001A4E7A"/>
     <w:rsid w:val="001B2523"/>
     <w:rsid w:val="001B2895"/>
     <w:rsid w:val="001B3759"/>
     <w:rsid w:val="001B39B9"/>
     <w:rsid w:val="001B460C"/>
     <w:rsid w:val="001B4AFD"/>
     <w:rsid w:val="001B6DCF"/>
     <w:rsid w:val="001C0B07"/>
     <w:rsid w:val="001C6793"/>
     <w:rsid w:val="001C77E9"/>
     <w:rsid w:val="001D02A5"/>
     <w:rsid w:val="001D3068"/>
     <w:rsid w:val="001D5944"/>
     <w:rsid w:val="001D72E9"/>
     <w:rsid w:val="001E2ED5"/>
     <w:rsid w:val="001E64FA"/>
     <w:rsid w:val="001F0651"/>
     <w:rsid w:val="001F0B99"/>
+    <w:rsid w:val="001F1748"/>
     <w:rsid w:val="001F6003"/>
     <w:rsid w:val="002026D0"/>
     <w:rsid w:val="00203E00"/>
     <w:rsid w:val="002107D0"/>
     <w:rsid w:val="00211CFE"/>
     <w:rsid w:val="00215D9C"/>
     <w:rsid w:val="00217B33"/>
     <w:rsid w:val="002205D9"/>
     <w:rsid w:val="00223071"/>
     <w:rsid w:val="00223731"/>
     <w:rsid w:val="00224D5A"/>
     <w:rsid w:val="00225341"/>
     <w:rsid w:val="0022635B"/>
     <w:rsid w:val="00230950"/>
     <w:rsid w:val="0023346E"/>
     <w:rsid w:val="00234493"/>
+    <w:rsid w:val="00234D77"/>
     <w:rsid w:val="00244EC9"/>
     <w:rsid w:val="002476AF"/>
     <w:rsid w:val="00250A73"/>
     <w:rsid w:val="00253844"/>
     <w:rsid w:val="00256FA0"/>
     <w:rsid w:val="00262336"/>
     <w:rsid w:val="00265CAE"/>
     <w:rsid w:val="00271BB1"/>
     <w:rsid w:val="00274CA9"/>
     <w:rsid w:val="002753D4"/>
     <w:rsid w:val="0027613D"/>
     <w:rsid w:val="00277687"/>
     <w:rsid w:val="00281F88"/>
     <w:rsid w:val="00283DE6"/>
     <w:rsid w:val="0028768F"/>
     <w:rsid w:val="00287B3A"/>
     <w:rsid w:val="00287F85"/>
     <w:rsid w:val="00292BAF"/>
     <w:rsid w:val="002A54F3"/>
     <w:rsid w:val="002A63EC"/>
     <w:rsid w:val="002B3F60"/>
     <w:rsid w:val="002B474C"/>
     <w:rsid w:val="002B713C"/>
     <w:rsid w:val="002C57C3"/>
     <w:rsid w:val="002C58D9"/>
@@ -26454,50 +26484,51 @@
     <w:rsid w:val="009574D4"/>
     <w:rsid w:val="00961600"/>
     <w:rsid w:val="009741E5"/>
     <w:rsid w:val="00975440"/>
     <w:rsid w:val="00977FD7"/>
     <w:rsid w:val="009816F6"/>
     <w:rsid w:val="0098247C"/>
     <w:rsid w:val="00985F81"/>
     <w:rsid w:val="00986158"/>
     <w:rsid w:val="00986641"/>
     <w:rsid w:val="00986F05"/>
     <w:rsid w:val="009870B8"/>
     <w:rsid w:val="00987218"/>
     <w:rsid w:val="0098783E"/>
     <w:rsid w:val="009918D2"/>
     <w:rsid w:val="00994D53"/>
     <w:rsid w:val="00996112"/>
     <w:rsid w:val="009A110C"/>
     <w:rsid w:val="009A26C9"/>
     <w:rsid w:val="009A37BD"/>
     <w:rsid w:val="009A4273"/>
     <w:rsid w:val="009A44B4"/>
     <w:rsid w:val="009A781A"/>
     <w:rsid w:val="009A7AEF"/>
     <w:rsid w:val="009B1F05"/>
+    <w:rsid w:val="009B5565"/>
     <w:rsid w:val="009C1A6E"/>
     <w:rsid w:val="009C2F61"/>
     <w:rsid w:val="009C5A7E"/>
     <w:rsid w:val="009D20B4"/>
     <w:rsid w:val="009D37FE"/>
     <w:rsid w:val="009D7A5B"/>
     <w:rsid w:val="009D7BE6"/>
     <w:rsid w:val="009D7D46"/>
     <w:rsid w:val="009E0AF7"/>
     <w:rsid w:val="009E107B"/>
     <w:rsid w:val="009E1AED"/>
     <w:rsid w:val="009E3BF0"/>
     <w:rsid w:val="009E68B7"/>
     <w:rsid w:val="009F19BF"/>
     <w:rsid w:val="009F4A5D"/>
     <w:rsid w:val="009F5557"/>
     <w:rsid w:val="009F7CBA"/>
     <w:rsid w:val="00A014DA"/>
     <w:rsid w:val="00A0301C"/>
     <w:rsid w:val="00A04D79"/>
     <w:rsid w:val="00A14B8D"/>
     <w:rsid w:val="00A1747E"/>
     <w:rsid w:val="00A200A7"/>
     <w:rsid w:val="00A2059D"/>
     <w:rsid w:val="00A240E4"/>
@@ -27193,494 +27224,494 @@
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00765ABB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Ttol1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006324E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:line="520" w:lineRule="exact"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Ttol2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo2Car"/>
+    <w:link w:val="Ttol2Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006324E9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="480" w:beforeAutospacing="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Ttol3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo3Car"/>
+    <w:link w:val="Ttol3Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00807666"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="320" w:lineRule="exact"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Ttol4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo4Car"/>
+    <w:link w:val="Ttol4Car"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009409C1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="Lletraperdefectedelpargraf">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="Taulanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sensellista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="Textindependent">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextoindependienteCar"/>
+    <w:link w:val="TextindependentCar"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Capalera">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Peu">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="PiedepginaCar"/>
+    <w:link w:val="PeuCar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodepgina">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+  <w:style w:type="paragraph" w:styleId="Textdeglobus">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextodegloboCar"/>
+    <w:link w:val="TextdeglobusCar"/>
     <w:rsid w:val="006C0834"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
-[...1 lines deleted...]
-    <w:link w:val="Textodeglobo"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextdeglobusCar">
+    <w:name w:val="Text de globus Car"/>
+    <w:link w:val="Textdeglobus"/>
     <w:rsid w:val="006C0834"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
-[...1 lines deleted...]
-    <w:link w:val="Textoindependiente"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextindependentCar">
+    <w:name w:val="Text independent Car"/>
+    <w:link w:val="Textindependent"/>
     <w:rsid w:val="00987218"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="22"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="Taulaambquadrcula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="Taulanormal"/>
     <w:rsid w:val="00CD2EB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdecomentario">
+  <w:style w:type="character" w:styleId="Refernciadecomentari">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textocomentario">
+  <w:style w:type="paragraph" w:styleId="Textdecomentari">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextocomentarioCar"/>
+    <w:link w:val="TextdecomentariCar"/>
     <w:rsid w:val="00A90E62"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
-[...2 lines deleted...]
-    <w:link w:val="Textocomentario"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextdecomentariCar">
+    <w:name w:val="Text de comentari Car"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:link w:val="Textdecomentari"/>
     <w:rsid w:val="00A90E62"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+  <w:style w:type="paragraph" w:styleId="Temadelcomentari">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Textocomentario"/>
-[...1 lines deleted...]
-    <w:link w:val="AsuntodelcomentarioCar"/>
+    <w:basedOn w:val="Textdecomentari"/>
+    <w:next w:val="Textdecomentari"/>
+    <w:link w:val="TemadelcomentariCar"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
-[...1 lines deleted...]
-    <w:link w:val="Asuntodelcomentario"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TemadelcomentariCar">
+    <w:name w:val="Tema del comentari Car"/>
+    <w:link w:val="Temadelcomentari"/>
     <w:rsid w:val="00A90E62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textonotapie">
+  <w:style w:type="paragraph" w:styleId="Textdenotaapeudepgina">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextonotapieCar"/>
+    <w:link w:val="TextdenotaapeudepginaCar"/>
     <w:rsid w:val="0038054D"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
-[...1 lines deleted...]
-    <w:link w:val="Textonotapie"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextdenotaapeudepginaCar">
+    <w:name w:val="Text de nota a peu de pàgina Car"/>
+    <w:link w:val="Textdenotaapeudepgina"/>
     <w:rsid w:val="0038054D"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdenotaalpie">
+  <w:style w:type="character" w:styleId="Refernciadenotaapeudepgina">
     <w:name w:val="footnote reference"/>
     <w:rsid w:val="0038054D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttol3-nou">
     <w:name w:val="Títol 3 - nou"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="Textindependent"/>
     <w:link w:val="Ttol3-nouCar"/>
     <w:qFormat/>
     <w:rsid w:val="009A7AEF"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Estil1">
     <w:name w:val="Estil1"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="Taulanormal"/>
     <w:rsid w:val="009A4273"/>
     <w:tblPr/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttol3-nouCar">
     <w:name w:val="Títol 3 - nou Car"/>
     <w:link w:val="Ttol3-nou"/>
     <w:rsid w:val="009A7AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:color w:val="004D73"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipervnculo">
+  <w:style w:type="character" w:styleId="Enlla">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="009A4273"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
     <w:name w:val="Mención sin resolver1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A4273"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
-[...1 lines deleted...]
-    <w:link w:val="Ttulo2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol2Car">
+    <w:name w:val="Títol 2 Car"/>
+    <w:link w:val="Ttol2"/>
     <w:rsid w:val="006324E9"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="004D73"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
-[...1 lines deleted...]
-    <w:link w:val="Piedepgina"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PeuCar">
+    <w:name w:val="Peu Car"/>
+    <w:link w:val="Peu"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F63FFF"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revisin">
+  <w:style w:type="paragraph" w:styleId="Revisi">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE1526"/>
     <w:rPr>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C3105B"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00C3105B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00C3105B"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="Pargrafdellista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002C5EAA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="0058363D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mencionar1">
     <w:name w:val="Mencionar1"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F27E49"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol3Car">
+    <w:name w:val="Títol 3 Car"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:link w:val="Ttol3"/>
     <w:rsid w:val="00807666"/>
     <w:rPr>
       <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
       <w:color w:val="004D73"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instruccions">
     <w:name w:val="Instruccions"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00535CD7"/>
     <w:pPr>
       <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
-[...2 lines deleted...]
-    <w:link w:val="Ttulo4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttol4Car">
+    <w:name w:val="Títol 4 Car"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:link w:val="Ttol4"/>
     <w:rsid w:val="009409C1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:color w:val="004D73"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+  <w:style w:type="character" w:styleId="Enllavisitat">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00B30E0B"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aqu.cat/doc/Professorat/Agregat-Catedratic/Model-de-certificat-dedicacio-docent" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aqu.cat/doc/Professorat/Protocol-d-actuacio-en-casos-de-frau-CA" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aqu.cat/Acreditacio-de-professorat-beta/Acreditacio-professorat-agregat/Presentacio-de-sol-licituds" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -28001,73 +28032,77 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
+    <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
+    <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Castellà [ES]</Idioma>
+    <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
+    <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d325c87d51e08f29e6a1bb726ff53b53" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="e68f0f87fe40eb8f00a6083e5bd0f910">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0179583613ae4501fada8583dd36dd7d" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -28321,131 +28356,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4F1D3A6-17B7-46BD-A034-66BC4FBB56F2}"/>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>5685</Words>
-  <Characters>32408</Characters>
+  <Words>6045</Words>
+  <Characters>32284</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>270</Lines>
-  <Paragraphs>76</Paragraphs>
+  <Lines>978</Lines>
+  <Paragraphs>539</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Títol</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Currículum vitae professorat lector AQU</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Agéncia per a la Qualitat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38017</CharactersWithSpaces>
+  <CharactersWithSpaces>37790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Currículum vitae professorat lector AQU</dc:title>
   <dc:creator>Josep Manel Torres</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentType">
     <vt:lpwstr>Document</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96</vt:lpwstr>