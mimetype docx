--- v3 (2026-01-13)
+++ v4 (2026-02-02)
@@ -89,172 +89,216 @@
                       <a:ext cx="1676400" cy="1143000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00460571" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>CURRÍCULUM VITAE AQU CATALUNYA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013524E9" w14:textId="77777777" w:rsidR="00CB52E0" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
+    <w:p w14:paraId="013524E9" w14:textId="77777777" w:rsidR="00CB52E0" w:rsidRPr="008F65E8" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC7C13">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F65E8">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Acreditación de profesorado agregado</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED5B39E" w14:textId="77777777" w:rsidR="00CB52E0" w:rsidRPr="00465194" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
+    <w:p w14:paraId="6ED5B39E" w14:textId="77777777" w:rsidR="00CB52E0" w:rsidRPr="008F65E8" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC7C13">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F65E8">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Acreditación de catedrático o catedrática</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2683BEC5" w14:textId="12E5BE6A" w:rsidR="00465194" w:rsidRPr="001F1748" w:rsidRDefault="00465194" w:rsidP="00B97AB0">
+    <w:p w14:paraId="2683BEC5" w14:textId="71834DF2" w:rsidR="00465194" w:rsidRPr="008F65E8" w:rsidRDefault="00465194" w:rsidP="486F696A">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F65E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Evaluación de la actividad investigadora (</w:t>
+      </w:r>
+      <w:r w:rsidR="29231A02" w:rsidRPr="008F65E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>sexenios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F65E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6712F966" w14:textId="35A8ED2B" w:rsidR="00DF5467" w:rsidRPr="008F65E8" w:rsidRDefault="001F1748" w:rsidP="0051442A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1416" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F65E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="40"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para la </w:t>
+      </w:r>
+      <w:r w:rsidR="008F65E8" w:rsidRPr="008F65E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+        <w:t>evaluación de la actividad investigadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F65E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para la solicitud de AAI consigne todos los méritos sin aplicar los límites máximos establecidos en las convocatorias de acreditaciones. No </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+        <w:t xml:space="preserve"> consigne todos los méritos sin aplicar los límites máximos establecidos en las convocatorias de acreditaciones. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C4AD6C" w14:textId="736E3C7A" w:rsidR="001F1748" w:rsidRPr="008F65E8" w:rsidRDefault="001F1748" w:rsidP="0051442A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1416" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>cumplimente</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F65E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="18"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la dimensión docente y no adjunte ningún documento justificativo mencionado en el CV.</w:t>
+        <w:t>No cumplimente la dimensión docente y no adjunte ningún documento justificativo mencionado en el CV.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17589E5A" w14:textId="77777777" w:rsidR="009A4273" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="007C78DE">
       <w:pPr>
         <w:spacing w:before="1560" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk114743512"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre y apellidos: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -2833,51 +2877,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Researcher ID: </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Researcher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ID: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -8116,51 +8178,103 @@
             <w:tcW w:w="3536" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1363EDF2" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00640E03">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Fecha de defensa de la tesis (dd/mm/aaaa):</w:t>
+              <w:t>Fecha de defensa de la tesis (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>dd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>aaaa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -8257,51 +8371,103 @@
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BAC1B1A" w14:textId="77777777" w:rsidR="007932B1" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5">
             <w:pPr>
               <w:pStyle w:val="Textindependent"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Fecha de expedición del título (dd/mm/aaaa):</w:t>
+              <w:t>Fecha de expedición del título (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>dd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>aaaa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC7C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="004D73"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7C13">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="004D73"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -10039,57 +10205,75 @@
       <w:bookmarkStart w:id="25" w:name="_Hlk189671177"/>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Identificación. </w:t>
       </w:r>
       <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>De acuerdo con las características de cada aportación, consigne los siguientes datos: autores o autoras por orden de firma (</w:t>
       </w:r>
       <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>marque su nombre con un asterisco delante cuando sea autor o autora por correspondencia —</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>corresponding author</w:t>
-      </w:r>
+        <w:t>corresponding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
       <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10118,72 +10302,142 @@
       </w:r>
       <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>review</w:t>
       </w:r>
       <w:r w:rsidR="00D86445" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, L libro, C capítulo de libro, etc.</w:t>
       </w:r>
       <w:r w:rsidR="00BD5227" w:rsidRPr="7432149C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>), revista o editorial (título, volumen, página inicial-final), ISSN o ISBN, DOI e hiperenlace navegable a la publicación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5A3C4B" w14:textId="77777777" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
+    <w:p w14:paraId="2B5A3C4B" w14:textId="549527D3" w:rsidR="00535CD7" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="000C4AE9">
       <w:pPr>
         <w:spacing w:before="240" w:beforeAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicios de calidad. </w:t>
       </w:r>
       <w:r w:rsidR="00612558" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Debe consignar los indicios de relevancia e impacto de cada una de las aportaciones. Si la aportación científica está indexada, incluya los indicadores bibliométricos de su calidad (</w:t>
+        <w:t>Debe consignar los indicios de relevancia e impacto de cada una de las aportaciones. Si la aportación científica está indexada, incluya los indicadores bibliométricos de su calidad</w:t>
+      </w:r>
+      <w:r w:rsidR="0051442A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00612558" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0051442A" w:rsidRPr="0051442A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">También </w:t>
+      </w:r>
+      <w:r w:rsidR="0051442A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">puede incluir las </w:t>
+      </w:r>
+      <w:r w:rsidR="0051442A" w:rsidRPr="0051442A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>cita</w:t>
+      </w:r>
+      <w:r w:rsidR="0051442A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0051442A" w:rsidRPr="0051442A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recibidas, descargas, presencia en repositorios institucionales, </w:t>
+      </w:r>
+      <w:r w:rsidR="0051442A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Open Access</w:t>
+      </w:r>
+      <w:r w:rsidR="0051442A" w:rsidRPr="0051442A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, etc. </w:t>
+      </w:r>
+      <w:r w:rsidR="00612558" w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00612558" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>máximo 300 caracteres</w:t>
       </w:r>
       <w:r w:rsidR="00612558" w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -13523,51 +13777,65 @@
         <w:lastRenderedPageBreak/>
         <w:t>A.1.2 Proyectos competitivos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="258D1D17" w14:textId="77777777" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="002F233B">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las aportaciones deben incluir: título del proyecto, entidad financiadora, referencia de la concesión, importe concedido, duración (desde – hasta), nombre del investigador o investigadora principal y número de investigadores o investigadoras del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A1B341" w14:textId="198D86F9" w:rsidR="00904747" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00033310">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Para catedrático o catedrática</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Para cada proyecto en el que haya sido investigador o investigadora principal (IP) o coinvestigador o coinvestigadora principal (co-IP), es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
+        <w:t>: Para cada proyecto en el que haya sido investigador o investigadora principal (IP) o coinvestigador o coinvestigadora principal (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>co</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-IP), es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
       </w:r>
       <w:bookmarkStart w:id="27" w:name="_Hlk194927962"/>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el importe concedido</w:t>
       </w:r>
       <w:r w:rsidR="000B11EA" w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> la duración del proyecto</w:t>
       </w:r>
       <w:r w:rsidR="000208FB" w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, el nombre del investigador o investigadora principal y el número de investigadores o investigadoras del grupo.</w:t>
@@ -19123,51 +19391,79 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABC5501" w14:textId="77777777" w:rsidR="00C645A9" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>C.1 Dirección de tesis doctorales finalizadas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5616005F" w14:textId="77777777" w:rsidR="008A11CC" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Las aportaciones deben incluir: nombre de los directores o directoras, título del trabajo, fecha de lectura (dd/mm/aaaa), nombre del doctorando o doctoranda, cualificación obtenida e institución. </w:t>
+        <w:t>Las aportaciones deben incluir: nombre de los directores o directoras, título del trabajo, fecha de lectura (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), nombre del doctorando o doctoranda, cualificación obtenida e institución. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="251923C4" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00CD258C">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Es necesario </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD258C">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>aportar</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> un certificado emitido por el vicerrectorado correspondiente en el que consten el título y la fecha de lectura de la tesis, el nombre del doctorando o doctoranda, el nombre de los directores o directoras y la cualificación obtenida. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="507DD538" w14:textId="77777777" w:rsidR="00381739" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00CD258C">
@@ -19338,51 +19634,79 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B3B2B0" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fecha de lectura (dd/mm/aaaa): </w:t>
+        <w:t>Fecha de lectura (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -19757,51 +20081,79 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D59044" w14:textId="77777777" w:rsidR="00B62D64" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B62D64">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fecha de lectura (dd/mm/aaaa): </w:t>
+        <w:t>Fecha de lectura (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>aaaa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
@@ -20182,51 +20534,65 @@
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>5ª aportación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56358437" w14:textId="77777777" w:rsidR="00416C2B" w:rsidRPr="00AC7C13" w:rsidRDefault="00416C2B" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="5E1E21B2" w14:textId="77777777" w:rsidR="00F56E3F" w:rsidRPr="00AC7C13" w:rsidRDefault="00F56E3F" w:rsidP="00B97AB0"/>
     <w:p w14:paraId="44FFA333" w14:textId="77777777" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00B97AB0">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E24A6D5" w14:textId="77777777" w:rsidR="005B7263" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FE0D01">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>C.3 Reconocimientos y responsabilidad en organizaciones científicas y comités científicos y técnicos</w:t>
+        <w:t xml:space="preserve">C.3 Reconocimientos y responsabilidad en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>organizaciones científicas y comités científicos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y técnicos</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F2101E8" w14:textId="77777777" w:rsidR="00FE0D01" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00FE0D01">
       <w:pPr>
         <w:pStyle w:val="Instruccions"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Puede incluir </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -20485,59 +20851,115 @@
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6951C638" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00AB179F">
       <w:pPr>
         <w:pStyle w:val="Ttol3"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nota previa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012E3301" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00986158">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Las personas que solicitan la acreditación para catedrático o catedrática tienen reconocida la suficiencia en el bloque correspondiente a los méritos de investigación y transferencia e intercambio de conocimiento si disponen de financiación de los programas del ERC Consolidator Grant, Advanced Grant o Synergy Grant, o en otras convocatorias de investigación competitivas individuales internacionales de prestigio.</w:t>
+        <w:t xml:space="preserve">Las personas que solicitan la acreditación para catedrático o catedrática tienen reconocida la suficiencia en el bloque correspondiente a los méritos de investigación y transferencia e intercambio de conocimiento si disponen de financiación de los programas del ERC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Consolidator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grant, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Advanced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grant o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Synergy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grant, o en otras convocatorias de investigación competitivas individuales internacionales de prestigio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64676CFA" w14:textId="77777777" w:rsidR="00461773" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>En el caso de la acreditación para profesorado agregado, además de las anteriores, también tienen la suficiencia en este bloque las personas que han superado procesos de evaluación de investigación estatales con un grado equivalente de exigencia, como, por ejemplo, el Programa de Incentivación de la Incorporación e Intensificación de la Actividad Investigadora (I3), las que han obtenido el Certificado como personas investigadoras establecidas (R3) y aquellas con financiación del programa Starting Grant del ERC.</w:t>
+        <w:t xml:space="preserve">En el caso de la acreditación para profesorado agregado, además de las anteriores, también tienen la suficiencia en este bloque las personas que han superado procesos de evaluación de investigación estatales con un grado equivalente de exigencia, como, por ejemplo, el Programa de Incentivación de la Incorporación e Intensificación de la Actividad Investigadora (I3), las que han obtenido el Certificado como personas investigadoras establecidas (R3) y aquellas con financiación del programa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Starting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grant del ERC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECC94D3" w14:textId="77777777" w:rsidR="00461773" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En estos casos no es necesario que rellene esta sección y solo es necesario adjuntar la documentación que acredite la distinción de investigación correspondiente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B41BA3B" w14:textId="372CBB40" w:rsidR="009234A7" w:rsidRPr="009234A7" w:rsidRDefault="009234A7" w:rsidP="00F051D1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009234A7">
@@ -20728,67 +21150,109 @@
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo con las características de cada aportación, consigne los siguientes datos: autores o autoras por orden de firma </w:t>
       </w:r>
       <w:r w:rsidRPr="001E2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>marque su nombre con un asterisco delante cuando sea autor o autora por correspondencia —</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC7C13">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>corresponding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>—; por ejemplo: «Smith GH, Jonas TK, Mateo A, (*) Llorens FX»)</w:t>
+        <w:t xml:space="preserve">—; por ejemplo: «Smith GH, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2ED5">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Jonas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E2ED5">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TK, Mateo A, (*) Llorens FX»)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, el título, el año de publicación, la clave </w:t>
       </w:r>
       <w:r w:rsidR="00D86445" w:rsidRPr="00D86445">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(A artículo, R review, L libro, C capítulo de libro, etc.),</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> la revista o editorial (título, volumen, página inicial-final), ISSN o ISBN, DOI o hiperenlace navegable a la publicación. </w:t>
       </w:r>
@@ -20921,51 +21385,65 @@
     <w:p w14:paraId="563E81B5" w14:textId="0A9A8055" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="007A6CAC">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Para catedrático o catedrática</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="001E2ED5" w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">ara aquellos proyectos en los que haya sido investigador/a principal (IP) o coinvestigador/a principal (co-IP), es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
+        <w:t>ara aquellos proyectos en los que haya sido investigador/a principal (IP) o coinvestigador/a principal (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>co</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-IP), es necesario aportar un certificado emitido por la universidad o centro de investigación en el que conste: el título del proyecto, la entidad financiadora, la referencia de la concesión, </w:t>
       </w:r>
       <w:r w:rsidR="007A6CAC" w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>el importe concedido, la duración del proyecto, el nombre del investigador o investigadora principal y el número de investigadores o investigadoras del grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3702E009" w14:textId="60F9C77E" w:rsidR="00B2650B" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Para profesor agregado</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="001E2ED5">
         <w:rPr>
@@ -21019,93 +21497,209 @@
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FB9A61E" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRPr="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00921B2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00921B2B">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>A.2 Transferencia de conocimiento y tecnología y actividad profesional </w:t>
+        <w:t xml:space="preserve">A.2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Transferencia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de conocimiento y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tecnología</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>actividad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>profesional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:hAnsi="Bahnschrift"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5026A96F" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00921B2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00921B2B">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A.2.1 Transferencia de conocimiento y </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00921B2B">
+        <w:t xml:space="preserve">A.2.1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00921B2B">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tecnolog</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D2C9E">
+        <w:t>Transferencia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00921B2B">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>í</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> de conocimiento y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00921B2B">
         <w:rPr>
           <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>tecnolog</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidR="00921B2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Bahnschrift" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Bahnschrift" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="763EEDAC" w14:textId="77777777" w:rsidR="008D2C9E" w:rsidRDefault="001127B5" w:rsidP="008D2C9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00921B2B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Patentes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6730E455" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="008D2C9E" w:rsidRDefault="008D2C9E" w:rsidP="008D2C9E">
@@ -21198,97 +21792,130 @@
         </w:rPr>
         <w:t xml:space="preserve">Se incluyen actividades que fomenten la divulgación y la cultura científica, la reflexión sobre el papel de la ciencia, la tecnología y la innovación en la sociedad actual —como publicaciones, conferencias, exposiciones, audiovisuales, colaboración con medios de comunicación, asesoramiento legislativo, ponencias de leyes y otras actividades con valor social, artístico y cultural—, y promuevan una ciencia e innovación abiertas e inclusivas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E83662" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Actividades encaminadas a compartir resultados de investigación, buenas prácticas o métodos de enseñanza, los talleres de formación con empresas y organizaciones, el desarrollo de capacidades —</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>capacity building</w:t>
-      </w:r>
+        <w:t>capacity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>building</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>— y los programas de innovación social y transformativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717B16F4" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Colaboración con organizaciones empresariales y sindicales, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>spin-offs</w:t>
-      </w:r>
+        <w:t>spin-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC7C13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>offs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y el asesoramiento científico a administraciones públicas y la participación en cátedras institucionales y de empresa, o similares, que constituyan una fórmula de colaboración con instituciones públicas y privadas y desarrollen este tipo de actividades. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A2C882D" w14:textId="77777777" w:rsidR="00A65DB3" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -22327,51 +22954,65 @@
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta dimensión solo se valora en el caso de las acreditaciones para catedrático o catedrática. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="181B2072" w14:textId="77777777" w:rsidR="00921B2B" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las personas que la soliciten deben demostrar la capacidad de dirección de equipos docentes y de investigación; la formación, la capacitación, la mentoría y la promoción de jóvenes docentes e investigadores, y la dirección y la gestión universitaria y científica. También pueden aportar evidencias de los reconocimientos y responsabilidades ejercidas en organizaciones científicas y comités científico-técnicos u otras actividades de liderazgo equivalentes. En todos los casos, se valora el grado de internacionalización, innovación y apertura a la sociedad de las contribuciones presentadas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639C3B93" w14:textId="3BC88ECD" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>En esta dimensión se valoran las siguientes subdimensiones:</w:t>
+        <w:t xml:space="preserve">En esta dimensión se valoran </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>las siguientes subdimensiones</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA66106" w14:textId="77777777" w:rsidR="006237CA" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00F051D1">
       <w:pPr>
         <w:pStyle w:val="Pargrafdellista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Dirección de tesis doctorales</w:t>
       </w:r>
@@ -22479,151 +23120,203 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>C.2 Liderazgo en el ámbito de la dirección y gestión universitaria y científica</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CDBB915" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se valoran las actividades que implican un liderazgo efectivo de equipos o grupos docentes y de investigación estables. Entre otros, se valora la dimensión y el reconocimiento de los equipos, las actividades llevadas a cabo y los resultados conseguidos para la disciplina o para la propia institución, la visión con la que se han cumplido las actividades, los retos que se han afrontado y la implementación de transformaciones y cambios. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34581E71" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>La capacidad de atracción de talento —científico y/o técnico— por parte de la persona solicitante mediante convocatorias competitivas se considera otro elemento de liderazgo —por ejemplo, convocatorias FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriz de Pinoso o Marie Skłodowska-Curie.</w:t>
+        <w:t xml:space="preserve">La capacidad de atracción de talento —científico y/o técnico— por parte de la persona solicitante mediante convocatorias competitivas se considera otro elemento de liderazgo —por ejemplo, convocatorias FPU, FPI, FI, Torres Quevedo, Juan de la Cierva, Beatriz de Pinoso o Marie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Skłodowska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>-Curie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3394974A" w14:textId="77777777" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">También se incluyen en este apartado las actividades de dirección y gestión de ámbitos académicos y científicos: coordinación de titulaciones oficiales, dirección de revistas o editoriales científicas, de presidencias de comisiones de agencias de evaluación, de cargos unipersonales en el entorno universitario, así como otras funciones que demuestren liderazgo institucional y en la transformación del sistema universitario y científico y de las misiones de la universidad. Estas actividades se valoran de acuerdo con la visión con la que se han llevado a cabo, los retos afrontados, las innovaciones y las mejoras introducidas en el ejercicio del cargo, así como los resultados obtenidos y el impacto alcanzado en el órgano dirigido, en el conjunto de la institución o, en su caso, en el ámbito local o social. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667CBB3C" w14:textId="77777777" w:rsidR="00DF2903" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Puede incluir hasta 5 aportaciones, teniendo en cuenta que puede agrupar varios ítems en una única aportación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A27E654" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Ejemplos</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. Roles editoriales en revistas científicas: Editora asociada de la revista </w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (JCR Q2) desde el año xxxx hasta la actualidad, revisora para la revista </w:t>
+        <w:t xml:space="preserve"> (JCR Q2) desde el año </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hasta la actualidad, revisora para la revista </w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (JCR Q1) en X ocasiones, y miembro del </w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>editorial board</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">editorial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:t>board</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la revista </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (JCR Q1) durante tantos años.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47BC162F" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00DA3CF3">
       <w:pPr>
         <w:pStyle w:val="Ttol2"/>
       </w:pPr>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>C.3 Reconocimientos y responsabilidad en organizaciones científicas y comités científicos y técnicos</w:t>
+        <w:t xml:space="preserve">C.3 Reconocimientos y responsabilidad en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>organizaciones científicas y comités científicos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="7432149C">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y técnicos</w:t>
       </w:r>
       <w:r w:rsidRPr="7432149C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15ABD19C" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Se evalúa la responsabilidad ejercida en los órganos de dirección de asociaciones u organizaciones científicas o en comités nacionales e internacionales. Concretamente, se consideran las innovaciones y mejoras introducidas en el desempeño de estas actividades, así como los resultados obtenidos y el impacto alcanzado en la propia organización, en la disciplina o ámbito de conocimiento a la que pertenece o, en su caso, en el conjunto de la sociedad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B94FA8D" w14:textId="77777777" w:rsidR="00AD4B43" w:rsidRPr="00AC7C13" w:rsidRDefault="001127B5" w:rsidP="00644A7D">
       <w:r w:rsidRPr="00AC7C13">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>También se consideran los reconocimientos o premios recibidos a la excelencia en actividades académicas, de investigación, de transferencia y de intercambio de conocimiento con la sociedad, en función del prestigio de la institución otorgante, de su carácter nacional o internacional y de su relevancia e impacto.</w:t>
       </w:r>
@@ -25826,51 +26519,52 @@
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1434665987">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="446702791">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="19286105">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1459370718">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="595679158">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1176726519">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C66F0"/>
@@ -25884,54 +26578,56 @@
     <w:rsid w:val="00033310"/>
     <w:rsid w:val="0003386B"/>
     <w:rsid w:val="00034781"/>
     <w:rsid w:val="00035392"/>
     <w:rsid w:val="0003598F"/>
     <w:rsid w:val="0003714B"/>
     <w:rsid w:val="000374D5"/>
     <w:rsid w:val="0003761D"/>
     <w:rsid w:val="00037DB3"/>
     <w:rsid w:val="00037DBA"/>
     <w:rsid w:val="000412FC"/>
     <w:rsid w:val="0004281A"/>
     <w:rsid w:val="00042C8C"/>
     <w:rsid w:val="00042F72"/>
     <w:rsid w:val="00045A30"/>
     <w:rsid w:val="0004760D"/>
     <w:rsid w:val="00050E2A"/>
     <w:rsid w:val="000520F1"/>
     <w:rsid w:val="00052695"/>
     <w:rsid w:val="0005424B"/>
     <w:rsid w:val="000551B2"/>
     <w:rsid w:val="000556DD"/>
     <w:rsid w:val="00063C1E"/>
     <w:rsid w:val="00063C59"/>
     <w:rsid w:val="0006432D"/>
+    <w:rsid w:val="00064B17"/>
     <w:rsid w:val="00064FC9"/>
     <w:rsid w:val="00070EE0"/>
     <w:rsid w:val="0007121D"/>
     <w:rsid w:val="0007247B"/>
+    <w:rsid w:val="000736B9"/>
     <w:rsid w:val="0007661C"/>
     <w:rsid w:val="0008002C"/>
     <w:rsid w:val="00080D8D"/>
     <w:rsid w:val="0008555C"/>
     <w:rsid w:val="0008747E"/>
     <w:rsid w:val="000926A1"/>
     <w:rsid w:val="000948A4"/>
     <w:rsid w:val="00097DBD"/>
     <w:rsid w:val="000A0383"/>
     <w:rsid w:val="000A244D"/>
     <w:rsid w:val="000A3CA1"/>
     <w:rsid w:val="000A4032"/>
     <w:rsid w:val="000A50DE"/>
     <w:rsid w:val="000B03F6"/>
     <w:rsid w:val="000B11EA"/>
     <w:rsid w:val="000B3CE5"/>
     <w:rsid w:val="000B5E52"/>
     <w:rsid w:val="000B62C1"/>
     <w:rsid w:val="000B7ECA"/>
     <w:rsid w:val="000C1F0F"/>
     <w:rsid w:val="000C241F"/>
     <w:rsid w:val="000C4138"/>
     <w:rsid w:val="000C4AE9"/>
     <w:rsid w:val="000C6114"/>
     <w:rsid w:val="000C766E"/>
@@ -26031,50 +26727,51 @@
     <w:rsid w:val="00253844"/>
     <w:rsid w:val="00256FA0"/>
     <w:rsid w:val="00262336"/>
     <w:rsid w:val="00265CAE"/>
     <w:rsid w:val="00271BB1"/>
     <w:rsid w:val="00274CA9"/>
     <w:rsid w:val="002753D4"/>
     <w:rsid w:val="0027613D"/>
     <w:rsid w:val="00277687"/>
     <w:rsid w:val="00281F88"/>
     <w:rsid w:val="00283DE6"/>
     <w:rsid w:val="0028768F"/>
     <w:rsid w:val="00287B3A"/>
     <w:rsid w:val="00287F85"/>
     <w:rsid w:val="00292BAF"/>
     <w:rsid w:val="002A54F3"/>
     <w:rsid w:val="002A63EC"/>
     <w:rsid w:val="002B3F60"/>
     <w:rsid w:val="002B474C"/>
     <w:rsid w:val="002B713C"/>
     <w:rsid w:val="002C57C3"/>
     <w:rsid w:val="002C58D9"/>
     <w:rsid w:val="002C5B4A"/>
     <w:rsid w:val="002C5EAA"/>
     <w:rsid w:val="002C65AB"/>
+    <w:rsid w:val="002D4AC7"/>
     <w:rsid w:val="002D6D58"/>
     <w:rsid w:val="002D7E50"/>
     <w:rsid w:val="002E4F88"/>
     <w:rsid w:val="002E7C25"/>
     <w:rsid w:val="002F233B"/>
     <w:rsid w:val="002F498B"/>
     <w:rsid w:val="002F501C"/>
     <w:rsid w:val="002F59F5"/>
     <w:rsid w:val="002F70A9"/>
     <w:rsid w:val="003036BC"/>
     <w:rsid w:val="003056C2"/>
     <w:rsid w:val="003101D7"/>
     <w:rsid w:val="003154EE"/>
     <w:rsid w:val="00316615"/>
     <w:rsid w:val="0032095B"/>
     <w:rsid w:val="003209C4"/>
     <w:rsid w:val="00322B25"/>
     <w:rsid w:val="003273FF"/>
     <w:rsid w:val="00327606"/>
     <w:rsid w:val="00331BBD"/>
     <w:rsid w:val="00332194"/>
     <w:rsid w:val="00333A49"/>
     <w:rsid w:val="00335416"/>
     <w:rsid w:val="00335BB9"/>
     <w:rsid w:val="00335E55"/>
@@ -26137,50 +26834,51 @@
     <w:rsid w:val="003F7050"/>
     <w:rsid w:val="00404C84"/>
     <w:rsid w:val="004052FC"/>
     <w:rsid w:val="00407D37"/>
     <w:rsid w:val="0041166E"/>
     <w:rsid w:val="004123D9"/>
     <w:rsid w:val="00414541"/>
     <w:rsid w:val="00416C2B"/>
     <w:rsid w:val="004173A8"/>
     <w:rsid w:val="00417D92"/>
     <w:rsid w:val="004212AB"/>
     <w:rsid w:val="004229A7"/>
     <w:rsid w:val="00422B32"/>
     <w:rsid w:val="004241DA"/>
     <w:rsid w:val="00425A4B"/>
     <w:rsid w:val="00431EF8"/>
     <w:rsid w:val="00431F09"/>
     <w:rsid w:val="00433844"/>
     <w:rsid w:val="00434F24"/>
     <w:rsid w:val="00443F19"/>
     <w:rsid w:val="00445D09"/>
     <w:rsid w:val="004524D5"/>
     <w:rsid w:val="004526E5"/>
     <w:rsid w:val="0045424C"/>
     <w:rsid w:val="00455535"/>
+    <w:rsid w:val="00457564"/>
     <w:rsid w:val="00460571"/>
     <w:rsid w:val="004607A5"/>
     <w:rsid w:val="00461773"/>
     <w:rsid w:val="00461E45"/>
     <w:rsid w:val="004625BB"/>
     <w:rsid w:val="004639DC"/>
     <w:rsid w:val="00465194"/>
     <w:rsid w:val="00466F7B"/>
     <w:rsid w:val="004676AC"/>
     <w:rsid w:val="00471108"/>
     <w:rsid w:val="00473E25"/>
     <w:rsid w:val="004760D1"/>
     <w:rsid w:val="00480168"/>
     <w:rsid w:val="004818BD"/>
     <w:rsid w:val="00481BFF"/>
     <w:rsid w:val="0048352E"/>
     <w:rsid w:val="0048354E"/>
     <w:rsid w:val="00486712"/>
     <w:rsid w:val="00487CAD"/>
     <w:rsid w:val="0049179C"/>
     <w:rsid w:val="004919EC"/>
     <w:rsid w:val="00492C4E"/>
     <w:rsid w:val="00497B59"/>
     <w:rsid w:val="004A2FAD"/>
     <w:rsid w:val="004A7FD2"/>
@@ -26190,50 +26888,51 @@
     <w:rsid w:val="004B5587"/>
     <w:rsid w:val="004B7175"/>
     <w:rsid w:val="004B7F9C"/>
     <w:rsid w:val="004C3CA1"/>
     <w:rsid w:val="004C5CD7"/>
     <w:rsid w:val="004C6CA4"/>
     <w:rsid w:val="004D11BF"/>
     <w:rsid w:val="004D325F"/>
     <w:rsid w:val="004D5BD9"/>
     <w:rsid w:val="004E4013"/>
     <w:rsid w:val="004E4CF1"/>
     <w:rsid w:val="004F1494"/>
     <w:rsid w:val="004F17B0"/>
     <w:rsid w:val="004F3426"/>
     <w:rsid w:val="005017BA"/>
     <w:rsid w:val="00502787"/>
     <w:rsid w:val="005028F6"/>
     <w:rsid w:val="00506523"/>
     <w:rsid w:val="00506CB1"/>
     <w:rsid w:val="00507AC4"/>
     <w:rsid w:val="0051006E"/>
     <w:rsid w:val="00510143"/>
     <w:rsid w:val="00510DEF"/>
     <w:rsid w:val="00511010"/>
     <w:rsid w:val="005140EE"/>
+    <w:rsid w:val="0051442A"/>
     <w:rsid w:val="00516105"/>
     <w:rsid w:val="0052255B"/>
     <w:rsid w:val="005257EC"/>
     <w:rsid w:val="0053019D"/>
     <w:rsid w:val="005314E6"/>
     <w:rsid w:val="0053516E"/>
     <w:rsid w:val="00535527"/>
     <w:rsid w:val="00535CD7"/>
     <w:rsid w:val="00537761"/>
     <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005508D1"/>
     <w:rsid w:val="0055100D"/>
     <w:rsid w:val="00554627"/>
     <w:rsid w:val="00555CFF"/>
     <w:rsid w:val="0055762B"/>
     <w:rsid w:val="00562350"/>
     <w:rsid w:val="00563534"/>
     <w:rsid w:val="005645DC"/>
     <w:rsid w:val="00566635"/>
     <w:rsid w:val="005700B6"/>
     <w:rsid w:val="0057080F"/>
     <w:rsid w:val="0057132B"/>
     <w:rsid w:val="00571CB8"/>
     <w:rsid w:val="0058363D"/>
     <w:rsid w:val="005905E3"/>
@@ -26426,50 +27125,51 @@
     <w:rsid w:val="00886397"/>
     <w:rsid w:val="0089019F"/>
     <w:rsid w:val="008924FE"/>
     <w:rsid w:val="00894980"/>
     <w:rsid w:val="00895800"/>
     <w:rsid w:val="00896321"/>
     <w:rsid w:val="008A11CC"/>
     <w:rsid w:val="008A45D4"/>
     <w:rsid w:val="008B293E"/>
     <w:rsid w:val="008B42B5"/>
     <w:rsid w:val="008B7C48"/>
     <w:rsid w:val="008C0334"/>
     <w:rsid w:val="008C2DC4"/>
     <w:rsid w:val="008C461B"/>
     <w:rsid w:val="008C4814"/>
     <w:rsid w:val="008C66F0"/>
     <w:rsid w:val="008C6DAA"/>
     <w:rsid w:val="008C71B7"/>
     <w:rsid w:val="008D2C9E"/>
     <w:rsid w:val="008D5069"/>
     <w:rsid w:val="008E1388"/>
     <w:rsid w:val="008E379D"/>
     <w:rsid w:val="008E72F6"/>
     <w:rsid w:val="008E7670"/>
     <w:rsid w:val="008F5920"/>
+    <w:rsid w:val="008F65E8"/>
     <w:rsid w:val="008F758E"/>
     <w:rsid w:val="008F7D88"/>
     <w:rsid w:val="00901927"/>
     <w:rsid w:val="0090350F"/>
     <w:rsid w:val="00904747"/>
     <w:rsid w:val="00904A41"/>
     <w:rsid w:val="0090590B"/>
     <w:rsid w:val="00910434"/>
     <w:rsid w:val="0091078D"/>
     <w:rsid w:val="0091369E"/>
     <w:rsid w:val="00916EFF"/>
     <w:rsid w:val="00917F8C"/>
     <w:rsid w:val="0092028A"/>
     <w:rsid w:val="00921B2B"/>
     <w:rsid w:val="009234A7"/>
     <w:rsid w:val="00926A49"/>
     <w:rsid w:val="00930A6F"/>
     <w:rsid w:val="00937BB4"/>
     <w:rsid w:val="009407C4"/>
     <w:rsid w:val="009409C1"/>
     <w:rsid w:val="009417BE"/>
     <w:rsid w:val="009426E2"/>
     <w:rsid w:val="00942847"/>
     <w:rsid w:val="00942D2C"/>
     <w:rsid w:val="00943C47"/>
@@ -26751,50 +27451,51 @@
     <w:rsid w:val="00D74FFB"/>
     <w:rsid w:val="00D76FD5"/>
     <w:rsid w:val="00D77050"/>
     <w:rsid w:val="00D80630"/>
     <w:rsid w:val="00D82293"/>
     <w:rsid w:val="00D82E3B"/>
     <w:rsid w:val="00D84C7C"/>
     <w:rsid w:val="00D86445"/>
     <w:rsid w:val="00D9349F"/>
     <w:rsid w:val="00DA3CF3"/>
     <w:rsid w:val="00DA4F58"/>
     <w:rsid w:val="00DA7626"/>
     <w:rsid w:val="00DB536A"/>
     <w:rsid w:val="00DB714E"/>
     <w:rsid w:val="00DB7A3A"/>
     <w:rsid w:val="00DC0A16"/>
     <w:rsid w:val="00DC0CB5"/>
     <w:rsid w:val="00DC0CF8"/>
     <w:rsid w:val="00DC40C5"/>
     <w:rsid w:val="00DC41A5"/>
     <w:rsid w:val="00DE4BE3"/>
     <w:rsid w:val="00DE545B"/>
     <w:rsid w:val="00DE6772"/>
     <w:rsid w:val="00DF2903"/>
     <w:rsid w:val="00DF42E0"/>
+    <w:rsid w:val="00DF5467"/>
     <w:rsid w:val="00DF5617"/>
     <w:rsid w:val="00DF5C0F"/>
     <w:rsid w:val="00E00872"/>
     <w:rsid w:val="00E0094A"/>
     <w:rsid w:val="00E03F60"/>
     <w:rsid w:val="00E055D9"/>
     <w:rsid w:val="00E05EDD"/>
     <w:rsid w:val="00E06820"/>
     <w:rsid w:val="00E137CE"/>
     <w:rsid w:val="00E13C3F"/>
     <w:rsid w:val="00E13D08"/>
     <w:rsid w:val="00E13FDD"/>
     <w:rsid w:val="00E144E5"/>
     <w:rsid w:val="00E15214"/>
     <w:rsid w:val="00E1529B"/>
     <w:rsid w:val="00E21149"/>
     <w:rsid w:val="00E254C1"/>
     <w:rsid w:val="00E276BF"/>
     <w:rsid w:val="00E27B2C"/>
     <w:rsid w:val="00E31CE9"/>
     <w:rsid w:val="00E34C36"/>
     <w:rsid w:val="00E34EFE"/>
     <w:rsid w:val="00E370C3"/>
     <w:rsid w:val="00E37526"/>
     <w:rsid w:val="00E405DA"/>
@@ -26882,53 +27583,55 @@
     <w:rsid w:val="00FA6AD9"/>
     <w:rsid w:val="00FB0AD8"/>
     <w:rsid w:val="00FB0BC7"/>
     <w:rsid w:val="00FB3712"/>
     <w:rsid w:val="00FB70C2"/>
     <w:rsid w:val="00FB71A6"/>
     <w:rsid w:val="00FC0798"/>
     <w:rsid w:val="00FC258D"/>
     <w:rsid w:val="00FC4613"/>
     <w:rsid w:val="00FD10E9"/>
     <w:rsid w:val="00FD45FA"/>
     <w:rsid w:val="00FD5667"/>
     <w:rsid w:val="00FD7202"/>
     <w:rsid w:val="00FD7B87"/>
     <w:rsid w:val="00FE0D01"/>
     <w:rsid w:val="00FE1526"/>
     <w:rsid w:val="00FE1A98"/>
     <w:rsid w:val="00FE3F09"/>
     <w:rsid w:val="00FE4A82"/>
     <w:rsid w:val="05AAE008"/>
     <w:rsid w:val="0D24C83C"/>
     <w:rsid w:val="18439B2C"/>
     <w:rsid w:val="2071A05B"/>
     <w:rsid w:val="24D08FE6"/>
     <w:rsid w:val="286EC18B"/>
+    <w:rsid w:val="29231A02"/>
     <w:rsid w:val="2BBDD699"/>
     <w:rsid w:val="2E38B2A2"/>
     <w:rsid w:val="3292CA15"/>
+    <w:rsid w:val="486F696A"/>
     <w:rsid w:val="4EAFC215"/>
     <w:rsid w:val="4FE63318"/>
     <w:rsid w:val="57B8AD5A"/>
     <w:rsid w:val="60CD4CA0"/>
     <w:rsid w:val="64989F6F"/>
     <w:rsid w:val="7432149C"/>
     <w:rsid w:val="7BBFBEA2"/>
     <w:rsid w:val="7F7AB887"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -28036,68 +28739,55 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96" ma:contentTypeVersion="32" ma:contentTypeDescription="Crea un document corporatiu nou" ma:contentTypeScope="" ma:versionID="e68f0f87fe40eb8f00a6083e5bd0f910">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08c32847-224d-4c2e-b560-b2aed9b78946" xmlns:ns3="df6ce4cc-94bb-461c-8ac0-d1ca47839770" xmlns:ns4="95491ab0-e1eb-4b03-b3f9-51ca320b02d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0179583613ae4501fada8583dd36dd7d" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08c32847-224d-4c2e-b560-b2aed9b78946"/>
     <xsd:import namespace="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
     <xsd:import namespace="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Descripció" minOccurs="0"/>
                 <xsd:element ref="ns3:Tipologia"/>
                 <xsd:element ref="ns3:Destacat" minOccurs="0"/>
                 <xsd:element ref="ns3:Idioma"/>
                 <xsd:element ref="ns3:Estat"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
@@ -28357,141 +29047,155 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Estat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Definitiu</Estat>
+    <Tipologia xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">CV</Tipologia>
+    <Idioma xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">Castellà [ES]</Idioma>
+    <Descripció xmlns="08c32847-224d-4c2e-b560-b2aed9b78946" xsi:nil="true"/>
+    <Destacat xmlns="df6ce4cc-94bb-461c-8ac0-d1ca47839770">No</Destacat>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F599D6BE-B759-4AAA-9949-A1E28989CBE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
-[...20 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8842E6A-1FF3-4C56-AF9D-CA00DC4371D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4F1D3A6-17B7-46BD-A034-66BC4FBB56F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19AE36DD-4534-4C1F-BC70-93F34A2D554E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="95491ab0-e1eb-4b03-b3f9-51ca320b02d6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="08c32847-224d-4c2e-b560-b2aed9b78946"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="df6ce4cc-94bb-461c-8ac0-d1ca47839770"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC3B65F-632A-4A58-B83B-B80E8FD3C94B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BECDDB-3130-45AD-B16B-C6EC51E14191}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>6045</Words>
-  <Characters>32284</Characters>
+  <Words>5919</Words>
+  <Characters>32556</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>978</Lines>
-  <Paragraphs>539</Paragraphs>
+  <Lines>271</Lines>
+  <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Agéncia per a la Qualitat</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37790</CharactersWithSpaces>
+  <CharactersWithSpaces>38399</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Currículum vitae professorat lector AQU</dc:title>
   <dc:creator>Josep Manel Torres</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentType">
     <vt:lpwstr>Document</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100B94F2A669F8F5A4585A5DE2BC2DB3F96</vt:lpwstr>