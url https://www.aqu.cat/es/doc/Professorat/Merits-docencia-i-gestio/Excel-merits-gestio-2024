--- v0 (2025-10-09)
+++ v1 (2026-01-08)
@@ -6,60 +6,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\46348420Q\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\46348420q\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D76E3E7E-B8D2-4D11-8F2F-99A2B3D4CBF2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2A75BF30-6D21-46C6-8CEE-D83752B34E6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="750" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-105" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Full1" sheetId="1" r:id="rId1"/>
     <sheet name="Full2" sheetId="2" r:id="rId2"/>
     <sheet name="Full3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="66">
   <si>
     <t xml:space="preserve">MODEL D'INFORME D'AVALUACIÓ I PROPOSTA  PER A L'ASSIGNACIÓ DE COMPLEMENTS ADDICIONALS PER MÈRITS DE GESTIÓ </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Puntuació definida pel DOGC</t>
   </si>
   <si>
     <t>Punts a distribuir en funció del nombre establert entre departament i universitat</t>
   </si>
   <si>
@@ -269,57 +269,57 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: a partir del 13.03.2003 - Llei 1/2003</t>
     </r>
   </si>
   <si>
     <r>
       <t>VALORACIÓ</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF004D73"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
  de les tasques de gestió en el període de referència</t>
     </r>
   </si>
   <si>
-    <t>Període: 1 de gener - 31 de desembre de 2024</t>
-[...5 lines deleted...]
-    <t>(3) Únicament punts que excedeixen les puntuacions obtingudes en períodes POST LUC i no reconeguts en trams ja atorgats i avaluats favorablement al 31 de desembre de 2023</t>
+    <t>Període: 1 de gener - 31 de desembre de 2025</t>
+  </si>
+  <si>
+    <t>(3) Únicament punts que excedeixen les puntuacions obtingudes en períodes POST LUC i no reconeguts en trams ja atorgats i avaluats favorablement al 31 de desembre de 2025</t>
+  </si>
+  <si>
+    <t>Període: fins al 31 de desembre de 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="24"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
@@ -1032,52 +1032,52 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B7:AL41"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A9" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="M30" sqref="M30"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A32" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H41" sqref="H41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" outlineLevelCol="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1796875" style="2" customWidth="1"/>
     <col min="2" max="2" width="16.26953125" style="2" customWidth="1"/>
     <col min="3" max="3" width="19.81640625" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="4" max="4" width="25.81640625" style="2" customWidth="1" collapsed="1"/>
     <col min="5" max="5" width="36.81640625" style="2" customWidth="1"/>
     <col min="6" max="6" width="17" style="2" customWidth="1"/>
     <col min="7" max="7" width="18.1796875" style="2" customWidth="1"/>
     <col min="8" max="9" width="14.36328125" style="2" customWidth="1"/>
     <col min="10" max="10" width="4.54296875" style="2" customWidth="1" outlineLevel="1"/>
     <col min="11" max="11" width="10.54296875" style="2" customWidth="1" outlineLevel="1"/>
     <col min="12" max="14" width="4.54296875" style="2" customWidth="1" outlineLevel="1"/>
     <col min="15" max="15" width="11.1796875" style="2" customWidth="1" outlineLevel="1"/>
     <col min="16" max="18" width="4.54296875" style="2" customWidth="1" outlineLevel="1"/>
     <col min="19" max="19" width="5.26953125" style="2" customWidth="1" outlineLevel="1"/>
     <col min="20" max="20" width="15.26953125" style="2" bestFit="1" customWidth="1" outlineLevel="1"/>
     <col min="21" max="21" width="4.54296875" style="2" customWidth="1"/>
     <col min="22" max="22" width="10" style="2" customWidth="1"/>
     <col min="23" max="25" width="4.54296875" style="2" customWidth="1"/>
     <col min="26" max="26" width="10.54296875" style="2" customWidth="1"/>
     <col min="27" max="29" width="4.54296875" style="2" customWidth="1"/>
     <col min="30" max="30" width="5.7265625" style="2" customWidth="1"/>
@@ -1097,51 +1097,51 @@
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
       <c r="Z7" s="3"/>
       <c r="AA7" s="3"/>
       <c r="AB7" s="3"/>
       <c r="AC7" s="3"/>
       <c r="AD7" s="3"/>
     </row>
     <row r="8" spans="2:38" s="4" customFormat="1" ht="22" x14ac:dyDescent="0.4">
       <c r="B8" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
       <c r="S8" s="3"/>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="3"/>
       <c r="X8" s="3"/>
       <c r="Y8" s="3"/>
       <c r="Z8" s="3"/>
       <c r="AA8" s="3"/>
       <c r="AB8" s="3"/>
       <c r="AC8" s="3"/>
@@ -1833,51 +1833,51 @@
       <c r="AC23" s="8"/>
       <c r="AD23" s="8"/>
       <c r="AE23" s="8"/>
       <c r="AF23" s="8"/>
       <c r="AG23" s="8"/>
       <c r="AH23" s="8"/>
       <c r="AI23" s="8"/>
       <c r="AJ23" s="8"/>
       <c r="AK23" s="8"/>
       <c r="AL23" s="8"/>
     </row>
     <row r="24" spans="2:38" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25" spans="2:38" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B25" s="34" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="34"/>
       <c r="D25" s="34"/>
     </row>
     <row r="26" spans="2:38" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26" s="34" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C26" s="34"/>
       <c r="D26" s="34"/>
     </row>
     <row r="27" spans="2:38" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="34" t="s">
         <v>52</v>
       </c>
       <c r="C27" s="34"/>
       <c r="D27" s="34"/>
     </row>
     <row r="28" spans="2:38" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B28" s="34" t="s">
         <v>53</v>
       </c>
       <c r="C28" s="34"/>
       <c r="D28" s="34"/>
     </row>
     <row r="29" spans="2:38" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="30" spans="2:38" ht="60" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B30" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C30" s="46"/>
       <c r="D30" s="46"/>